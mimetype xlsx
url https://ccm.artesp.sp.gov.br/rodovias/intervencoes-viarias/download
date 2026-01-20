--- v0 (2025-12-06)
+++ v1 (2026-01-20)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="INTERVENÇÕES VIÁRIAS" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2583" uniqueCount="1219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1990" uniqueCount="965">
   <si>
     <t>CÓDIGO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>COMPLEMENTO</t>
   </si>
   <si>
     <t>CONCESSIONÁRIA(S)</t>
   </si>
   <si>
     <t>MUNICÍPIO(S)</t>
   </si>
   <si>
     <t>RODOVIA</t>
   </si>
   <si>
     <t>M.Q. INICIAL</t>
   </si>
   <si>
     <t>M.Q. FINAL</t>
   </si>
   <si>
@@ -72,3768 +72,2975 @@
   <si>
     <t>PISTA</t>
   </si>
   <si>
     <t>SENTIDO</t>
   </si>
   <si>
     <t>SINALIZAÇÃO</t>
   </si>
   <si>
     <t>RECURSOS</t>
   </si>
   <si>
     <t>AÇÕES OP.</t>
   </si>
   <si>
     <t>DESVIOS</t>
   </si>
   <si>
     <t>ATUALIZAÇÕES</t>
   </si>
   <si>
     <t>OBSERVAÇÕES</t>
   </si>
   <si>
-    <t>OB573</t>
+    <t>OB612</t>
+  </si>
+  <si>
+    <t>OB549</t>
+  </si>
+  <si>
+    <t>OB519</t>
+  </si>
+  <si>
+    <t>OB218</t>
+  </si>
+  <si>
+    <t>OB457</t>
+  </si>
+  <si>
+    <t>OB610</t>
+  </si>
+  <si>
+    <t>OB609</t>
+  </si>
+  <si>
+    <t>OB608</t>
+  </si>
+  <si>
+    <t>OB607</t>
+  </si>
+  <si>
+    <t>OB606</t>
+  </si>
+  <si>
+    <t>OB605</t>
+  </si>
+  <si>
+    <t>OB538</t>
+  </si>
+  <si>
+    <t>OB512</t>
+  </si>
+  <si>
+    <t>OB601</t>
+  </si>
+  <si>
+    <t>OB602</t>
+  </si>
+  <si>
+    <t>OB289</t>
+  </si>
+  <si>
+    <t>OB546</t>
+  </si>
+  <si>
+    <t>OB389</t>
+  </si>
+  <si>
+    <t>OB484</t>
+  </si>
+  <si>
+    <t>OB119</t>
+  </si>
+  <si>
+    <t>OB282</t>
+  </si>
+  <si>
+    <t>OB234</t>
+  </si>
+  <si>
+    <t>OB269</t>
+  </si>
+  <si>
+    <t>OB604</t>
+  </si>
+  <si>
+    <t>OB284</t>
+  </si>
+  <si>
+    <t>OB603</t>
+  </si>
+  <si>
+    <t>OB360</t>
+  </si>
+  <si>
+    <t>OB361</t>
+  </si>
+  <si>
+    <t>OB358</t>
+  </si>
+  <si>
+    <t>OB359</t>
+  </si>
+  <si>
+    <t>OB363</t>
+  </si>
+  <si>
+    <t>OB362</t>
+  </si>
+  <si>
+    <t>OB187</t>
+  </si>
+  <si>
+    <t>OB326</t>
+  </si>
+  <si>
+    <t>OB499</t>
+  </si>
+  <si>
+    <t>OB600</t>
+  </si>
+  <si>
+    <t>OB435</t>
+  </si>
+  <si>
+    <t>OB436</t>
+  </si>
+  <si>
+    <t>OB437</t>
+  </si>
+  <si>
+    <t>OB481</t>
+  </si>
+  <si>
+    <t>OB459</t>
+  </si>
+  <si>
+    <t>OB429</t>
+  </si>
+  <si>
+    <t>OB349</t>
+  </si>
+  <si>
+    <t>OB482</t>
+  </si>
+  <si>
+    <t>OB496</t>
+  </si>
+  <si>
+    <t>OB497</t>
+  </si>
+  <si>
+    <t>OB599</t>
+  </si>
+  <si>
+    <t>OB587</t>
+  </si>
+  <si>
+    <t>OB598</t>
+  </si>
+  <si>
+    <t>OB583</t>
+  </si>
+  <si>
+    <t>OB317</t>
+  </si>
+  <si>
+    <t>OB418</t>
+  </si>
+  <si>
+    <t>OB300</t>
+  </si>
+  <si>
+    <t>OB266</t>
+  </si>
+  <si>
+    <t>OB489</t>
   </si>
   <si>
     <t>OB574</t>
   </si>
   <si>
-    <t>OB575</t>
-[...2 lines deleted...]
-    <t>OB576</t>
+    <t>OB463</t>
+  </si>
+  <si>
+    <t>OB425</t>
+  </si>
+  <si>
+    <t>OB597</t>
+  </si>
+  <si>
+    <t>OB461</t>
+  </si>
+  <si>
+    <t>OB427</t>
+  </si>
+  <si>
+    <t>OB350</t>
+  </si>
+  <si>
+    <t>OB424</t>
+  </si>
+  <si>
+    <t>OB322</t>
+  </si>
+  <si>
+    <t>OB581</t>
+  </si>
+  <si>
+    <t>OB535</t>
+  </si>
+  <si>
+    <t>OB502</t>
+  </si>
+  <si>
+    <t>OB585</t>
+  </si>
+  <si>
+    <t>OB211</t>
+  </si>
+  <si>
+    <t>OB267</t>
+  </si>
+  <si>
+    <t>OB458</t>
+  </si>
+  <si>
+    <t>OB408</t>
+  </si>
+  <si>
+    <t>OB293</t>
+  </si>
+  <si>
+    <t>OB558</t>
   </si>
   <si>
     <t>OB577</t>
   </si>
   <si>
     <t>OB310</t>
   </si>
   <si>
-    <t>OB425</t>
-[...1 lines deleted...]
-  <si>
     <t>OB570</t>
   </si>
   <si>
-    <t>OB483</t>
-[...40 lines deleted...]
-  <si>
     <t>OB559</t>
   </si>
   <si>
-    <t>OB242</t>
-[...43 lines deleted...]
-  <si>
     <t>OB79</t>
   </si>
   <si>
-    <t>OB291</t>
-[...10 lines deleted...]
-  <si>
     <t>OB465</t>
   </si>
   <si>
-    <t>OB284</t>
-[...1 lines deleted...]
-  <si>
     <t>OB355</t>
   </si>
   <si>
     <t>OB200</t>
   </si>
   <si>
-    <t>OB427</t>
-[...13 lines deleted...]
-  <si>
     <t>OB531</t>
   </si>
   <si>
-    <t>OB386</t>
-[...4 lines deleted...]
-  <si>
     <t>OB163</t>
   </si>
   <si>
-    <t>OB322</t>
-[...37 lines deleted...]
-  <si>
     <t>OB495</t>
   </si>
   <si>
     <t>OB486</t>
   </si>
   <si>
     <t>OB428</t>
   </si>
   <si>
     <t>OB248</t>
   </si>
   <si>
     <t>OB485</t>
   </si>
   <si>
-    <t>OB484</t>
-[...7 lines deleted...]
-  <si>
     <t>OB476</t>
   </si>
   <si>
-    <t>OB478</t>
-[...4 lines deleted...]
-  <si>
     <t>OB471</t>
   </si>
   <si>
     <t>OB472</t>
   </si>
   <si>
     <t>OB473</t>
   </si>
   <si>
-    <t>OB470</t>
-[...1 lines deleted...]
-  <si>
     <t>OB469</t>
   </si>
   <si>
-    <t>OB349</t>
-[...16 lines deleted...]
-  <si>
     <t>OB456</t>
   </si>
   <si>
     <t>OB252</t>
   </si>
   <si>
     <t>OB449</t>
   </si>
   <si>
-    <t>OB294</t>
-[...1 lines deleted...]
-  <si>
     <t>OB373</t>
   </si>
   <si>
     <t>OB417</t>
   </si>
   <si>
     <t>OB410</t>
   </si>
   <si>
     <t>OB416</t>
   </si>
   <si>
     <t>OB441</t>
   </si>
   <si>
     <t>OB311</t>
   </si>
   <si>
     <t>OB312</t>
   </si>
   <si>
     <t>OB406</t>
   </si>
   <si>
-    <t>OB299</t>
-[...4 lines deleted...]
-  <si>
     <t>OB390</t>
   </si>
   <si>
     <t>OB423</t>
   </si>
   <si>
-    <t>OB437</t>
-[...13 lines deleted...]
-  <si>
     <t>OB445</t>
   </si>
   <si>
     <t>OB446</t>
   </si>
   <si>
-    <t>OB211</t>
-[...7 lines deleted...]
-  <si>
     <t>OB190</t>
   </si>
   <si>
     <t>OB443</t>
   </si>
   <si>
     <t>OB442</t>
   </si>
   <si>
-    <t>OB243</t>
-[...1 lines deleted...]
-  <si>
     <t>OB440</t>
   </si>
   <si>
     <t>OB439</t>
   </si>
   <si>
-    <t>OB435</t>
-[...4 lines deleted...]
-  <si>
     <t>OB430</t>
   </si>
   <si>
-    <t>OB424</t>
-[...22 lines deleted...]
-  <si>
     <t>OB192</t>
   </si>
   <si>
-    <t>OB315</t>
-[...1 lines deleted...]
-  <si>
     <t>OB371</t>
   </si>
   <si>
     <t>OB374</t>
   </si>
   <si>
     <t>OB191</t>
   </si>
   <si>
     <t>OB340</t>
   </si>
   <si>
-    <t>OB363</t>
-[...43 lines deleted...]
-  <si>
     <t>OB346</t>
   </si>
   <si>
     <t>OB255</t>
   </si>
   <si>
-    <t>OB236</t>
-[...1 lines deleted...]
-  <si>
     <t>OB309</t>
   </si>
   <si>
-    <t>OB298</t>
-[...8 lines deleted...]
-    <t>TERCEIRA CAMADA DE MASSA ASFÁLTICA CBUQ (CONCRETO BETUMINOSO USINADO A QUENTE)</t>
+    <t>PAVIMENTAÇÃO ASFALTICA</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE CICLOVIA</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE FAIXA ADICIONAL</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE POSTES DE ENERGIA</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE DISPOSITIVO</t>
+  </si>
+  <si>
+    <t>REPARO EM PAVIMENTO RÍGIDO</t>
+  </si>
+  <si>
+    <t>POÇO DE INSPEÇÃO</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE CAIXAS DE PRODUTOS PERIGOSOS</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE PISTA MARGINAL</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE ACESSO PROVISÓRIO</t>
+  </si>
+  <si>
+    <t>ADEQUAÇÃO DO SISTEMA DE DRENAGEM</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO CONCRETAGEM DE BASE PARA PÓRTICO</t>
+  </si>
+  <si>
+    <t>REALIZAÇÃO DE FUNDAÇÃO PARA IMPLANTAÇÃO DE SEMIPÓRTICO DE PMV</t>
+  </si>
+  <si>
+    <t>TRICAS E RACHADURA</t>
+  </si>
+  <si>
+    <t>REPARO EM PAVIMENTO RIGIDO</t>
+  </si>
+  <si>
+    <t>EXECUÇÃO DAS ALÇAS DE ENTRADA E SAÍDA AO BAIRRO</t>
+  </si>
+  <si>
+    <t>EXECUÇÃO DE OBRAS DE ARTES</t>
+  </si>
+  <si>
+    <t>EXECUÇÃO DE MURO DE TERRA ARMADA</t>
+  </si>
+  <si>
+    <t>EXECUÇÃO DE MURO DE CONTENÇÃO</t>
+  </si>
+  <si>
+    <t>DESVIO DE TRÁFEGO</t>
+  </si>
+  <si>
+    <t>ENSAIO DE FUMAÇA QUENTE NO TÚNEL SANTA LUZIA</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO EM OAE</t>
+  </si>
+  <si>
+    <t>REPARO NO PAVIMENTO, CONSERVAÇÃO EM GERAL, RECUPERAÇÃO DE OAE</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE ACESSOS PROVISÓRIO</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE ALÇA DE ACESSO DE ALUMÍNIO</t>
+  </si>
+  <si>
+    <t>DESOBSTRUÇÃO DE CAIXAS SUBTERRÂNEAS E LANÇAMENTO DE CABO ÓPTICO</t>
+  </si>
+  <si>
+    <t>REFORÇO E ALARGAMENTO DE OAE</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE FAIXA 03ª DE ROLAMENTO.</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO 3ª FAIXA DE ROLAMENTO</t>
+  </si>
+  <si>
+    <t>FRESAGEM E RECOMPOSIÇÃO</t>
+  </si>
+  <si>
+    <t>REPARO NO PAVIMENTO</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE DISPOSITIVO DE RETORNO</t>
+  </si>
+  <si>
+    <t>EROSÃO DE GRANDE PORTE</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE OAE</t>
+  </si>
+  <si>
+    <t>IÇAMENTO DE TRELIÇA E SALAS TÉCNICAS</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE DISPOSITIVO</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE FAIXA</t>
+  </si>
+  <si>
+    <t>ADEQUAÇÃO DE GABARITO</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO PAVIMENTO.</t>
   </si>
   <si>
+    <t>EXECUÇÃO DO REFORÇO DE TERRA ARMADA</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE ACESSO A VIAS MARGINAIS, PASSEIOS E CICLOVIAS EM PARALELO A RODOVIA</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE 03ª FAIXA</t>
+  </si>
+  <si>
+    <t>REPARO EM EROSÃO</t>
+  </si>
+  <si>
+    <t>DRENAGEM PROFUNDA E RECOMPOSIÇÃO DO PAVIMENTO</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DA FAIXA DE ACELERAÇÃO</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO DE TRANSIÇÃO EM FREE FLOW DAS PRAÇAS DE PEDÁGIO PARA FREE FLOW, ENVOLVENDO DEMOLIÇÃO DAS PRAÇAS</t>
+  </si>
+  <si>
+    <t>READEQUAÇÃO NA SINALIZAÇÃO HORIZONTA</t>
+  </si>
+  <si>
+    <t>TRECHO 12</t>
+  </si>
+  <si>
+    <t>TRECHO 02</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DAS VIAS MARGINAIS</t>
+  </si>
+  <si>
+    <t>RECUPERAÇÃO DE MARQUISE PRAÇA DE PEDÁGIO</t>
+  </si>
+  <si>
+    <t>DEMOLIÇÃO DAS BARREIRAS NEW JERSEY DA PRAÇA DE PEDÁGIO</t>
+  </si>
+  <si>
     <t>RECUPERAÇÃO DE TERRAPLENO</t>
   </si>
   <si>
     <t>RECUPERAÇÃO NO PAVIMENTO</t>
   </si>
   <si>
-    <t>REPARO NO PAVIMENTO</t>
-[...1 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DA ÁREA DE ESCAPE</t>
   </si>
   <si>
-    <t>RECONSTRUÇÃO DA REDE DE TELECOMUNICAÇÕES</t>
-[...31 lines deleted...]
-  <si>
     <t>LANÇAMENTO DE VIGAS</t>
   </si>
   <si>
-    <t>ESTREITAMENTO DO RAMO E PARA IMPLANTAÇÃO DE FAIXA ADICIONAL</t>
-[...40 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DA VIA MARGINAL</t>
   </si>
   <si>
-    <t>IMPLANTAÇÃO DE VIA MARGINAL PROVISÓRIA E ADEQUAÇÃO DO DISPOSITIVO</t>
-[...7 lines deleted...]
-  <si>
     <t>ALARGAMENTO DE OAE</t>
   </si>
   <si>
     <t>REPARO EM PAVIMENTO RÍGIDO.</t>
   </si>
   <si>
-    <t>IMPLANTAÇÃO DE FAIXA ADICIONAL</t>
-[...16 lines deleted...]
-  <si>
     <t>ALARGAMENTO DE OAE DEVIDO IMPLANTAÇÃO DE FAIXA ADICIONAL</t>
   </si>
   <si>
-    <t>PAVIMENTAÇÃO ASFALTICA</t>
-[...1 lines deleted...]
-  <si>
     <t>MANUTENÇÃO E CONSERVAÇÃO</t>
   </si>
   <si>
-    <t>REPARO EM EROSÃO</t>
-[...25 lines deleted...]
-  <si>
     <t>DESVIO DE EIXO.</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DOS NOVOS DISPOSITIVOS</t>
   </si>
   <si>
-    <t>IMPLANTAÇÃO DE DISPOSITIVO</t>
-[...7 lines deleted...]
-  <si>
     <t>REPARO EM PAVIMENTO FLEXÍVEL</t>
   </si>
   <si>
-    <t>IMPLANTAÇÃO DE BARREIRAS DE CONCRETO</t>
-[...1 lines deleted...]
-  <si>
     <t>REPARO NA OAE</t>
   </si>
   <si>
-    <t>OBRA DE MANUTENÇÃO EM DUTO</t>
-[...1 lines deleted...]
-  <si>
     <t>CONSTRUÇÃO DE BASE SAU 18</t>
   </si>
   <si>
-    <t>REFORÇO E ALARGAMENTO DE OAE</t>
-[...4 lines deleted...]
-  <si>
     <t>DUPLICAÇÃO, IMPLANTAÇÃO DE DISPOSITIVOS E ADEQUAÇÃO DE OAE</t>
   </si>
   <si>
     <t>CONCRETAGEM DAS FUNDAÇÕES DA NOVA PONTE POR MEIO DA PONTE EXISTENTE</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DA TERCEIRA FAIXA.</t>
   </si>
   <si>
     <t>DUPLICAÇÃO DE RODOVIA</t>
   </si>
   <si>
-    <t>IMPLANTAÇÃO DE POSTES DE ENERGIA</t>
-[...1 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DA 5ª FAIXA</t>
   </si>
   <si>
-    <t>IMPLANTAÇÃO DE FAIXA 03ª DE ROLAMENTO.</t>
-[...7 lines deleted...]
-  <si>
     <t>CONSTRUÇÃO DE BASE SAU 17.</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BASE SAU 15.</t>
   </si>
   <si>
-    <t>TRECHO 12</t>
-[...7 lines deleted...]
-  <si>
     <t>DUPLICAÇÃO, REMODELAGEM E IMPLANTAÇÃO DE NOVO DISPOSITIVOS</t>
   </si>
   <si>
     <t>DESVIO DE TRÁFEGO PARA REPARO EM PAVIMENTO FLEXÍVEL.</t>
   </si>
   <si>
-    <t>RECUPERAÇÃO NO PAVIMENTO EMERGENCIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>CONSTRUÇÃO DE BASE SAU</t>
   </si>
   <si>
-    <t>RECUPERAÇÃO DE PAVIMENTO</t>
-[...1 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DE ACESSO NÃO COMERCIAL</t>
   </si>
   <si>
-    <t>IMPLANTAÇÃO DE 03ª FAIXA</t>
-[...16 lines deleted...]
-  <si>
     <t>MANUTENÇÃO CORRETIVA DA ILUMINAÇÃO VIÁRIA</t>
   </si>
   <si>
     <t>INTERVENÇÃO NA OAE</t>
   </si>
   <si>
-    <t>REPARO NO PAVIMENTO, CONSERVAÇÃO EM GERAL, RECUPERAÇÃO DE OAE</t>
-[...23 lines deleted...]
-    <t>TRECHO 02</t>
+    <t>EIXO SP</t>
+  </si>
+  <si>
+    <t>ECOVIAS IMIGRANTES</t>
+  </si>
+  <si>
+    <t>RODOANEL</t>
+  </si>
+  <si>
+    <t>AUTOBAN</t>
   </si>
   <si>
     <t>RAPOSO CASTELLO</t>
   </si>
   <si>
+    <t>SPMAR</t>
+  </si>
+  <si>
+    <t>ENTREVIAS</t>
+  </si>
+  <si>
+    <t>SOROCABANA</t>
+  </si>
+  <si>
+    <t>INTERVIAS</t>
+  </si>
+  <si>
+    <t>ECOVIAS NOROESTE</t>
+  </si>
+  <si>
     <t>VIAPAULISTA</t>
   </si>
   <si>
-    <t>ECOVIAS IMIGRANTES</t>
-[...5 lines deleted...]
-    <t>SOROCABANA</t>
+    <t>ROTA DAS BANDEIRAS</t>
   </si>
   <si>
     <t>RODOVIAS DO TIETÊ</t>
   </si>
   <si>
+    <t>TAMOIOS</t>
+  </si>
+  <si>
     <t>SPVIAS</t>
   </si>
   <si>
-    <t>INTERVIAS</t>
-[...32 lines deleted...]
-    <t>ECOVIAS LESTE PAULISTA</t>
+    <t>ADAMANTINA</t>
+  </si>
+  <si>
+    <t>CUBATÃO</t>
+  </si>
+  <si>
+    <t>OSASCO, CARAPICUÍBA</t>
+  </si>
+  <si>
+    <t>CAJAMAR</t>
+  </si>
+  <si>
+    <t>PIRACICABA</t>
+  </si>
+  <si>
+    <t>SÃO PAULO, BARUERI, SANTANA DE PARNAÍBA</t>
   </si>
   <si>
     <t>BARUERI</t>
   </si>
   <si>
+    <t>SÃO PAULO, OSASCO, COTIA</t>
+  </si>
+  <si>
+    <t>LIMEIRA, AMERICANA</t>
+  </si>
+  <si>
+    <t>POÁ, SUZANO</t>
+  </si>
+  <si>
+    <t>ITAQUAQUECETUBA</t>
+  </si>
+  <si>
+    <t>CAJAMAR, FRANCO DA ROCHA</t>
+  </si>
+  <si>
+    <t>CAMPINAS</t>
+  </si>
+  <si>
+    <t>SÃO PAULO</t>
+  </si>
+  <si>
+    <t>IGARAPAVA</t>
+  </si>
+  <si>
+    <t>SÃO BERNARDO DO CAMPO, SANTO ANDRÉ</t>
+  </si>
+  <si>
+    <t>MAIRINQUE</t>
+  </si>
+  <si>
+    <t>ALUMÍNIO</t>
+  </si>
+  <si>
+    <t>RIBEIRÃO PIRES</t>
+  </si>
+  <si>
+    <t>ITAPECERICA DA SERRA, SÃO PAULO</t>
+  </si>
+  <si>
+    <t>PORTO FERREIRA</t>
+  </si>
+  <si>
+    <t>TAPIRAÍ, VOTORANTIM, SOROCABA, JUQUIÁ, PIEDADE</t>
+  </si>
+  <si>
+    <t>VOTORANTIM</t>
+  </si>
+  <si>
+    <t>PIEDADE, SÃO MIGUEL ARCANJO, IBIÚNA, PILAR DO SUL</t>
+  </si>
+  <si>
+    <t>PILAR DO SUL, SÃO MIGUEL ARCANJO</t>
+  </si>
+  <si>
+    <t>SALTO DE PIRAPORA, PILAR DO SUL</t>
+  </si>
+  <si>
+    <t>SALTO DE PIRAPORA</t>
+  </si>
+  <si>
+    <t>SÃO ROQUE</t>
+  </si>
+  <si>
+    <t>ARAÇARIGUAMA, ITAPEVI, SANTANA DE PARNAÍBA</t>
+  </si>
+  <si>
+    <t>MIRASSOL</t>
+  </si>
+  <si>
+    <t>SÃO JOSÉ DO RIO PRETO, MIRASSOL</t>
+  </si>
+  <si>
+    <t>SÃO JOSÉ DO RIO PRETO</t>
+  </si>
+  <si>
+    <t>SÃO CARLOS</t>
+  </si>
+  <si>
+    <t>IBATÉ, SÃO CARLOS, ARARAQUARA</t>
+  </si>
+  <si>
+    <t>JABOTICABAL, TAQUARITINGA</t>
+  </si>
+  <si>
+    <t>ITÁPOLIS, BORBOREMA</t>
+  </si>
+  <si>
+    <t>PONGAÍ</t>
+  </si>
+  <si>
+    <t>GUARANTÃ</t>
+  </si>
+  <si>
+    <t>SÃO MIGUEL ARCANJO</t>
+  </si>
+  <si>
+    <t>FLORÍNIA</t>
+  </si>
+  <si>
     <t>RIBEIRÃO PRETO</t>
   </si>
   <si>
-    <t>BARUERI, ITAPEVI, JANDIRA</t>
-[...2 lines deleted...]
-    <t>SANTANA DE PARNAÍBA, ARAÇARIGUAMA</t>
+    <t>LUÍS ANTÔNIO, RIBEIRÃO PRETO, CRAVINHOS</t>
+  </si>
+  <si>
+    <t>CRAVINHOS, SANTA RITA DO PASSA QUATRO, RIBEIRÃO PRETO, SÃO SIMÃO</t>
+  </si>
+  <si>
+    <t>BARRETOS</t>
+  </si>
+  <si>
+    <t>TAPIRAÍ</t>
+  </si>
+  <si>
+    <t>ARAÇOIABA DA SERRA, VARGEM GRANDE PAULISTA, SÃO ROQUE, ALUMÍNIO, SOROCABA, MAIRINQUE</t>
+  </si>
+  <si>
+    <t>FLORÍNIA, TARUMÃ</t>
+  </si>
+  <si>
+    <t>GUARANTÃ, CAFELÂNDIA, PONGAÍ</t>
+  </si>
+  <si>
+    <t>PAULÍNIA, CAMPINAS</t>
+  </si>
+  <si>
+    <t>BORBOREMA</t>
+  </si>
+  <si>
+    <t>RIO CLARO</t>
   </si>
   <si>
     <t>ITAPEVI</t>
   </si>
   <si>
-    <t>LUÍS ANTÔNIO, ARARAQUARA, RIBEIRÃO PRETO, RINCÃO, SANTA LÚCIA, CRAVINHOS, AMÉRICO BRASILIENSE, GUATAPARÁ</t>
-[...86 lines deleted...]
-    <t>ITAPECERICA DA SERRA, SÃO PAULO</t>
+    <t>ARARAQUARA, GUATAPARÁ, AMÉRICO BRASILIENSE, CRAVINHOS, SANTA LÚCIA, RINCÃO, RIBEIRÃO PRETO, LUÍS ANTÔNIO</t>
+  </si>
+  <si>
+    <t>PEREIRAS, CONCHAS, LARANJAL PAULISTA, BOFETE, ANHEMBI</t>
   </si>
   <si>
     <t>CARAPICUÍBA</t>
   </si>
   <si>
-    <t>CORDEIRÓPOLIS, SANTA GERTRUDES, RIO CLARO, CORUMBATAÍ</t>
-[...14 lines deleted...]
-    <t>ARARAS</t>
+    <t>RIO CLARO, CORUMBATAÍ, CORDEIRÓPOLIS, SANTA GERTRUDES</t>
   </si>
   <si>
     <t>CARAGUATATUBA</t>
   </si>
   <si>
-    <t>TAPIRAÍ</t>
-[...31 lines deleted...]
-  <si>
     <t>ITARARÉ</t>
   </si>
   <si>
-    <t>SÃO CARLOS</t>
-[...7 lines deleted...]
-  <si>
     <t>CAMPINAS, SUMARÉ</t>
   </si>
   <si>
-    <t>JANDIRA, SANTANA DE PARNAÍBA, SÃO PAULO, OSASCO, ITAPEVI, BARUERI, ARAÇARIGUAMA</t>
+    <t>SÃO PAULO, ARAÇARIGUAMA, JANDIRA, BARUERI, ITAPEVI, OSASCO, SANTANA DE PARNAÍBA</t>
   </si>
   <si>
     <t>COTIA, OSASCO, SÃO PAULO</t>
   </si>
   <si>
     <t>COTIA, ITAPEVI, JANDIRA</t>
   </si>
   <si>
     <t>PIRANGI</t>
   </si>
   <si>
-    <t>MIRASSOL</t>
-[...11 lines deleted...]
-    <t>PONGAÍ, NOVO HORIZONTE</t>
+    <t>PARAGUAÇU PAULISTA, QUATÁ, ASSIS, JOÃO RAMALHO, MARTINÓPOLIS, RANCHARIA</t>
+  </si>
+  <si>
+    <t>NOVO HORIZONTE, PONGAÍ</t>
   </si>
   <si>
     <t>JUNDIAÍ</t>
   </si>
   <si>
-    <t>SANTOS, CUBATÃO</t>
-[...1 lines deleted...]
-  <si>
     <t>ATIBAIA</t>
   </si>
   <si>
-    <t>RIO CLARO, ARARAS</t>
-[...2 lines deleted...]
-    <t>LEME, ARARAS, SANTA CRUZ DA CONCEIÇÃO, PORTO FERREIRA, CORDEIRÓPOLIS, PIRASSUNUNGA, SANTA RITA DO PASSA QUATRO</t>
+    <t>ARARAS, RIO CLARO</t>
+  </si>
+  <si>
+    <t>PORTO FERREIRA, ARARAS, PIRASSUNUNGA, SANTA RITA DO PASSA QUATRO, LEME, CORDEIRÓPOLIS, SANTA CRUZ DA CONCEIÇÃO</t>
   </si>
   <si>
     <t>ITAPIRA</t>
   </si>
   <si>
-    <t>ARARAQUARA, DOURADO, BOA ESPERANÇA DO SUL, BOCAINA, JAÚ</t>
-[...11 lines deleted...]
-    <t>CAJAMAR</t>
+    <t>JAÚ, DOURADO, ARARAQUARA, BOCAINA, BOA ESPERANÇA DO SUL</t>
+  </si>
+  <si>
+    <t>SÃO MANUEL, BARRA BONITA, IGARAÇU DO TIETÊ, JAÚ, BOTUCATU, PRATÂNIA, AVARÉ</t>
+  </si>
+  <si>
+    <t>TAQUARITUBA, CORONEL MACEDO, ITAÍ, ITAPORANGA</t>
+  </si>
+  <si>
+    <t>SANTA MARIA DA SERRA, SÃO PEDRO</t>
   </si>
   <si>
     <t>IBATÉ</t>
   </si>
   <si>
     <t>MONTE ALTO</t>
   </si>
   <si>
     <t>BEBEDOURO</t>
   </si>
   <si>
-    <t>TARUMÃ, FLORÍNIA</t>
-[...38 lines deleted...]
-    <t>SÃO MIGUEL ARCANJO, IBIÚNA, PILAR DO SUL, PIEDADE</t>
+    <t>AMÉRICO BRASILIENSE, SÃO CARLOS, SANTA LÚCIA, RINCÃO</t>
+  </si>
+  <si>
+    <t>CAJAMAR, OSASCO, VALINHOS, CORDEIRÓPOLIS, SUMARÉ, SÃO PAULO, AMERICANA, LIMEIRA, JUNDIAÍ, LOUVEIRA, CAMPINAS, VINHEDO, NOVA ODESSA</t>
+  </si>
+  <si>
+    <t>CAIEIRAS, SÃO PAULO, LOUVEIRA, HORTOLÂNDIA, FRANCO DA ROCHA, VINHEDO, ITUPEVA, LIMEIRA, CAMPINAS, CORDEIRÓPOLIS, SUMARÉ, JUNDIAÍ, CAJAMAR, SANTA BÁRBARA D'OESTE</t>
   </si>
   <si>
     <t>CAMPINAS, VALINHOS</t>
   </si>
   <si>
-    <t>VALINHOS, CAMPINAS</t>
-[...4 lines deleted...]
-  <si>
     <t>JUNDIAÍ, LOUVEIRA</t>
   </si>
   <si>
-    <t>SÃO VICENTE, CUBATÃO, SÃO BERNARDO DO CAMPO</t>
-[...5 lines deleted...]
-    <t>GUARANTÃ, CAFELÂNDIA, PONGAÍ</t>
+    <t>SPA 592/294</t>
+  </si>
+  <si>
+    <t>SPI 059/150</t>
+  </si>
+  <si>
+    <t>SP 021</t>
+  </si>
+  <si>
+    <t>SP 330</t>
+  </si>
+  <si>
+    <t>SP 304</t>
   </si>
   <si>
     <t>SP 280</t>
   </si>
   <si>
-    <t>SP 330</t>
+    <t>SP 270</t>
+  </si>
+  <si>
+    <t>SP 348</t>
+  </si>
+  <si>
+    <t>SPD 086/330</t>
+  </si>
+  <si>
+    <t>SP 328</t>
+  </si>
+  <si>
+    <t>SPD 227/330</t>
+  </si>
+  <si>
+    <t>SP 079</t>
+  </si>
+  <si>
+    <t>SPA 103/079</t>
+  </si>
+  <si>
+    <t>SP 250</t>
+  </si>
+  <si>
+    <t>SPA 160/250</t>
+  </si>
+  <si>
+    <t>SP 264</t>
+  </si>
+  <si>
+    <t>SPA 104/079</t>
+  </si>
+  <si>
+    <t>SP 310</t>
+  </si>
+  <si>
+    <t>SP 333</t>
+  </si>
+  <si>
+    <t>SPD 243/333</t>
+  </si>
+  <si>
+    <t>SPM 280 E</t>
   </si>
   <si>
     <t>SP 255</t>
   </si>
   <si>
+    <t>SPD 092/330</t>
+  </si>
+  <si>
+    <t>SP 326</t>
+  </si>
+  <si>
+    <t>SP 332</t>
+  </si>
+  <si>
+    <t>SP 191</t>
+  </si>
+  <si>
     <t>SP 150</t>
   </si>
   <si>
-    <t>SP 348</t>
-[...22 lines deleted...]
-  <si>
     <t>SP 300</t>
   </si>
   <si>
-    <t>SP 191</t>
-[...13 lines deleted...]
-  <si>
     <t>SPD 177/310</t>
   </si>
   <si>
-    <t>SP 310</t>
-[...10 lines deleted...]
-  <si>
     <t>SPD 187/310</t>
   </si>
   <si>
-    <t>SPA 291/055</t>
-[...4 lines deleted...]
-  <si>
     <t>SPI 097/055</t>
   </si>
   <si>
-    <t>SP 160</t>
-[...7 lines deleted...]
-  <si>
     <t>SP 258</t>
   </si>
   <si>
     <t>SPI 065/099</t>
   </si>
   <si>
-    <t>SPI 060/270</t>
-[...1 lines deleted...]
-  <si>
     <t>SP 029</t>
   </si>
   <si>
     <t>SP 323</t>
   </si>
   <si>
-    <t>SP 304</t>
-[...1 lines deleted...]
-  <si>
     <t>SP 284</t>
   </si>
   <si>
     <t>SPD 050/348</t>
   </si>
   <si>
     <t>SP 065</t>
   </si>
   <si>
     <t>SP 352</t>
   </si>
   <si>
     <t>SP 351</t>
   </si>
   <si>
-    <t>SP 328</t>
-[...4 lines deleted...]
-  <si>
     <t>SP 318</t>
   </si>
   <si>
-    <t>SPM 280 E</t>
-[...1 lines deleted...]
-  <si>
     <t>SPI 102/330</t>
   </si>
   <si>
-    <t>SPA 103/079</t>
-[...8 lines deleted...]
-    <t>23.300</t>
+    <t>8.657</t>
+  </si>
+  <si>
+    <t>0.000</t>
+  </si>
+  <si>
+    <t>15.900</t>
+  </si>
+  <si>
+    <t>40.470</t>
+  </si>
+  <si>
+    <t>169.240</t>
+  </si>
+  <si>
+    <t>7.000</t>
+  </si>
+  <si>
+    <t>27.700</t>
+  </si>
+  <si>
+    <t>27.000</t>
+  </si>
+  <si>
+    <t>128.400</t>
+  </si>
+  <si>
+    <t>114.150</t>
+  </si>
+  <si>
+    <t>118.000</t>
+  </si>
+  <si>
+    <t>38.000</t>
+  </si>
+  <si>
+    <t>28.000</t>
+  </si>
+  <si>
+    <t>12.100</t>
+  </si>
+  <si>
+    <t>475.000</t>
+  </si>
+  <si>
+    <t>76.000</t>
+  </si>
+  <si>
+    <t>67.200</t>
+  </si>
+  <si>
+    <t>75.700</t>
+  </si>
+  <si>
+    <t>68.000</t>
+  </si>
+  <si>
+    <t>75.300</t>
+  </si>
+  <si>
+    <t>75.000</t>
+  </si>
+  <si>
+    <t>96.000</t>
+  </si>
+  <si>
+    <t>43.000</t>
+  </si>
+  <si>
+    <t>97.950</t>
+  </si>
+  <si>
+    <t>70.994</t>
+  </si>
+  <si>
+    <t>119.900</t>
+  </si>
+  <si>
+    <t>76.150</t>
+  </si>
+  <si>
+    <t>76.300</t>
+  </si>
+  <si>
+    <t>52.000</t>
+  </si>
+  <si>
+    <t>44.000</t>
+  </si>
+  <si>
+    <t>449.420</t>
+  </si>
+  <si>
+    <t>446.000</t>
+  </si>
+  <si>
+    <t>446.300</t>
+  </si>
+  <si>
+    <t>444.750</t>
+  </si>
+  <si>
+    <t>434.960</t>
+  </si>
+  <si>
+    <t>236.700</t>
+  </si>
+  <si>
+    <t>449.300</t>
+  </si>
+  <si>
+    <t>241.800</t>
+  </si>
+  <si>
+    <t>119.000</t>
+  </si>
+  <si>
+    <t>182.200</t>
+  </si>
+  <si>
+    <t>23.000</t>
+  </si>
+  <si>
+    <t>259.000</t>
+  </si>
+  <si>
+    <t>163.088</t>
+  </si>
+  <si>
+    <t>274.000</t>
+  </si>
+  <si>
+    <t>273.250</t>
+  </si>
+  <si>
+    <t>295.000</t>
+  </si>
+  <si>
+    <t>440.630</t>
+  </si>
+  <si>
+    <t>13.500</t>
   </si>
   <si>
     <t>313.000</t>
   </si>
   <si>
-    <t>32.000</t>
-[...2 lines deleted...]
-    <t>43.000</t>
+    <t>15.000</t>
+  </si>
+  <si>
+    <t>240.501</t>
+  </si>
+  <si>
+    <t>75.900</t>
+  </si>
+  <si>
+    <t>420.000</t>
+  </si>
+  <si>
+    <t>238.500</t>
+  </si>
+  <si>
+    <t>167.700</t>
+  </si>
+  <si>
+    <t>69.000</t>
+  </si>
+  <si>
+    <t>4.000</t>
+  </si>
+  <si>
+    <t>46.000</t>
+  </si>
+  <si>
+    <t>43.150</t>
+  </si>
+  <si>
+    <t>432.000</t>
+  </si>
+  <si>
+    <t>245.000</t>
+  </si>
+  <si>
+    <t>114.000</t>
+  </si>
+  <si>
+    <t>220.800</t>
+  </si>
+  <si>
+    <t>50.000</t>
+  </si>
+  <si>
+    <t>59.000</t>
   </si>
   <si>
     <t>36.800</t>
   </si>
   <si>
     <t>2.801</t>
   </si>
   <si>
-    <t>240.501</t>
-[...1 lines deleted...]
-  <si>
     <t>45.800</t>
   </si>
   <si>
-    <t>62.168</t>
-[...5 lines deleted...]
-    <t>138.000</t>
+    <t>176.200</t>
+  </si>
+  <si>
+    <t>24.000</t>
+  </si>
+  <si>
+    <t>16.200</t>
+  </si>
+  <si>
+    <t>153.520</t>
+  </si>
+  <si>
+    <t>428.800</t>
+  </si>
+  <si>
+    <t>339.260</t>
+  </si>
+  <si>
+    <t>231.830</t>
+  </si>
+  <si>
+    <t>17.900</t>
+  </si>
+  <si>
+    <t>337.800</t>
+  </si>
+  <si>
+    <t>98.000</t>
+  </si>
+  <si>
+    <t>13.290</t>
+  </si>
+  <si>
+    <t>10.940</t>
+  </si>
+  <si>
+    <t>32.580</t>
+  </si>
+  <si>
+    <t>36.300</t>
+  </si>
+  <si>
+    <t>447.257</t>
+  </si>
+  <si>
+    <t>229.000</t>
+  </si>
+  <si>
+    <t>80.000</t>
+  </si>
+  <si>
+    <t>52.700</t>
+  </si>
+  <si>
+    <t>158.501</t>
+  </si>
+  <si>
+    <t>162.540</t>
+  </si>
+  <si>
+    <t>83.200</t>
+  </si>
+  <si>
+    <t>155.771</t>
+  </si>
+  <si>
+    <t>288.191</t>
+  </si>
+  <si>
+    <t>199.000</t>
+  </si>
+  <si>
+    <t>3.500</t>
+  </si>
+  <si>
+    <t>252.000</t>
+  </si>
+  <si>
+    <t>9.560</t>
+  </si>
+  <si>
+    <t>159.500</t>
+  </si>
+  <si>
+    <t>247.000</t>
+  </si>
+  <si>
+    <t>48.700</t>
+  </si>
+  <si>
+    <t>103.850</t>
+  </si>
+  <si>
+    <t>391.700</t>
+  </si>
+  <si>
+    <t>54.300</t>
+  </si>
+  <si>
+    <t>13.800</t>
+  </si>
+  <si>
+    <t>11.360</t>
+  </si>
+  <si>
+    <t>62.000</t>
+  </si>
+  <si>
+    <t>13.360</t>
+  </si>
+  <si>
+    <t>26.380</t>
+  </si>
+  <si>
+    <t>85.500</t>
+  </si>
+  <si>
+    <t>87.700</t>
+  </si>
+  <si>
+    <t>64.900</t>
+  </si>
+  <si>
+    <t>0.592</t>
+  </si>
+  <si>
+    <t>15.500</t>
+  </si>
+  <si>
+    <t>39.796</t>
+  </si>
+  <si>
+    <t>171.360</t>
+  </si>
+  <si>
+    <t>11.000</t>
+  </si>
+  <si>
+    <t>26.900</t>
+  </si>
+  <si>
+    <t>17.000</t>
+  </si>
+  <si>
+    <t>131.200</t>
+  </si>
+  <si>
+    <t>114.850</t>
+  </si>
+  <si>
+    <t>42.000</t>
+  </si>
+  <si>
+    <t>14.500</t>
+  </si>
+  <si>
+    <t>84.000</t>
+  </si>
+  <si>
+    <t>75.400</t>
+  </si>
+  <si>
+    <t>66.000</t>
+  </si>
+  <si>
+    <t>67.000</t>
+  </si>
+  <si>
+    <t>97.000</t>
+  </si>
+  <si>
+    <t>51.000</t>
+  </si>
+  <si>
+    <t>213.000</t>
+  </si>
+  <si>
+    <t>2.495</t>
+  </si>
+  <si>
+    <t>176.550</t>
+  </si>
+  <si>
+    <t>143.525</t>
+  </si>
+  <si>
+    <t>11.800</t>
+  </si>
+  <si>
+    <t>58.000</t>
+  </si>
+  <si>
+    <t>33.000</t>
+  </si>
+  <si>
+    <t>451.870</t>
+  </si>
+  <si>
+    <t>267.700</t>
+  </si>
+  <si>
+    <t>140.200</t>
+  </si>
+  <si>
+    <t>212.449</t>
+  </si>
+  <si>
+    <t>283.000</t>
+  </si>
+  <si>
+    <t>13.000</t>
+  </si>
+  <si>
+    <t>25.000</t>
+  </si>
+  <si>
+    <t>318.499</t>
+  </si>
+  <si>
+    <t>425.000</t>
+  </si>
+  <si>
+    <t>240.400</t>
+  </si>
+  <si>
+    <t>167.350</t>
+  </si>
+  <si>
+    <t>111.000</t>
+  </si>
+  <si>
+    <t>44.100</t>
+  </si>
+  <si>
+    <t>436.000</t>
+  </si>
+  <si>
+    <t>273.160</t>
+  </si>
+  <si>
+    <t>227.000</t>
+  </si>
+  <si>
+    <t>24.500</t>
+  </si>
+  <si>
+    <t>193.550</t>
+  </si>
+  <si>
+    <t>431.400</t>
+  </si>
+  <si>
+    <t>339.530</t>
+  </si>
+  <si>
+    <t>240.600</t>
+  </si>
+  <si>
+    <t>0.001</t>
+  </si>
+  <si>
+    <t>338.110</t>
+  </si>
+  <si>
+    <t>112.200</t>
+  </si>
+  <si>
+    <t>54.139</t>
+  </si>
+  <si>
+    <t>34.064</t>
+  </si>
+  <si>
+    <t>43.700</t>
+  </si>
+  <si>
+    <t>551.530</t>
+  </si>
+  <si>
+    <t>233.000</t>
+  </si>
+  <si>
+    <t>88.000</t>
+  </si>
+  <si>
+    <t>70.200</t>
+  </si>
+  <si>
+    <t>240.499</t>
+  </si>
+  <si>
+    <t>185.171</t>
+  </si>
+  <si>
+    <t>147.300</t>
+  </si>
+  <si>
+    <t>237.769</t>
+  </si>
+  <si>
+    <t>357.430</t>
+  </si>
+  <si>
+    <t>231.000</t>
+  </si>
+  <si>
+    <t>5.930</t>
+  </si>
+  <si>
+    <t>251.000</t>
+  </si>
+  <si>
+    <t>8.460</t>
+  </si>
+  <si>
+    <t>160.600</t>
+  </si>
+  <si>
+    <t>280.000</t>
+  </si>
+  <si>
+    <t>158.500</t>
+  </si>
+  <si>
+    <t>7.540</t>
+  </si>
+  <si>
+    <t>64.600</t>
+  </si>
+  <si>
+    <t>173.032</t>
+  </si>
+  <si>
+    <t>87.850</t>
+  </si>
+  <si>
+    <t>85.600</t>
   </si>
   <si>
     <t>73.000</t>
   </si>
   <si>
-    <t>81.800</t>
-[...680 lines deleted...]
-    <t>04/12/2025</t>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>10/11/2025</t>
+  </si>
+  <si>
+    <t>06/10/2025</t>
+  </si>
+  <si>
+    <t>24/09/2024</t>
+  </si>
+  <si>
+    <t>10/03/2025</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2025</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>04/02/2025</t>
+  </si>
+  <si>
+    <t>29/09/2025</t>
+  </si>
+  <si>
+    <t>16/06/2025</t>
+  </si>
+  <si>
+    <t>15/09/2025</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
+  </si>
+  <si>
+    <t>08/11/2024</t>
+  </si>
+  <si>
+    <t>22/01/2025</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>03/02/2025</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>29/04/2025</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>30/03/2025</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>14/07/2025</t>
+  </si>
+  <si>
+    <t>08/08/2025</t>
+  </si>
+  <si>
+    <t>25/08/2025</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>02/06/2025</t>
+  </si>
+  <si>
+    <t>28/04/2025</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>22/09/2025</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
   </si>
   <si>
     <t>20/12/2025</t>
   </si>
   <si>
-    <t>01/12/2025</t>
+    <t>31/07/2025</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>29/08/2025</t>
+  </si>
+  <si>
+    <t>26/06/2025</t>
+  </si>
+  <si>
+    <t>14/04/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>26/08/2024</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>13/08/2025</t>
+  </si>
+  <si>
+    <t>15/11/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>14/03/2025</t>
   </si>
   <si>
-    <t>31/07/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>15/08/2025</t>
   </si>
   <si>
-    <t>30/10/2025</t>
-[...55 lines deleted...]
-  <si>
     <t>10/05/2023</t>
   </si>
   <si>
-    <t>04/02/2025</t>
-[...10 lines deleted...]
-  <si>
     <t>23/06/2025</t>
   </si>
   <si>
     <t>22/04/2025</t>
   </si>
   <si>
     <t>03/06/2024</t>
   </si>
   <si>
-    <t>26/06/2025</t>
-[...10 lines deleted...]
-  <si>
     <t>13/10/2025</t>
   </si>
   <si>
-    <t>11/06/2025</t>
+    <t>08/01/2024</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>24/06/2025</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>10/04/2025</t>
+  </si>
+  <si>
+    <t>16/12/2024</t>
+  </si>
+  <si>
+    <t>20/08/2025</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>20/06/2024</t>
+  </si>
+  <si>
+    <t>07/05/2025</t>
+  </si>
+  <si>
+    <t>20/06/2025</t>
+  </si>
+  <si>
+    <t>28/07/2025</t>
   </si>
   <si>
     <t>18/08/2025</t>
   </si>
   <si>
-    <t>08/01/2024</t>
-[...121 lines deleted...]
-  <si>
     <t>20/05/2024</t>
   </si>
   <si>
     <t>11/08/2025</t>
   </si>
   <si>
-    <t>20/11/2024</t>
-[...4 lines deleted...]
-  <si>
     <t>14/08/2025</t>
   </si>
   <si>
-    <t>01/03/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>05/07/2024</t>
   </si>
   <si>
-    <t>15/03/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>15/03/2024</t>
   </si>
   <si>
-    <t>29/04/2025</t>
-[...22 lines deleted...]
-  <si>
     <t>09/04/2025</t>
   </si>
   <si>
     <t>17/12/2024</t>
   </si>
   <si>
-    <t>29/10/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>13/03/2025</t>
   </si>
   <si>
-    <t>10/02/2025</t>
-[...8 lines deleted...]
-    <t>06/12/2025</t>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/07/2026</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>31/12/2027</t>
+  </si>
+  <si>
+    <t>31/03/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
   </si>
   <si>
     <t>31/01/2026</t>
   </si>
   <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>30/04/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>19/04/2026</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>20/04/2026</t>
+  </si>
+  <si>
+    <t>14/04/2026</t>
+  </si>
+  <si>
+    <t>30/03/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
     <t>21/11/2027</t>
   </si>
   <si>
-    <t>30/04/2026</t>
-[...13 lines deleted...]
-  <si>
     <t>16/11/2026</t>
   </si>
   <si>
-    <t>31/03/2026</t>
-[...19 lines deleted...]
-  <si>
     <t>23/04/2026</t>
   </si>
   <si>
-    <t>30/01/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>30/06/2027</t>
   </si>
   <si>
-    <t>07/12/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>13/02/2026</t>
   </si>
   <si>
-    <t>15/12/2025</t>
-[...7 lines deleted...]
-  <si>
     <t>14/05/2026</t>
   </si>
   <si>
-    <t>25/12/2025</t>
-[...7 lines deleted...]
-  <si>
     <t>30/04/2027</t>
   </si>
   <si>
     <t>01/07/2026</t>
   </si>
   <si>
     <t>31/08/2026</t>
   </si>
   <si>
     <t>20/06/2026</t>
   </si>
   <si>
     <t>28/01/2026</t>
   </si>
   <si>
-    <t>14/12/2025</t>
-[...7 lines deleted...]
-  <si>
     <t>11/02/2026</t>
   </si>
   <si>
     <t>15/04/2026</t>
   </si>
   <si>
     <t>14/03/2026</t>
   </si>
   <si>
-    <t>01/08/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>NÃO</t>
   </si>
   <si>
     <t>CONCESSIONÁRIA</t>
   </si>
   <si>
+    <t>SIMPLES</t>
+  </si>
+  <si>
+    <t>DISPOSITIVO</t>
+  </si>
+  <si>
     <t>DUPLA</t>
   </si>
   <si>
-    <t>SIMPLES</t>
-[...2 lines deleted...]
-    <t>DISPOSITIVO</t>
+    <t>NORTE</t>
+  </si>
+  <si>
+    <t>OESTE</t>
+  </si>
+  <si>
+    <t>INTERNO</t>
+  </si>
+  <si>
+    <t>SUL</t>
+  </si>
+  <si>
+    <t>LESTE/OESTE</t>
+  </si>
+  <si>
+    <t>EXTERNO</t>
+  </si>
+  <si>
+    <t>NORTE/SUL</t>
+  </si>
+  <si>
+    <t>NÃO SE APLICA</t>
   </si>
   <si>
     <t>LESTE</t>
   </si>
   <si>
-    <t>NORTE/SUL</t>
-[...20 lines deleted...]
-    <t>EXTERNO</t>
+    <t>NOTURNA, VIATURAS</t>
+  </si>
+  <si>
+    <t>LAMELAS COM PISTA DE LED, PLACAS DE SINALIZAÇÃO</t>
   </si>
   <si>
     <t>CONES IMPLANTAÇÃO DE PLACAS E CONES</t>
   </si>
   <si>
-    <t>PMV</t>
-[...5 lines deleted...]
-    <t>LAMELAS COM PISTA DE LED, PLACAS DE SINALIZAÇÃO</t>
+    <t>PLACAS, LAMELAS E SINALIZAÇÃO NOTURNA</t>
   </si>
   <si>
     <t>PLACAS, LAMELAS, SINALIZAÇÃO NOTURNA, ETC.</t>
   </si>
   <si>
-    <t>BALIZADORES</t>
-[...8 lines deleted...]
-    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA.</t>
+    <t>VCI-3005, IT-3022.</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CONSERVAÇÃO</t>
+  </si>
+  <si>
+    <t>AMBULÂNCIA, GUINCHO LEVE, GUINCHO PESADO, INSPEÇÃO DE TRAFEGO.</t>
+  </si>
+  <si>
+    <t>BASE OPERACIONAL, GUINCHO PESADO GUINCHO LEVE, AMBULÂNCIA, CFTV</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
+  </si>
+  <si>
+    <t>VIATURA OPERACIONAL, INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, CAPTURA DE ANIMAIS, BASE OPERACIONAL SP021 KM 16+500</t>
+  </si>
+  <si>
+    <t>VIATURA OPERACIONAL, AMBULÂNCIA, GUINCHO LEVE, GUINCHO PESADO</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, RESGATE, BASE OPERACIONAL LOCALIZADA NA SP348 KM 036+600</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO/GUINCHO LEVE, BASE OPERACIONAL SPP330 KM 082+000</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRAFEGO</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, RESGATE, SUPERVISÃO DE TRÁFEGO</t>
+  </si>
+  <si>
+    <t>GUINCHO LEVE, ATENDIMENTO PRÉ-HOSPITALAR</t>
+  </si>
+  <si>
+    <t>GUINCHO PESADO, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, CAMINHÃO IRRIGADORA, AMBULÂNCIA.</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, AMBULÂNCIA, BASE OPERACIONAL LOCALIZADA NA SP270 KM 078+900</t>
+  </si>
+  <si>
+    <t>BASE OPERACIONAL, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, AMBULÂNCIA, DRONES, BONECOS</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>BASE KM 078+600 LESTE, BASE KM 046+500 OESTE, INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE,GUINCHO PESADO, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA, BASE OPERACIONAL SP160 KM 28</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
   </si>
   <si>
     <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA.</t>
   </si>
   <si>
+    <t>POSTOS SAU LOCALIZADOS NA SP-333 KM 139+500 OESTE, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
+  </si>
+  <si>
+    <t>POSTOS SAU LOCALIZADOS NA SP-333 KM 100+260 OESTE, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
+  </si>
+  <si>
+    <t>GUINCHO PESADO, GUINCHO LEVE, AMBULÂNCIA, INSPEÇÃO DE TRAFEGO</t>
+  </si>
+  <si>
+    <t>IT-3404R, VO-3401</t>
+  </si>
+  <si>
+    <t>GUINCHO LEVE, AMBULÂNCIA, INSPEÇÃO DE TRAFEGO</t>
+  </si>
+  <si>
+    <t>BASE OPERACIONAL, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>GL-2801, AB-2802, IT-2801, AB-2801</t>
+  </si>
+  <si>
+    <t>GUINCHO LEVE/VIATURA OPERACIONAL, SOCORRO MECÂNICO, CAMINHÃO PIPA, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO-PIPA E BASES OPERACIONAIS DA SP-330</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, ATENDIMENTO PRÉ-HOSPITALAR</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, VIATURA OPERACIONAL, GUINCHO LEVE, GUINCHO PESADO, CAMINHÃO PIPA.</t>
+  </si>
+  <si>
+    <t>POSTO SAU, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
+  </si>
+  <si>
+    <t>GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, INSPEÇÃO DE TRAFEGO.</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRAFEGO, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>VEÍCULO OPERACIONAL, AMBULÂNCIA, BASE OPERACIONAL LOCALIZADA NA SP079 KM 112+000 PISTA SUL</t>
+  </si>
+  <si>
+    <t>GUINCHO LEVE, INSPEÇÃO DE TRÁFEGO, ATENDIMENTO PRÉ-HOSPITALAR,</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, VIATURA OPERACIONAL, GUINCHO LEVE, GUINCHO PESADO, CAMINHÃO IRRIGADEIRA, RESGATE</t>
+  </si>
+  <si>
+    <t>BASE SAU, UNIDADE DE RESGATE, GUINCHO LEVE, INSPEÇÃO DE TRÁFEGO</t>
+  </si>
+  <si>
+    <t>GUINCHO LEVE, INSPEÇÃO DE TRAFEGO, AMBULÂNCIA, CFTV, SAT</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, CAMINHÃO PIPA, GUINCHO LEVE, GUINCHO PESADO, RESGATE.</t>
+  </si>
+  <si>
+    <t>GUINCHO LEVE, AMBULÂNCIA, INSPEÇÃO DE TRAFEGO, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA</t>
+  </si>
+  <si>
     <t>BASE OPERACIONAL, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA.</t>
   </si>
   <si>
-    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
-[...1 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, BASE OPERACIONAL LOCALIZADA NA SP160, KM 62 E BASE AVANÇADA LOCALIZADA NO KM 56/160 NORTE.</t>
   </si>
   <si>
-    <t>GUINCHO PESADO, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE.</t>
-[...23 lines deleted...]
-    <t>VEÍCULOS DE APOIO / SUPERVISÃO</t>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, MOTO APH.</t>
+  </si>
+  <si>
+    <t>GUINCHO PESADO, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>GUINCHO PESADO, GUINCHO LEVE, RESGATE, CAMINHÃO PIPA, VIATURA DE INSPEÇÃO, POSTO SAU.</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE.</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, RESGATE</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, VIATURA OPERACIONAL, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA, BASE OPERACIONAL SP330 KM 101+900</t>
+  </si>
+  <si>
+    <t>AMBULÂNCIA, INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÃNCIA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, CAMINHÃO PIPA, GUINCHO LEVE, RESGATE.</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, BASE 11</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, RESGATE, CAMINHÃO IRRIGADEIRA</t>
   </si>
   <si>
     <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA,</t>
   </si>
   <si>
-    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CONSERVAÇÃO</t>
-[...130 lines deleted...]
-  <si>
     <t>BASE SAU, AMBULÂNCIA, INSPEÇÃO DE TRÁFEGO, CAMINHÃO IRRIGADEIRA</t>
   </si>
   <si>
-    <t>BASE OPERACIONAL, INSPEÇÃO DE TRÁFEGO, RESGATE, CFTV, DRONES E BONECOS</t>
-[...10 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRAFEGO, VIATURA OPERACIONAL, GUINCHO</t>
   </si>
   <si>
     <t>VIATURA OPERACIONAL, GUINCHO LEVE, AMBULÂNCIA</t>
   </si>
   <si>
-    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE</t>
-[...1 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRAFEGO, RESGATE</t>
   </si>
   <si>
     <t>GUINCHO LEVE, AMBULÂNCIA</t>
   </si>
   <si>
-    <t>IT-3206</t>
-[...1 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA</t>
   </si>
   <si>
-    <t>POSTO SAU, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
-[...19 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO LEVE, RESGATE</t>
   </si>
   <si>
-    <t>VIATURA OPERACIONAL, AMBULÂNCIA, GUINCHO LEVE, GUINCHO PESADO</t>
-[...10 lines deleted...]
-  <si>
     <t>BASE OPERACIONAL, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, AMBULÂNCIA, CAMINHÃO PIPA, CFTV.</t>
   </si>
   <si>
-    <t>AB-2808, IT-2806, GL-2804, AB-2807, IT-2805, GP-2802</t>
-[...1 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO LEVE, RESGATE.</t>
   </si>
   <si>
-    <t>GUINCHO LEVE, INSPEÇÃO DE TRAFEGO, AMBULÂNCIA, CFTV, SAT</t>
+    <t>BASE OPERACIONAL LOCALIZADA NA SP270 KM 78+600, SENTIDO LESTE.</t>
+  </si>
+  <si>
+    <t>BASE OPERACIONAL LOCALIZADA NA SP270 KM 078+600, LESTE</t>
+  </si>
+  <si>
+    <t>PMV MÓVEL NO LOCAL, INDICANDO PARA AS CARRETAS E CAMINHÕES ACESSAREM SAÍDA KM 22.</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO PARE E SIGA.</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO PARE E SIGA</t>
+  </si>
+  <si>
+    <t>A SAÍDA DE VEÍCULOS DA EMPRESA LOCAL SERÁ ANTECIPADA E O TRONCO DA RODOVIA NÃO SOFRERÁ INTERFERÊNCIAS.</t>
   </si>
   <si>
     <t>OPERAÇÃO "PARE E SIGA"</t>
   </si>
   <si>
-    <t>OPERAÇÃO COMBOIO. OPERAÇÃO PARE E SIGA.</t>
-[...19 lines deleted...]
-  <si>
     <t>PARA OS CLIENTES QUE DESEJAREM ACESSAR O DISPOSITIVO NO RAMO 600 SENTIDO LESTE PARA A CIDADE DE RIVERSUL DEVERÁ SEGUIR SENTIDO ITARARÉ E EFETUAR O RETORNO NO PRÓXIMO ACESSO</t>
   </si>
   <si>
-    <t>OPERAÇÃO PARE E SIGA.</t>
-[...4 lines deleted...]
-  <si>
     <t>DESVIO NO KM 32</t>
   </si>
   <si>
-    <t>BASE OPERACIONAL LOCALIZADA NA SP270 KM 78+600, SENTIDO LESTE.</t>
-[...1 lines deleted...]
-  <si>
     <t>TRÁFEGO DESVIADO PARA PISTA MARGINAL.</t>
   </si>
   <si>
-    <t>TRÁFEGO FLUINDO PELA PISTA SUL COM OPERAÇÃO PARE E SIGA. | TRÁFEGO FLUINDO PELA PISTA SUL COM OPERAÇÃO PARE E SIGA.</t>
+    <t>ACOSTAMENTO. | ACOSTAMENTO.</t>
+  </si>
+  <si>
+    <t>NÃO HÁ. | NÃO HÁ. | NÃO HÁ. | NÃO HÁ. | NÃO HÁ. | NÃO HÁ.</t>
+  </si>
+  <si>
+    <t>DESVIO DE TRAFEGO PELOS OUTROS RAMOS DO PRÓPRIO DISPOSITIVO.</t>
+  </si>
+  <si>
+    <t>PELO KM 450 DA SP330</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DE FAIXAS ALTERNADAS</t>
+  </si>
+  <si>
+    <t>DESVIO DE FLUXO DA VIA PARA ESTRADA VICINAL MARIO COVAS.</t>
+  </si>
+  <si>
+    <t>DESVIO DE TRÁFEGO DA PISTA SENTIDO LESTE PARA O RAMO 100.</t>
+  </si>
+  <si>
+    <t>NÃO HÁ.</t>
+  </si>
+  <si>
+    <t>NÃO HÁ. | NÃO HÁ. | NÃO HÁ. | NÃO HÁ.</t>
+  </si>
+  <si>
+    <t>DESVIO APENAS O TRAFEGO DE VEÍCULOS PESADOS PARA SAÍDA DO KM 22 , CARROS E MOTOS CONSEGUEM ESTAR ACESSANDO A ALÇA. | BLOQUEADO PARA TODOS OS VEÍCULOS.</t>
+  </si>
+  <si>
+    <t>DESVIO DE TRAFEGO PELA PISTA NOVA NO SENTIDO LESTE DA RODOVIA. | DESVIO DE TRAFEGO PELA PISTA NOVA NO SENTIDO LESTE DA RODOVIA.</t>
+  </si>
+  <si>
+    <t>DESVIO PARA FORA DA PISTA. | DESVIO PARA FORA DA PISTA.</t>
+  </si>
+  <si>
+    <t>PARA A REALIZAÇÃO DA OBRA, SERÁ NECESSÁRIO REALIZAR O DESVIO DA PISTA EXISTENTE PARA PISTA PROVISÓRIA. | PARA A REALIZAÇÃO DA OBRA, SERÁ NECESSÁRIO REALIZAR O DESVIO DA PISTA EXISTENTE PARA PISTA PROVISÓRIA.</t>
   </si>
   <si>
     <t>NÃO HÁ. | NÃO HÁ.</t>
   </si>
   <si>
-    <t>TRÁFEGO SENDO DESVIADO PARA A PISTA MARGINAL.</t>
-[...2 lines deleted...]
-    <t>DISPOSITIVO NO KM 258+000</t>
+    <t>O FLUXO DE VEÍCULOS SERÁ REDIRECIONADO PARA O PRÓXIMO RETORNO DISPONÍVEL, NO DISPOSITIVO L29_SPD013/255_KM 013,600, LOCALIZADO NA SP-255 KM 013+600 E KM 023+000. | O FLUXO DE VEÍCULOS SERÁ REDIRECIONADO PARA O PRÓXIMO RETORNO DISPONÍVEL, NO DISPOSITIVO L29_SPD017/255_KM017,900, LOCALIZADO NA SP-255 KM 017+900 E KM 030+100.</t>
+  </si>
+  <si>
+    <t>DESVIO NO KM 121 ACESSAR A ESTRADA MUNICIPAL PLAN. 381, SEGUIR ATÉ A RUA JOSÉ BENCOME E ACESSAR A RODOVIA ZEFERINO VAZ SP 332 NO KM 119 SUL. | DESVIO NO KM 114 PARA ACESSAR A AV. ALBINO J.B. DE OLIVEIRA, ESTRADA DA RHODIA, AV. DR. ROBERTO MOREIRA NA RODOVIA ZEFERINO VAZ NO KM 125 NORTE.</t>
+  </si>
+  <si>
+    <t>TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA.</t>
   </si>
   <si>
     <t>PELO KM 189 | PELO KM 227</t>
   </si>
   <si>
-    <t>DESVIO DE TRAFEGO PELOS OUTROS RAMOS DO PRÓPRIO DISPOSITIVO.</t>
-[...16 lines deleted...]
-  <si>
     <t>DESVIO DE TRAFEGO DO RAMO F PARA FAIXA 4. | DESVIO DE TRAFEGO DO RAMO F PARA FAIXA 4. | FLUXO DA PISTA EXTERNA SEGUIRÁ PELAS FAIXAS 04 E 05 E O TRÁFEGO DO RAMO F SEGUIRÁ PELA FAIXA 06 | FLUXO DA PISTA EXTERNA SEGUIRÁ PELAS FAIXAS 04 E 05 E O TRÁFEGO DO RAMO F SEGUIRÁ PELA FAIXA 06 | FLUXO DA PISTA EXTERNA SEGUIRÁ PELAS FAIXAS 04 E 05 E O TRÁFEGO DO RAMO F SEGUIRÁ PELA FAIXA 06</t>
   </si>
   <si>
-    <t>NÃO HÁ. | NÃO HÁ. | NÃO HÁ. | NÃO HÁ. | NÃO HÁ. | NÃO HÁ.</t>
-[...8 lines deleted...]
-    <t>TRÁFEGO SENDO DESVIADO PARA MARGINAL. | TRAFEGO SENDO DESVIADO PARA MARGINAL. | TRAFEGO SENDO DESVIADO PARA MARGINAL. | TRAFEGO SENDO DESVIADO PARA MARGINAL. | TRAFEGO SENDO DESVIADO PARA MARGINAL. | TRAFEGO SENDO DESVIADO PARA MARGINAL. | TRAFEGO SENDO DESVIADO PARA MARGINAL. | TRAFEGO SENDO DESVIADO PARA MARGINAL.</t>
+    <t>USUÁRIOS QUE SEGUEM NA PISTA SUL, SENTIDO CAPITAL DEVERÃO UTILIZAR O RETORNO NO DISPOSITIVO DO KM 184. | USUÁRIOS QUE SEGUEM NA PISTA NORTE, SENTIDO INTERIOR DEVERÃO UTILIZAR O RETORNO NO DISPOSITIVO DO KM 190.</t>
   </si>
   <si>
     <t>NO PERÍODO DE FECHAMENTO PARA AS OBRAS DO CONTORNO NORTE (SENTIDO UBATUBA), OS USUÁRIOS DEVERÃO UTILIZAR O TRECHO ATUALMENTE PERCORRIDO E CONHECIDO, DENTRO DO MUNICÍPIO DE CARAGUATATUBA (SP-055). | NO PERÍODO DE FECHAMENTO PARA AS OBRAS DO CONTORNO NORTE (SENTIDO UBATUBA), OS USUÁRIOS DEVERÃO UTILIZAR O TRECHO ATUALMENTE PERCORRIDO E CONHECIDO, DENTRO DO MUNICÍPIO DE CARAGUATATUBA (SP-055).</t>
   </si>
   <si>
-    <t>OS USUÁRIOS DEVERÃO UTILIZAR O RETORNO DO KM 520 C NO SENTIDO LESTE. | OS USUÁRIOS DEVERÃO UTILIZAR O RETORNO DO KM 528+000 NO SENTIDO OESTE.</t>
-[...10 lines deleted...]
-  <si>
     <t>DESVIO PARA FAIXA 01 OESTE, TRÁFEGO OESTE PARA FAIXA 02.</t>
   </si>
   <si>
     <t>PELA PISTA SUL</t>
   </si>
   <si>
     <t>DESVIO DE EIXO DA PISTA LESTE PARA PISTA OESTE E DA PISTA OESTE PARA O ACOSTAMENTO DA PISTA OESTE COMO MEDIDAS DE SEGURANÇA</t>
   </si>
   <si>
     <t>DESVIO DE TRAFEGO PELA PISTA MARGINAL.</t>
   </si>
   <si>
-    <t>PELO KM 450 DA SP330</t>
-[...1 lines deleted...]
-  <si>
     <t>PELA PISTA MARGINAL</t>
   </si>
   <si>
     <t>TRÁFEGO SERÁ DESVIADO PARA A PISTA MARGINAL</t>
   </si>
   <si>
-    <t>DESVIO PARA FORA DA PISTA. | DESVIO PARA FORA DA PISTA.</t>
-[...16 lines deleted...]
-  <si>
     <t>DESVIO PARA PISTA MARGINAL</t>
   </si>
   <si>
-    <t>[08/18/2025] INSERIDO FOTOS ATUALIZADAS DA OBRA. | [12/06/2025] A CONCESSIONÁRIA ENVIOU E-MAIL NO DIA 03/12 ÀS 14H23MIN INFORMANDO SOBRE INTERDIÇÃO NO TRECHO DA SP 255 DO KM 002,800 AO 48,100 KM, INTERDIÇÃO DE FAIXAS E ALÇAS NO DIA 01/12 AO 20/12.</t>
-[...64 lines deleted...]
-    <t>[11/03/2025] CONFORME POE RECEBIDO VIA WHATSAPP EM 03/11 ÁS 11H05 DO CCO DA CONCESSIONÁRIA, OBRA PRORROGADA DE 23/10 PARA 23/04/2026.</t>
+    <t>[01/19/2026] A INSPEÇÃO DE TRÁFEGO (IT-3022) INFORMOU QUE NO LOCAL SE TRATA DE UM AFUNDAMENTO NA FAIXA DE ROLAMENTO, COM RISCO EVIDENTE DE ACIDENTE;_x000D_
+A CONSERVA IMPLANTOU UMA SINALIZAÇÃO EMERGENCIAL E FOI CONSTATADO QUE O REFERIDO BURACO É DE GRANDE PROFUNDIDADE;_x000D_
+A INSPEÇÃO DE TRÁFEGO (IT-3022) RECEBEU INFORMAÇÃO DA EQUIPE DA CONSERVA DE QUE VIRÁ UMA RETROESCAVADEIRA PARA DAR INICIO AOS TRABALHOS;_x000D_
+APÓS A ANALIZE DA EQUIPE DA ENGENHARIA QUE ESTEVE PELO LOCAL, A CONCESSIONARIA OPTOU POR REALIZAR O DESVIO PARA O ACOSTAMENTO EM AMBOS OS SENTIDOS ATÉ O TERMINO DO REPARO.</t>
+  </si>
+  <si>
+    <t>[12/23/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/23/2025] CONFORME ORIENTAÇÃO VIA E-MAIL, EM 23/12 ÀS 11H06MIN, OBRA PRORROGADA DE 23/12/2025 PARA 31/12/2025. | [01/08/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/17/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | ÀS 16H48MIN DO DIA 16/01/2026, A CONCESSIONÁRIA SOLICITOU POSTERGAÇÃO DO PRAZO PARA 28/02/2026.</t>
+  </si>
+  <si>
+    <t>[12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/16/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES.</t>
+  </si>
+  <si>
+    <t>[10/15/2024] INSERIDA FOTOS ATUALIZADAS DA OBRA. | [10/15/2024] CONFORME E-MAIL RECEBIDO EM 14/10, COMUNICAMOS QUE DEVIDO CONDIÇÕES CLIMÁTICAS NÃO FOI POSSÍVEL A CONCLUSÃO DAS ATIVIDADES COM INTERDIÇÃO DA FAIXA 02 NA DATA INICIALMENTE PREVISTA, COM ISSO, OS TRABALHOS DE INSTALAÇÃO DAS BARREIRAS NA FAIXA DE BORDO DA FAIXA 02 FORAM ADIADOS E SERÃO EXECUTADOS HOJE E AMANHÃ (14 E 15/10) DAS 22H ÀS 5H. APÓS ESSA DATA, A INTERDIÇÃO SERÁ SOMENTE NO ACOSTAMENTO ATÉ DIA 12/12/2024 DURANTE 24 HORAS. | [02/14/2025] CONFORME E-MAIL RECEBIDO EM 14/02 ÁS 13H02MIN OBRA PRORROGADA DE 31/01 A 30/06. | [06/29/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 29/06 ÀS 17H16. | [07/06/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [07/12/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [07/25/2025] CONFORME E-MAIL RECEBIDO EM 25/07 ÁS 17H38MIN OBRA PRORROGADA PARA 30/12. | [08/15/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS ATUALIZADAS. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/16/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES.</t>
+  </si>
+  <si>
+    <t>[01/12/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/16/2026] CONFORME E-MAIL RECEBIDO EM 15/01 ÁS 17H55 OBRA FOI PRORROGADA DE 10/01 PARA 31/07/2026.</t>
+  </si>
+  <si>
+    <t>[12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/14/2026] DATA PREVISTA PARA O TÉRMINO ALTERADA, DO DIA 31/12/2025 PARA 31/07/2026</t>
+  </si>
+  <si>
+    <t>[11/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [11/14/2025] CONFORME E-MAIL RECEBIDO EM 14/11 ÁS 16H30MIN, CONCESSIONÁRIA INFORMOU QUE AS ATIVIDADES FORAM PRORROGADAS PARA 31/12/2025. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/14/2026] CONFORME E-MAIL RECEBIDO EM 14/01 ÁS 12H51 OBRA PRORROGADA DE 31/12/2025 PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[02/06/2025] PREVISÃO QUE DURANTE A SEMANA SERÁ REALIZADA NOVA AVALIAÇÃO DO LOCAL. | [04/04/2025] NO DIA 03/04/2025, A CONCESSIONÁRIA CONTATOU A ENGENHARIA DA PREFEITURA DE IGARAPAVA, INFORMOU QUE O PROCESSO DE REPARO DA PONTE PODERÁ SE ESTENDER POR UM PERÍODO SUPERIOR A 06 MESES. A QUESTÃO JÁ FOI RESOLVIDA JUDICIALMENTE, UMA VEZ QUE O DER E A PREFEITURA POSSUEM OPINIÕES DIVERGENTES QUANTO A RESPONSABILIDADE PELA RESTAURAÇÃO DA OAE. DE ACORDO COM E-MAIL RECEBIDO ÀS 10H21MIN DO DIA 04/04/2025, CONFORME ALINHADO COM A SUPERVISÃO DO CCI, SERÁ CONCLUÍDO O ENVIO DE ATUALIZAÇÃO DIÁRIA, SOMENTE QUANDO HOUVER NOVAS INFORMAÇÕES RELEVANTES SERÃO RETOMADAS AS NOTIFICAÇÕES. | [08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [08/12/2025] A EMPRESA TERCEIRIZADA DE OBRAS A SERVIÇO DA ENTREVIAS, REALIZOU UMA RECUPERAÇÃO DE BARREIRA RÍGIDA KM 475+690 NORTE DA SP328, ALÉM DE INSTALAÇÃO DE DEFENSA METÁLICA NO ACESSO DELIMITADO NA FAIXA DE DOMÍNIO._x000D_
+LOCAL SEGUE INTERDITADO SEM PREVISÃO DE LIBERAÇÃO. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] ÀS 16H12MIN, INCLUÍDAS FOTOS ATUALIZADAS DO LOCAL.</t>
+  </si>
+  <si>
+    <t>[12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/08/2025] CONFORME E-MAIL RECEBIDO EM 08/12 ÁS 10H36MIN, OBRA FOI PRORROGADA PARA 17/12/2025. | [12/18/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME POE RECEBIDO VIA SEI, OBRA FOI RETOMADA AS ATIVIDADES.</t>
+  </si>
+  <si>
+    <t>[08/26/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 26/08 ÀS 07H13. | [08/30/2025] A CONCESSIONÁRIA ENVIOU A RESPOSTA DIA 29/08 ÀS 19H46MIN, OBRA PRORROGADA ATÉ O DIA 22/09/2025. | [09/26/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [10/08/2025] A CONCESSIONÁRIA ENVIOU A RESPOSTA DIA 08/10 ÀS 14H49MIN, OBRA PRORROGADA DE 22/09 PARA 31.12/2025. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 13H00 OBRA PRORROGADA PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 12H47 OBRA PRORROGADA PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[11/24/2023] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 24/11 ÁS 21H32MIN SOLICITANDO FOTOS ATUALIZADAS. | [11/26/2023] A CONCESSIONÁRIA NÃO CONCLUIU OS REGISTROS FOTOGRÁFICOS SOLICITADOS, IRÃO ENCAMINHAR NO PRIMEIRO HORÁRIO DA MANHÃ DA SEGUNDA FEIRA 27/11/2023. | [06/13/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 13/06 ÁS 08H26MIN SOLICITANDO FOTOS ATUALIZADAS. | [09/03/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 03/09 ÁS 08H42MIN SOLICITANDO FOTOS ATUALIZADAS. | [10/11/2024] INCLUÍDA FOTOS ATUALIZADAS DA OBRA. | [03/15/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 15/03 ÀS 16H20. | [03/22/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 22/03 ÀS 20H58. | [03/24/2025] CONFORME E-MAIL RECEBIDO EM 24/03 ÁS 16H56 OBRA PRORROGADA DE 15/03 PARA 29/03. | [03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 16H49MIN, OBRA PRORROGADA DE 29/03 PARA 31/01/2026. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [04/01/2025] CONFORME E-MAIL RECEBIDO EM 31/03 ÀS 18H22, A OBRA FOI ANTECIPADA DE 31/01/2026 PARA 31/12/2025. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONÁRIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. _x000D_
+ENVIADO E-MAIL À CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO DE IMAGENS DA OBRA EM 01/04 ÀS 08H33. | [12/28/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 28/12/2025 ÀS 17H24MIN. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 12H38 OBRA PRORROGADA PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 16H56MIN, OBRA PRORROGADA DE 29/03 PARA 30/04. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [04/01/2025] CONCESSIONÁRIA ATUALIZOU A PREVISÃO DE ENCERRAMENTO DE ABRIL PARA DEZEMBRO DE 2025. SR-PCO-0016/2025 - PLANO OPERACIONAL ESPECÍFICO - SP270 KM 068+000 AO 067+000 LESTE.  (01/04/2025 08H09). | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 12H18 OBRA PRORROGADA PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 17H24MIN, OBRA PRORROGADA DE 29/03 PARA 30/04. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [04/01/2025] CONCESSIONÁRIA ATUALIZOU A PREVISÃO DE ENCERRAMENTO DE ABRIL PARA DEZEMBRO DE 2025. SR-PCO-0021/2025 -PLANO OPERACIONAL ESPECÍFICO - SP270 KM 075+300 OESTE  (01/04/2025 08H28). | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 11H53 OBRA PRORROGADA PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 17H17MIN, OBRA PRORROGADA DE 29/03 PARA 30/04. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [04/01/2025] CONCESSIONÁRIA ATUALIZOU A PREVISÃO DE ENCERRAMENTO DE ABRIL PARA DEZEMBRO DE 2025. SR-PCO-0020/2025 - PLANO OPERACIONAL ESPECÍFICO - SP270 KM 075+000 AO 075+300 LESTE OESTE.  (01/04/2025 08H22). | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 11H39 OBRA PRORROGADA PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[01/13/2026] POE RECEBIDO VIA SEI.</t>
   </si>
   <si>
     <t>[03/01/2025] CONFORME E-MAIL RECEBIDO EM 28/02 ÁS 16H15, OBRA PRORROGADA DE 03/03 PARA 31/03. | [04/01/2025] CONFORME E-MAIL RECEBIDO EM 01/04 ÁS 15H33MIN OBRA PRORROGADA DE 31/03 PARA 05/05, ALTERADO O TRECHO DE OBRA DE KM 43 AO KM 46 PARA KM 43 PARA KM 49. | [04/18/2025] CONFORME E-MAIL RECEBIDO EM 17/04 ÁS 18H38MIN OBRA PRORROGADA DE 05/05 PARA 02/06, ALTERADO O TRECHO DE OBRA DE KM 43 AO KM 49 PARA KM 43 PARA KM 51 EM AMBO OS SENTIDOS. | [06/04/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO. | [06/08/2025] CONFORME E-MAIL RECEBIDO EM 05/06 ÁS 12H55, OBRA PRORROGADA DE 02/06 PARA 15/06. | [06/16/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO. | [06/19/2025] CONFORME E-MAIL RECEBIDO EM 18/06 ÁS 18H21 A CONCESSIONÁRIA ESTÁ PROVIDENCIANDO NOVO POE DE PRORROGAÇÃO DA OBRA. | [06/30/2025] CONFORME E-MAIL RECEBIDO EM 30/06 ÁS 18H08, OBRA FOI FINALIZADA E SERÁ RETOMADA EM BREVE._x000D_
 O POE APRESENTADOS ANTERIORMENTE, FORAM PARA AVALIAÇÃO DA TÉCNICA DE REABILITAÇÃO DO PAVIMENTO FATC (FRAÇÃO ASFÁLTICA TRATADA COM CIMENTO) E POSTERIOR DEFINIÇÃO DO PROJETO._x000D_
-AS ETAPAS DE TESTES PARA DEFINIÇÃO DO PROJETO FORAM CONCLUÍDAS, DESTA FORMA INFORMAMOS QUE SERÁ ELABORADO NOVO POE PARA A EFETIVA OBRA DE RECUPERAÇÃO DO PAVIMENTO RÍGIDO, ENTRE KM 43+200 AO KM 51+000, PISTA INTERNA E EXTERNA. | [10/31/2025] CONFORME E-MAIL RECEBIDO EM 31/10 ÁS 15H25MIN OBRA RETOMADA.</t>
+AS ETAPAS DE TESTES PARA DEFINIÇÃO DO PROJETO FORAM CONCLUÍDAS, DESTA FORMA INFORMAMOS QUE SERÁ ELABORADO NOVO POE PARA A EFETIVA OBRA DE RECUPERAÇÃO DO PAVIMENTO RÍGIDO, ENTRE KM 43+200 AO KM 51+000, PISTA INTERNA E EXTERNA. | [10/31/2025] CONFORME E-MAIL RECEBIDO EM 31/10 ÁS 15H25MIN OBRA RETOMADA. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/08/2025] CONFORME E-MAIL RECEBIDO EM 08/12 ÁS 10H36MIN, OBRA FOI PRORROGADA PARA 17/12/2025. | [12/18/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME POE RECEBIDO VIA SEI, OBRA FOI RETOMADA AS ATIVIDADES.</t>
+  </si>
+  <si>
+    <t>[01/12/2026] CONFORME E-MAIL RECEBIDO EM 12/01 ÁS 16H59 OBRA PRORROGADA PARA 31/07/2026.</t>
+  </si>
+  <si>
+    <t>[12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/12/2026] CONFORME E-MAIL RECEBIDO EM 12/01 ÁS 16H59 OBRA PRORROGADA PARA 31/07/2026.</t>
+  </si>
+  <si>
+    <t>[09/03/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 03/09, SOLICITANDO ATUALIZAÇÃO DO CENÁRIO. | [10/11/2024] INCLUÍDA FOTOS ATUALIZADAS DA OBRA. | [01/06/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 06/01 ÀS 10H19. | [01/16/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 15/01 ÀS 22H12MIN. | ÀS 15H36 DO DIA 16/01/2025, A CONCESSIONÁRIA INFORMOU VIA E-MAIL QUE A OBRA FOI PRORROGADA PARA 29/03/2025. | [03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 17H32MIN, OBRA PRORROGADA DE 29/03 PARA 30/04. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [04/01/2025] CONCESSIONÁRIA ATUALIZOU A PREVISÃO DE ENCERRAMENTO DE ABRIL PARA DEZEMBRO DE 2025. SR-PCO-0022/2025 - PLANO OPERACIONAL ESPECÍFICO - SP270 KM 076+150 LESTE OESTE (01/04/2025 08H31). | [07/24/2025] SOLICITADO A CONCESSIONÁRIA FOTOS ATUALIZADAS DA OBRA. | [08/14/2025] INSERIDA FOTOS ATUALIZADAS. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/12/2026] CONFORME E-MAIL RECEBIDO EM 12/01 ÁS 16H58 OBRA PRORROGADA DE 31/12 PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[04/01/2025] CONCESSIONÁRIA ATUALIZOU A PREVISÃO DE ENCERRAMENTO DE ABRIL PARA DEZEMBRO DE 2025. SR-PCO-0023/2025 - PLANO OPERACIONAL ESPECÍFICO - SP270 KM 076+300.  (01/04/2025 08H33). | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/12/2026] CONFORME E-MAIL RECEBIDO EM 12/01 ÁS 15H21 OBRA PRORROGADA DE 31/12/2025 PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/12/2026] CONFORME E-MAIL, DATA DE ENCERRAMENTO POSTERGADA, DO DIA 31/12/2025 PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS.</t>
+  </si>
+  <si>
+    <t>[12/28/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 28/12 ÀS 06H50MIN. | [01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS.</t>
+  </si>
+  <si>
+    <t>[09/02/2025] CONFORME INFORMAÇÃO RECEBIDA VIA WHATSAPP, OBRA FOI PRORROGADA DE 02/09 PARA 31/12. | [01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS.</t>
+  </si>
+  <si>
+    <t>[09/02/2025] CONFORME INFORMAÇÃO RECEBIDA VIA WHATSAPP, OBRA FOI PRORROGADA DE 28/08 PARA 31/12. | [01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS.</t>
+  </si>
+  <si>
+    <t>[12/10/2025] ÀS 13H00MIN, FEITO DESVIO PARA RUA PARALELA “RUA BAHIA” E ORIENTADO AOS USUÁRIOS ACESSAR SAÍDA KM 22._x000D_
+ÀS 14H00MIN, FOI DESVIADO APENAS O TRÁFEGO DE VEÍCULOS PESADOS PARA SAÍDA DO KM 22, CARROS E MOTOS CONSEGUEM ESTAR ACESSANDO A ALÇA. | [12/10/2025] O LOCAL NÃO ESTÁ GERANDO CONGESTIONAMENTO, PORÉM A ALÇA PERMANECERÁ BLOQUEADA PELO PERÍODO ESTIMADO DE 05 DIAS. | [12/12/2025] ÀS 12H47MIN, DO DIA 12/12/2025, ALÇA DE DESVIO PARA A VIA PARALELA (RUA BAHIA) ENCONTRA-SE TOTALMENTE BLOQUEADA, DEVIDO À INTENSA MOVIMENTAÇÃO DE VEÍCULOS NO LOCAL, O TALUDE ESTÁ SE DESPRENDENDO E HÁ RISCO DE DESLIZAMENTO. NÃO HÁ PREVISÃO DE LIBERAÇÃO. A ORIENTAÇÃO AOS USUÁRIOS ESTÁ SENDO REALIZADA POR MEIOS DO PMV DO KM 29+500 LESTE, DO PMV MÓVEL NO KM 24+200 LESTE E PELA URA. | [12/12/2025] ÀS 14H44MIN, A ALÇA DE DESVIO PARA VIA PARALELA FOI LIBERADA, EQUIPE DE OBRA NO LOCAL, REALIZOU UM PALIATIVO NO TALUDE. | [12/12/2025] A EQUIPE RETIFICOU A INFORMAÇÃO DE QUE O DESVIO PARA VIA PARALELA TENHA SIDO LIBERADO, A ALÇA DE DESVIO PARA A VIA PARALELA (RUA BAHIA) PERMANECE FECHADA, E PISTA MARGINAL. O TRÁFEGO ESTÁ SENDO DESVIADO PARA VIA PARALELA (RUA SÃO PAULO).</t>
+  </si>
+  <si>
+    <t>[12/23/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/30/2025] CONFORME E-MAIL RECEBIDO EM 30/12 ÁS 13H42MIN OBRA PRORROGADA DE 19/12 PARA 31/01/2026.</t>
+  </si>
+  <si>
+    <t>[06/09/2025] DE ACORDO COM O PLANO OPERACIONAL RECEBIDO ÀS 11H04 DO DIA 09/06/2025, A INTERVENÇÃO ESTÁ PREVISTA PARA O MÊS DE JUNHO A DEZEMBRO DE 2025. | [12/30/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. CONFORME E-MAIL RECEBIDO EM 30/12/2025 ÁS 10H26MIN OBRA PRORROGADA DE 30/12 PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[12/30/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | CONFORME E-MAIL RECEBIDO EM 30/12/2025 ÁS 10H12MIN, OBRA PRORROGADA DE 31/12 PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[06/29/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 29/06 ÀS 17H20. | [07/02/2025] CONFORME E-MAIL RECEBIDO EM 30/06 ÁS 17H32MIN OBRA PRORROGADA DE 30/06 PARA 31/12. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/09/2025] CONFORME E-MAIL RECEBIDO EM 09/12 ÁS 10H31, OBRA SEGUE EM ANDAMENTO. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/30/2025] CONFORME E-MAIL RECEBIDO EM 30/12 ÁS 08H26MIN OBRA PRORROGADA DE 31/12 PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[07/10/2025] ÀS 09H31MIN DO DIA 04/07 FOI ENCAMINHADO A RESPOSTA DA CONCESSIONÁRIA ATUALIZANDO O FIM DA OBRA, PREVISÃO DE TÉRMINO PARA O DIA 30/09. | [10/01/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [10/01/2025] CONFORME E-MAIL RECEBIDO EM 01/10 ÁS 12H02MIN OBRA PRORROGADA DE 30/09 PARA 31/12/2025. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/30/2025] CONFORME E-MAIL RECEBIDO EM 30/12 ÁS 08H42MIN OBRA PRORROGADA DE 31/12 PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[12/30/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | ÀS 08H22MIN DO DIA 30/12/2025, A CONCESSIONÁRIA INFORMOU POR E-MAIL QUE A INTERVENÇÃO FOI PRORROGADA PARA 16/02/2026.</t>
+  </si>
+  <si>
+    <t>[12/23/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/29/2025] REPROGRAMADO DO DIA 20/12/2025 PARA 17/01/2026 ENTRE ÀS 8H ÀS 14H.</t>
+  </si>
+  <si>
+    <t>[09/29/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 29/09 ÀS 10H06. | [10/01/2025] CONFORME E-MAIL RECEBIDO EM 30/09 ÁS 15H29MIN OBRA FOI PRORROGADA PARA 31/10/2025. | [11/03/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [11/04/2025] CONFORME E-MAIL RECEBIDO EM 03/11 ÁS 15H53MIN OBRA FOI PRORROGADA PARA 30/11/2025. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | CONFORME E-MAIL RECEBIDO ÀS 11H22MIN OBRA FOI PRORROGADA PARA 20/12/2025. | [12/23/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/29/2025] A CONCESSIONÁRIA ENVIOU O E-MAIL NO DIA 08/12 ÀS 08H51MIN COM A DATA DE PRORROGAÇÃO DA OBRA. SERÁ EXECUTADO NO DIA 20/12 ATÉ 31/01/2026.</t>
+  </si>
+  <si>
+    <t>[08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS. | [08/13/2025] ADICIONADO FOTOS ATUALIZADAS DA OBRA. | [08/30/2025] ÀS 12H12MIN FOI ENVIADA VIA E-MAIL A PRORROGAÇÃO DA OBRA ATÉ O DIA 30/09/2025. | [09/29/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 29/09 ÀS 10H06. | [10/01/2025] CONFORME E-MAIL RECEBIDO EM 30/09 ÁS 15H29MIN OBRA FOI PRORROGADA PARA 31/10/2025. | [11/03/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [11/04/2025] CONFORME E-MAIL RECEBIDO EM 03/11 ÁS 15H53MIN OBRA FOI PRORROGADA PARA 30/11/2025. | [12/06/2025] A CONCESSIONÁRIA ENVIOU O E-MAIL NO DIA 03/12 ÀS 14H23MIN COM A DATA DE PRORROGAÇÃO DA OBRA. SERÁ EXECUTADO NO DIA 01/12 ATÉ 20/12. | [12/23/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/29/2025] A CONCESSIONÁRIA ENVIOU O E-MAIL NO DIA 29/12 ÀS 08H51MIN COM A DATA DE PRORROGAÇÃO DA OBRA. SERÁ EXECUTADO NO DIA 20/12 ATÉ 19/04/2026.</t>
+  </si>
+  <si>
+    <t>[10/27/2025] ÀS 16H02MIN DE 27/10/2025 A CONCESSIONÁRIA INFORMOU VIA E-MAIL, CONFORME ORIENTAÇÃO DO ENGENHEIRO RESPONSÁVEL PELA OBRA QUE A OBRA FOI PRORROGADA PARA 20/12/2025. | [12/22/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 22/12 ÀS 14H18. | [12/23/2025] SOLICITADO ATUALIZAÇÕES A CONCESSIONÁRIA VIA WHATSAPP. | [12/23/2025] CONFORME ORIENTAÇÃO VIA WHATSAPP RECEBIDA EM 23/12 ÀS 10H01MIN OBRA PRORROGADA DE 20/12 PARA 20/04/2026.</t>
+  </si>
+  <si>
+    <t>[07/18/2025] ENVIADO E-MAIL PARA A CONCESSIONÁRIA EM 18/07 ÀS 00H38 SOLICITANDO ATUALIZAÇÃO DA DATA PREVISTA PARA O TÉRMINO DA OBRA. | [07/26/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/16/2025] ENCAMINHADO E-MAIL SOLICITANDO ATUALIZAÇÕES. | [12/23/2025] SOLICITADO ATUALIZAÇÕES A CONCESSIONÁRIA VIA WHATSAPP. | [12/23/2025] CONFORME ORIENTAÇÃO VIA WHATSAPP RECEBIDA EM 23/12 ÀS 10H01MIN OBRA PRORROGADA DE 14/12 PARA 14/04/2026.</t>
+  </si>
+  <si>
+    <t>[12/16/2025] ENCAMINHADO E-MAIL A CONCESSIONARIA SOLICITANDO ATUALIZAÇÕES. | [12/23/2025] SOLICITADO ATUALIZAÇÕES A CONCESSIONÁRIA VIA WHATSAPP. | [12/23/2025] CONFORME ORIENTAÇÃO VIA WHATSAPP RECEBIDA EM 23/12 ÀS 10H01MIN OBRA PRORROGADA DE 14/12 PARA 14/04/2026.</t>
+  </si>
+  <si>
+    <t>[09/26/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [10/09/2025] ÀS 16H16MIN DO DIA 10/09/2025, A CONCESSIONÁRIA INFORMOU VIA E-MAIL QUE A OBRA CONTINUA EM EXECUÇÃO, SENDO QUE ESTÁ PREVISTO PARA CONCLUSÃO NO DIA 15/12/2025. | [12/16/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/17/2025] CONFORME E-MAIL RECEBIDO EM 15/12/2025, ÀS 18H37MIN, OBRA PRORROGADA DE 07/12/2025, PARA 30/03/2026.</t>
+  </si>
+  <si>
+    <t>[12/16/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/17/2025] CONFORME E-MAIL RECEBIDO EM 16/12/2025 ÁS 17H05MIN, OBRA PRORROGADA DE 12/12 PARA 30/01/2026</t>
+  </si>
+  <si>
+    <t>[12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/16/2025] CONFORME E-MAIL RECEBIDO EM 15/12 ÁS 18H37, OBRA PRORROGADA DE 07/12 PARA 15/01/2026.</t>
+  </si>
+  <si>
+    <t>[10/17/2025] CONFORME E-MAIL RECEBIDO EM 16/10 ÁS 17H19 OBRA PRORROGADA DE 26/11 PARA 28/11. | [12/02/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 02/12/2025 ÀS 11H08. | [12/12/2025] CONFORME E-MAIL RECEBIDO EM 12/1210 ÁS 11H10MIN, OBRA FOI PRORROGADA PARA 20/01/2026.</t>
+  </si>
+  <si>
+    <t>[10/13/2024] EM 13/10/2024 ÀS 11H10MIN FOI ENVIADO E-MAIL À CONCESSIONÁRIA SOLICITANDO FOTOS ATUALIZADAS. | [10/13/2024] 13/10/2024 ÀS 12H29MIN - RECEBIDO FOTOS ATUALIZADAS DA OBRA. | [12/01/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 01/12 ÁS 11H12MIN SOLICITANDO ATUALIZAÇÃO DO CENÁRIO. | [12/09/2024] ÀS 10H41MIN DO DIA 04/12, A CONCESSIONÁRIA INFORMOU QUE NO MOMENTO NÃO EXISTEM ATIVIDADES SENDO REALIZADAS NO LOCAL EM QUESTÃO. EM MOMENTO OPORTUNO, UM NOVO PLANO OPERACIONAL SERÁ ENVIADO QUANDO HOUVER MOBILIZAÇÃO DE EQUIPES PARA CONSTRUÇÃO DO DISPOSITIVO PREVISTO NO KM 433. | [03/18/2025] CONFORME E-MAIL RECEBIDO EM 06/03 ÁS 11H15MIN, AS OBRAS FORAM RETOMADAS. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/08/2025] CONFORME E-MAIL RECEBIDO ÀS 16H40MIN OBRA FOI PRORROGADA PARA FEVEREIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>[12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | CONFORME E-MAIL RECEBIDO EM 08/12 ÁS 12H16MIN, OBRA FOI PRORROGADA PARA ATÉ MARÇO/2026.</t>
+  </si>
+  <si>
+    <t>[03/09/2025] INCLUÍDA FOTOS ATUALIZADAS. | [04/01/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [04/06/2025] CONFORME E-MAIL RECEBIDO EM 03/04 ÁS 16H49MIN OBRA FOI PRORROGADA DE 03/04 PARA 30/05. | [05/31/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [06/12/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [06/14/2025] CONFORME E-MAIL RECEBIDO EM 13/06 ÁS 08H00MIN OBRA FOI PRORROGADA DE 30/05 PARA 31/10. | [11/03/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [11/04/2025] ÀS 10H33MIN DO DIA 03/11/2025, A CONCESSIONÁRIA INFORMOU QUE CONTINUA EM EXECUÇÃO, IRÃO ATUALIZAR O POE. | [11/11/2025] CONFORME E-MAIL RECEBIDO EM 11/11 ÁS 14H39MIN OBRA FOI PRORROGADA DE 31/10 PARA 30/11. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/08/2025] CONFORME E-MAIL RECEBIDO EM 08/12 ÁS 11H44MIN OBRA FOI PRORROGADA DE 30/11 PARA 30/01/2026.</t>
+  </si>
+  <si>
+    <t>[08/18/2025] INSERIDO FOTOS ATUALIZADAS DA OBRA. | [12/06/2025] A CONCESSIONÁRIA ENVIOU E-MAIL NO DIA 03/12 ÀS 14H23MIN INFORMANDO SOBRE INTERDIÇÃO NO TRECHO DA SP 255 DO KM 002,800 AO 48,100 KM, INTERDIÇÃO DE FAIXAS E ALÇAS NO DIA 01/12 AO 20/12.</t>
+  </si>
+  <si>
+    <t>[10/27/2024] EM 27/10 ÁS 21H03MIN ENVIADO E-MAIL SOLICITANDO FOTOS ATUALIZADAS. | [10/28/2024] DIA 28/10/2024 ÀS 09H06MIN, RECEBIDO AS FOTOS SOLICITADAS VIA E-MAIL. | [04/09/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES EM 07/04 ÁS 23H57MIN. | PARECER DA CCR RODOVIAS ÀS 15H44MIN DO DIA 08/04: "EM RAZÃO DO TÉRMINO DA CONCESSÃO DA VIAOESTE, INFORMAMOS QUE A CONTINUIDADE DESTE POE FOI TRANSFERIDA PARA A CONCESSIONARIA ECOVIAS RAPOSO CASTELLO A QUAL NOS INFORMOU QUE IRÁ PROTOCOLAR JUNTO A ARTESP". | [04/09/2025] CONFORME E-MAIL RECEBIDO EM 09/04 ÁS 17H34 DA CONCESSIONÁRIA ECOVIAS RAPOSO CASTELLO, OBRA PRORROGADA PARA 23/07/2026. | [11/07/2025] EM 07/11 PISTA MARGINAL SENTIDO LESTE ENTRES OS KMS 24 AO KM 22 LIBERADA AO TRAFEGO.</t>
+  </si>
+  <si>
+    <t>[11/03/2025] CONFORME POE RECEBIDO VIA WHATSAPP EM 03/11 ÁS 11H05 DO CCO DA CONCESSIONÁRIA, OBRA PRORROGADA DE 23/10 PARA 23/04/2026.</t>
   </si>
   <si>
     <t>[05/30/2025] ÀS 17H48 DO DIA 29/05/2025, O CONFORME E-MAIL RECEBIDO A INTERVEÇÃO FOI PRORROGADA PARA 30/06/2025. | [06/30/2025] ÁS 16H45MIN VIA E-MAIL NOVA PREVISÃO DE TÉRMINO._x000D_
 DATA ATUALIZADA DE 30/06/2025 PARA 31/08/2025. | [08/15/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS ATUALIZADAS. | [08/18/2025] INSERIDA FOTOS ATUALIZADAS DO LOCAL. | [08/30/2025] ÀS 15H30MIN DO DIA 29/08, A CONCESSIONÁRIA INFORMA VIA E-MAIL A PRORROGAÇÃO DA OBRA ATÉ O DIA 15/12/2025, DATA DE TÉRMINO. | [10/31/2025] NO DIA 30/10/2025 ÀS 17H35MIN, A CONCESSIONÁRIA INFORMOU VIA E-MAIL QUE A PRIMEIRA FASE FOI INICIADA EM 31/08/2025 COM CONCLUSÃO PREVISTA PARA O DIA 31/10/2025. A SEGUNDA FASE ESTÁ PREVISTA PARA OCORRER NO PERIODO DE 01/11/2025 A 30/01/2026, COM INTERDIÇÃO 24H00 DAS FAIXAS 01, 02 E 03, DA PISTA EXTERNA PARA VIABILIZAR OBRA DE RECUPERAÇÃO DE PAVIMENTO RÍGIDO, LAJE E PRÉ-LAJE DA OAE.</t>
   </si>
   <si>
     <t>[10/29/2025] CONFORME E-MAIL RECEBIDO EM 24/10 ÁS 17H35MIN OBRA PRORROGADA DE 03/06/2026 PARA 30/06/2027.</t>
   </si>
   <si>
-    <t>[10/27/2025] ÀS 16H02MIN DE 27/10/2025 A CONCESSIONÁRIA INFORMOU VIA E-MAIL, CONFORME ORIENTAÇÃO DO ENGENHEIRO RESPONSÁVEL PELA OBRA QUE A OBRA FOI PRORROGADA PARA 20/12/2025.</t>
-[...4 lines deleted...]
-  <si>
     <t>[10/13/2024] EM 13/10/2024 ÀS 11H13MIN FOI ENVIADO E-MAIL À CONCESSIONÁRIA SOLICITANDO FOTOS ATUALIZADAS. | [10/13/2024] INSERIDA FOTOS ATUALIZADAS. | [12/01/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 01/12 ÁS 11H08MIN SOLICITANDO ATUALIZAÇÃO DO CENÁRIO.</t>
   </si>
   <si>
-    <t>[09/26/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [10/09/2025] ÀS 16H16MIN DO DIA 10/09/2025, A CONCESSIONÁRIA INFORMOU VIA E-MAIL QUE A OBRA CONTINUA EM EXECUÇÃO, SENDO QUE ESTÁ PREVISTO PARA CONCLUSÃO NO DIA 15/12/2025.</t>
-[...22 lines deleted...]
-  <si>
     <t>[09/16/2025] CONFORME E-MAIL RECEBIDO EM 15/09 ÁS 17H05MIN, A OBRA ESTENDIDA DO KM 234 AO KM 240+600 E PRORROGADO PRAZO DE 15/09 PARA 15/05/2026.</t>
   </si>
   <si>
-    <t>[09/02/2025] CONFORME INFORMAÇÃO RECEBIDA VIA WHATSAPP, OBRA FOI PRORROGADA DE 28/08 PARA 31/12.</t>
-[...4 lines deleted...]
-  <si>
     <t>[08/26/2025] ÀS 16H07MIN, ADICIONADAS FOTOS ATUALIZADAS DA OBRA EM ANDAMENTO.</t>
   </si>
   <si>
     <t>[08/19/2025] INSERIDAS FOTOS ATUALIZADAS DA OBRA.</t>
   </si>
   <si>
     <t>[08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS DA OBRA. | [08/19/2025] ÀS 16H07, A CONCESSIONÁRIA NOS ENCAMINHOU POR E-MAIL ATUALIZAÇÃO DAS IMAGENS DA OBRA.</t>
   </si>
   <si>
     <t>[08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS DA OBRA. | [08/19/2025] ÀS 16H06, A CONCESSIONÁRIA NOS ENCAMINHOU POR E-MAIL ATUALIZAÇÃO DAS IMAGENS DA OBRA.</t>
   </si>
   <si>
     <t>[08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS DA OBRA. | [08/18/2025] ÀS 16H03, A CONCESSIONÁRIA NOS ENCAMINHOU POR E-MAIL ATUALIZAÇÃO DAS IMAGENS DA OBRA.</t>
   </si>
   <si>
     <t>[08/18/2025] INSERIDO FOTOS ATUALIZADAS DA OBRA.</t>
   </si>
   <si>
     <t>[07/18/2025] CONFORME E-MAIL RECEBIDO EM 18/07 ÁS 12H45MIN INCLUÍDO PREVISÃO DE TÉRMINO DA OBRA.</t>
   </si>
   <si>
-    <t>[10/15/2024] INSERIDA FOTOS ATUALIZADAS DA OBRA. | [10/15/2024] CONFORME E-MAIL RECEBIDO EM 14/10, COMUNICAMOS QUE DEVIDO CONDIÇÕES CLIMÁTICAS NÃO FOI POSSÍVEL A CONCLUSÃO DAS ATIVIDADES COM INTERDIÇÃO DA FAIXA 02 NA DATA INICIALMENTE PREVISTA, COM ISSO, OS TRABALHOS DE INSTALAÇÃO DAS BARREIRAS NA FAIXA DE BORDO DA FAIXA 02 FORAM ADIADOS E SERÃO EXECUTADOS HOJE E AMANHÃ (14 E 15/10) DAS 22H ÀS 5H. APÓS ESSA DATA, A INTERDIÇÃO SERÁ SOMENTE NO ACOSTAMENTO ATÉ DIA 12/12/2024 DURANTE 24 HORAS. | [02/14/2025] CONFORME E-MAIL RECEBIDO EM 14/02 ÁS 13H02MIN OBRA PRORROGADA DE 31/01 A 30/06. | [06/29/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 29/06 ÀS 17H16. | [07/06/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [07/12/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [07/25/2025] CONFORME E-MAIL RECEBIDO EM 25/07 ÁS 17H38MIN OBRA PRORROGADA PARA 30/12. | [08/15/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS ATUALIZADAS.</t>
-[...17 lines deleted...]
-  <si>
     <t>[10/11/2024] EM 11/10/2024 ÀS 12H41MIN FOI ENVIADO E-MAIL À CONCESSIONÁRIA SOLICITANDO FOTOS ATUALIZADAS. | [10/17/2024] INSERIDA FOTOS ATUALIZADAS DA OBRA. | [04/19/2025] 17/04/2025 - DESVIO DO KM 248+600 AO KM 252+000. ACESSO ALTERNATIVO KM 248+900. | [08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS.</t>
   </si>
   <si>
-    <t>[11/21/2024] DE ACORDO COM INFORMAÇÕES DO AGENTE DO DER, O PRAZO DE RECUPERAÇÃO DA PONTE SERÁ DE APROXIMADAMENTE 60 DIAS. PODENDO ESTENDER-SE DE ACORDO COM AS CONDIÇÕES CLIMÁTICAS. | [01/22/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 20/11 ÀS 11H05. | A SUPERVISÃO INFORMOU QUE A OBRA DE RESTAURAÇÃO PELO TRECHO DO DER AINDA NÃO COMEÇOU, ESTAO COTANDO EMPRESAS PARA ASSUMIR A OBRA. | [08/09/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES.</t>
-[...21 lines deleted...]
-  <si>
     <t>[10/15/2024] INSERIDAS FOTOS DA OBRA. | [05/19/2025] CONFORME E-MAIL RECEBIDO EM 19/05/2025 ÁS 15H23MIN OBRA FOI PRORROGADA DE 15/03/2026 PARA 15/04/2026.</t>
-  </si>
-[...1 lines deleted...]
-    <t>[03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 16H38MIN, OBRA PRORROGADA DE 29/03 PARA 09/05. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [05/12/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 12/05 ÀS 14H15. | [05/20/2025] ÀS 14H28 DO DIA 20/05/2025, A CONCESSIONÁRIA INFORMOU VIA E-MAIL QUE A OBRA FOI PRORROGADA PARA 30/12/2025.</t>
   </si>
   <si>
     <t>[10/15/2024] INSERIDA FOTOS ATUALIZADAS DA OBRA. | [10/26/2024] INSERIDA FOTO DA OBRA EM ANDAMENTO. | [04/12/2025] ÀS 10H23MIN DO DIA 11/04/2025, INICIADO REPARO PELA EMPRESA DE SANEAMENTO BÁSICO. | [05/19/2025] CONFORME E-MAIL RECEBIDO EM 19/05/2025 ÁS 15H23MIN OBRA FOI PRORROGADA DE 15/03/2026 PARA 15/04/2026.</t>
   </si>
   <si>
     <t>[05/11/2025] SEGUNDO INFORMAÇÕES DA PMRV, FOI REPORTADO UM DESMORONAMENTO NO CANTEIRO DE OBRAS DA CCR. AO CHEGAREM AO LOCAL, OS RECURSOS CONSTATARAM QUE UMA TUBULAÇÃO DE ÁGUA SE ROMPEU, E O GRANDE VOLUME DE ÁGUA ESTÁ TRAZENDO RISCO DE DESMORONAMENTO PARA O TALUDE. HOUVE A NECESSIDADE DE INTERDIÇÃO DA FAIXA 04. | [05/11/2025] CONGESTIONAMENTO DO KM 20 AO KM 26 EM PISTA EXPRESSA E DO KM 20 AO KM 24 EM PISTA MARGINAL. | [05/11/2025] ÀS 19H37MIN TRAFEGO NORMALIZADO NA PISTA MARGINAL. | [05/11/2025] ÀS 20H42MIN TRAFEGO NORMALIZADO NA PISTA EXPRESSA. | [05/11/2025] ÀS 18H50MIN REGISTRO DE ÁGUA FECHADO._x000D_
 ÀS 22H47MIN LIMPEZA DA PISTA CONCLUÍDA, FAIXA 04 LIBERADA.</t>
   </si>
   <si>
-    <t>[11/24/2023] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 24/11 ÁS 21H32MIN SOLICITANDO FOTOS ATUALIZADAS. | [11/26/2023] A CONCESSIONÁRIA NÃO CONCLUIU OS REGISTROS FOTOGRÁFICOS SOLICITADOS, IRÃO ENCAMINHAR NO PRIMEIRO HORÁRIO DA MANHÃ DA SEGUNDA FEIRA 27/11/2023. | [06/13/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 13/06 ÁS 08H26MIN SOLICITANDO FOTOS ATUALIZADAS. | [09/03/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 03/09 ÁS 08H42MIN SOLICITANDO FOTOS ATUALIZADAS. | [10/11/2024] INCLUÍDA FOTOS ATUALIZADAS DA OBRA. | [03/15/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 15/03 ÀS 16H20. | [03/22/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 22/03 ÀS 20H58. | [03/24/2025] CONFORME E-MAIL RECEBIDO EM 24/03 ÁS 16H56 OBRA PRORROGADA DE 15/03 PARA 29/03. | [03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 16H49MIN, OBRA PRORROGADA DE 29/03 PARA 31/01/2026. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [04/01/2025] CONFORME E-MAIL RECEBIDO EM 31/03 ÀS 18H22, A OBRA FOI ANTECIPADA DE 31/01/2026 PARA 31/12/2025. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONÁRIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. _x000D_
-[...23 lines deleted...]
-  <si>
     <t>[04/01/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [04/07/2025] CONFORME E-MAIL RECEBIDO EM 07/04 ÁS 15H53MIN DE 31/03/2025 PARA 31/03/2026.</t>
-  </si>
-[...137 lines deleted...]
-FOI REALIZADO ALINHAMENTO OPERACIONAL COM O POLICIAMENTO RODOVIÁRIO, PARA DISPONIBILIZAR VIATURAS PARA APOIO, VISANDO GARANTIR A SEGURANÇA E FLUIDEZ DO TRÁFEGO, ATRAVÉS DE OFÍCIO PROTOCOLADO NO COMANDO DE POLICIAMENTO RODOVIÁRIO.</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE CILCOVIA NA SPI059/150._x000D_
 AS ALÇAS DE ACESSO SERÃO INTERDITADAS DE SEGUNDA A QUINTA-FEIRA, DAS 9H ÀS 16H, PARA A EXECUÇÃO DE BARREIRAS DE CONCRETO MOLDADAS IN LOCO. _x000D_
 O PRÓXIMO RETORNO PARA ACESSO À INTERLIGAÇÃO BAIXADA - SPI-059/150 NO SENTIDO OESTE, ESTÁ LOCALIZADO APROXIMADAMENTE 1 KM DO LOCAL DA OBRA NO KM 60 DA RODOVIA ANCHIETA NO SENTIDO _x000D_
 SUL.</t>
   </si>
   <si>
-    <t>INTERVENÇÃO NA CONFLUÊNCIA ENTRE SP270, SP021 (RODOANEL) E MARGINAL OESTE- PARA REPARO EM BARREIRA TIPO NEW JERSEY.</t>
-[...74 lines deleted...]
-  <si>
     <t>INTERDIÇÃO DO ACOSTAMENTO E PARCIALMENTE A FAIXA DE DESACELERAÇÃO DO RETORNO OPERACIONAL ENTRE O QUILÔMETRO 015+900 AO 015+500, PISTA INTERNA DO RODOANEL MARIO COVAS – SP021 PARA VIABILIZAR OBRAS DE IMPLANTAÇÃO DE FAIXA ADICIONAL._x000D_
 OS SERVIÇOS ESTÃO PREVISTOS PARA SEREM REALIZADOS NO PERIODO DE 06/10/2025 A 30/12/2025 DURANTE 24H00, COM INTERDIÇÃO DO ACOSTAMENTO E FAIXA DE DESACELERAÇÃO DO RETORNO OPERACIONAL. O RETORNO NÃO SERÁ FECHADO, SOMENTE PARTE DE SUA FAIXA DE DESACELERAÇÃO.</t>
   </si>
   <si>
-    <t>OBRA REFERENTE A IMPLANTAÇÃO DAS VIAS MARGINAIS DE BIRIGUI E A MELHORIA DO DISPOSITIVO NO KM 522+300, SERÁ NECESSÁRIO REALIZAR O FECHAMENTO TEMPORÁRIO DESSE DISPOSITIVO, A FIM DE VIABILIZAR A EXECUÇÃO DE OBRAS DE DRENAGEM E TERRAPLENAGEM NAS ALÇAS DE ACESSO ÀS MARGINAIS LESTE E OESTE, ALÉM DE ADEQUAÇÕES NO PRÓPRIO DISPOSITIVO.</t>
-[...42 lines deleted...]
-INTERDITAR O ACOSTAMENTO SOBRE O VIADUTO NA SP281 RODOVIA SOB JURISDIÇÃO DO DER (DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DE SÃO PAULO).</t>
+    <t>IMPLANTAÇÃO DE LINHA DE TRANSMISSÃO E DISTRIBUIÇÃO DE ENERGIA COM TENSÃO 138 KV EM VINTE POSTES METÁLICOS TUBULARES GALVANIZADOS NA FAIXA DE DOMINIO DA CONCESSIONÁRIA ENTRE O QUILÔMETRO 040+470 E 039+796, PISTA SUL DA RODOVIA ANHANGUERA – SP330.</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE DISPOSITIVO NA RODOVIA LUIZ DE QUEIROZ (SP 304) NO KM 169+240 E KM 171+360, NO MUNÍCIPIO DE PIRACICABA/SP._x000D_
+O TRÁFEGO DA RODOVIA SERÁ CANALIZADO PARA A PISTA OESTE NA CONDIÇÃO DE UMA FAIXA DE ROLAMENTO PARA CADA SENTIDO (MÃO DUPLA), ESTA CONDIÇÃO SERÁ NO TRECHO DE OBRAS DOS DISPOSITIVOS. A PISTA LESTE DESTA REGIÃO SERÁ DEMOLIDA EM FUNÇÃO DA IMPLANTAÇÃO DOS NOVOS DISPOSITIVOS. _x000D_
+O SEGMENTO DE RODOVIA QUE INTERLIGA OS DOIS DISPOSITIVOS E NÃO SOFRERÃO INTERVENÇÃO EM FUNÇÃO DAS OBRAS SERÁ MANTIDO EM PISTA DUPLA, OU SEJA, EM SUA CONDIÇÃO ORIGINA</t>
+  </si>
+  <si>
+    <t>PLANO OPERACIONAL ESPECÍFICO PARA OBRA DE REPARO EM PAVIMENTO ENTRE OS QUILÔMETROS 007+000 AO 011+000, PISTA EXTERNA DA RODOVIA RODOANEL MARIO COVAS – SP021._x000D_
+OS SERVIÇOS ESTÃO PREVISTOS PARA OCORREREM A PARTIR DAS 22H00 DO DIA 16/01/2026 ÀS 22H00 DO DIA 18/01/2026, COM INTERDIÇÃO DAS FAIXAS 02, 03, 04 E ACOSTAMENTO, SEM INTERFERÊNCIA NA ROTA DO USUÁRIO._x000D_
+NESTE PERÍODO AS INTERDIÇÕES SERÃO REALIZADAS CONFORME CRONOGRAMA ABAIXO:_x000D_
+16/01:_x000D_
+• DAS 22H00 ÀS 23H00, FECHAMENTO DAS FAIXAS 03, 04 E ACOSTAMENTO. _x000D_
+• DAS 23H00 ÀS 23H59, FECHAMENTO DAS FAIXAS 02, 03, 04 E ACOSTAMENTO._x000D_
+17/01:_x000D_
+• DAS 00H00 ÀS 05H00, FECHAMENTO DAS FAIXAS 02, 03, 04 E ACOSTAMENTO._x000D_
+• DAS 05H00 ÀS 23H59, FECHAMENTO DAS FAIXAS 03, 04 E ACOSTAMENTO._x000D_
+18/01:_x000D_
+• DAS 00H00 ÀS 22H00, FECHAMENTO DAS FAIXAS 03, 04 E ACOSTAMENTO.</t>
+  </si>
+  <si>
+    <t>PARA A ELABORAÇÃO DO PROJETO DE IMPLANTAÇÃO DAS BASES DE SERVIÇO DE ATENDIMENTO AO USUÁRIO (SAU’S), FAZ-SE NECESSÁRIA A EXECUÇÃO DE POÇOS DE INSPEÇÃO, DESTINADOS À AVALIAÇÃO TÉCNICA DAS CAMADAS ESTRUTURAIS DO PAVIMENTO EXISTENTE, VISANDO SUBSIDIAR AS ANÁLISES DE ENGENHARIA E AS DEFINIÇÕES DE PROJETO. _x000D_
+AS INTERVENÇÕES ESTÃO PREVISTAS PARA SEREM EXECUTADAS NA RODOVIA SP-280, NOS QUILÔMETROS 27+700, 26+900 E SP-270 NOS QUILÔMETROS 17+000 E 27+000, CONFORME DIRETRIZES TÉCNICAS ESTABELECIDAS E NECESSIDADES IDENTIFICADAS EM CAMPO. _x000D_
+CONSIDERANDO AS CONDIÇÕES OPERACIONAIS DA RODOVIA E COM O OBJETIVO DE MINIMIZAR INTERFERÊNCIAS NO TRÁFEGO, OS SERVIÇOS SERÃO REALIZADOS EM PERÍODO NOTURNO, NO INTERVALO COMPREENDIDO ENTRE 22H00 E 05H00, EM CONFORMIDADE COM OS PROCEDIMENTOS OPERACIONAIS, NORMAS DE SEGURANÇA VIÁRIA E DIRETRIZES VIGENTES ESTABELECIDAS PELA ARTESP E PELA CONCESSIONÁRIA.</t>
+  </si>
+  <si>
+    <t>PLANO OPERACIONAL ESPECÍFICO PARA INTERDIÇÃO DO ACOSTAMENTO E CANTEIRO CENTRAL ENTRE OS QUILÔMETROS 128+400 AO 131+200, PISTA NORTE E SUL DA RODOVIA ANHANGUERA – SP330 PARA VIABILIZAR IMPLANTAÇÃO DO SISTEMA DE PROTEÇÃO CONTRA PRODUTOS PERIGOSOS.</t>
+  </si>
+  <si>
+    <t>DEVIDO A EXECUÇÃO DE OBRAS DO COMPLETO DO ALTO TIETÊ, SERÁ NECESSÁRIO O FECHAMENTO DO ACOSTAMENTO ENTRE OS KM 114+150 E KM 114+850 DA PISTA EXTERNA, CONFORME CRONOGRAMA DA CONSTRUTORA (SUJEITO A ALTERAÇÕES CONFORME A NECESSIDADE DA OBRA). _x000D_
+O PROJETO DO COMPLEXO ALTO TIETÊ CONTEMPLA A CONSTRUÇÃO DE UMA PISTA MARGINAL EM OAE, COM EXTENSÃO DE APROXIMADAMENTE 1,90 KM , PARALELA A PISTA EXTERNA DA SP021 RODOANEL MÁRIO COVAS.</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE ACESSO A CAMINHO DE SERVIÇO PARA EXECUÇÃO DE OBRAS DO COMPLEXO ALTO TIÊTE (ACESSO PROVISÓRIO). _x000D_
+DEVIDO ÀS OBRAS EM ANDAMENTO PARA A IMPLANTAÇÃO DO COMPLEXO ALTO TIETÊ, TORNA-SE NECESSÁRIA A CRIAÇÃO DE UM ACESSO PROVISÓRIO PELA BAIA LOCALIZADA NO KM 118+000 DA SP-021 – RODOANEL MÁRIO COVAS, PISTA INTERNA, À RUA NAZARÉ PAULISTA, COM POSTERIOR ACESSO À AVENIDA MIGUEL BRADA E À ESTRADA GOVERNADOR MÁRIO COVAS, TENDO COMO DESTINO O CANTEIRO DE OBRAS DO REFERIDO COMPLEXO. _x000D_
+A OBRA NÃO CAUSARÁ INTERFERÊNCIA DIRETA AO TRÁFEGO. NO ENTANTO, EM RESPEITO AO COMPROMISSO COM A SEGURANÇA VIÁRIA E VISANDO MINIMIZAR OS IMPACTOS AO TRÁFEGO E AOS MORADORES DO BAIRRO ESTAÇÃO, AS AÇÕES ESTÃO SENDO REALIZADAS EM CONFORMIDADE COM O QUE FOI ACORDADO JUNTO À DIRETORIA DE ENGENHARIA DE TRÁFEGO DO MUNICÍPIO DE ITAQUAQUECETUBA.</t>
+  </si>
+  <si>
+    <t>PLANO OPERACIONAL ESPECÍFICO PARA INTERDIÇÃO DAS FAIXAS 04, 05 E ACOSTAMENTO ENTRE OS QUILÔMETROS 038+000 AO 042+000, PISTAS NORTE E SUL DA RODOVIA DOS BANDEIRANTES – SP348 PARA VIABILIZAR IMPLANTAÇÃO DE CAIXAS DE PRODUTOS PERIGOSOS.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO PARCIAL DO DISPOSITIVO PARA VIABILIZAR ADEQUAÇÃO DO SISTEMA DE DRENAGEM NA ALÇA DE ACESSO. COMO ROTA ALTERNATIVA OS CLIENTES PODERÃO UTILIZAR OUTROS RAMOS DO PRÓPRIO DISPOSITIVO.</t>
+  </si>
+  <si>
+    <t>PARA EXECUÇÃO DOS SERVIÇOS EM 10/01/2026 ENTRE AS 09H00 AS 13H00, SERÁ NECESSÁRIO FECHAMENTO DE FAIXA 01 DE ROLAMENTO DAS 09H00 ATÉ 13H00, APÓS ISSO SERÁ REALIZADO SERVIÇO NO MESMO LOCAL, PORÉM COM UTILIZAÇÃO DE ACOSTAMENTO NO PERÍODO DAS 13H00 ÀS 17H00, NÃO SENDO NECESSÁRIO FECHAMENTO DA VIA.</t>
+  </si>
+  <si>
+    <t>PARA EXECUÇÃO DOS SERVIÇOS NO KM12+100 DA SP270 OESTE DE 10/01/2026 A 12/01/2026 ENTRE AS 23H00 AS 04H00, SERÁ NECESSÁRIO ESTREITAMENTO DA FAIXA DE ACELERAÇÃO PARA FAIXA 3 DA RODOVIA. PARA EXECUÇÃO DOS SERVIÇOS NO KM 14+500 DA SP270 LESTE DE 10/01/2026 A 12/01/2026 ENTRE AS 23H00 AS 04H00, SERÁ NECESSÁRIO FECHAMENTO DE FAIXA 03.</t>
+  </si>
+  <si>
+    <t>PREFEITURA DE ITUVERAVA SOLICITA APOIO DA CONCESSIONÁRIA PARA INTERDIÇÃO DA ALÇA DE ACESSO SP328 KM 475, DEVIDO O ASFALTO DA PONTE DE CIDADE DE DELTA/MG (FORA DO TRECHO) APRESENTAR TRINCAS E RACHADURAS.</t>
+  </si>
+  <si>
+    <t>CORTE DAS PLACAS A SEREM DEMOLIDAS PARA EVITAR DANOS NAS PLACAS ADJACENTES, DEMOLIÇÃO DAS PLACAS DE CONCRETO, REMOÇÃO DO ENTULHO, LIMPEZA DA CAIXA, REGULARIZAÇÃO DA BASE SE NECESSÁRIO, APLICAÇÃO DE LONA PLÁSTICA PARA EVITAR A PERDA DE ÁGUA, EXECUÇÃO DE FUROS NAS PLACAS EXISTENTES PARA FIXAÇÃO DAS BARRAS DE LIGAÇÃO E DE TRANSFERÊNCIA, APLICAÇÃO DAS BARRAS DE TRANSFERÊNCIA E DE LIGAÇÃO DA ARMAÇÃO DAS PLACAS, APLICAÇÃO DE CONCRETO, ACABAMENTO, CURA QUÍMICA, CURA ÚMIDA, CORTE DAS JUNTAS, LIMPEZA DA PISTA E SINALIZAÇÃO HORIZONTAL.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DO ACESSO AO BAIRRO VILA SOROCABANA – MAIRINQUE/SP, LOCALIZADO NO KM 067+200, LESTE DA RODOVIA RAPOSO TAVARES – SP270 PARA VIABILIZAR EXECUÇÃO DAS ALÇAS DE ENTRADA E SAÍDA AO BAIRRO. COMO ROTA ALTERNATIVA, OS CLIENTES DEVERÃO SEGUIR PELA SP270 ATÉ A PRÓXIMA ENTRADA/SAÍDA AO BAIRRO NO KM 066+500,</t>
   </si>
   <si>
     <t>INTERDIÇÃO DA FAIXA 02 ENTRE OS QUILÔMETROS 075+700 AO 075+400, LESTE DA RODOVIA RAPOSO TAVARES – SP270 PARA VIABILIZAR OBRA DE IMPLANTAÇÃO DO RAMO 200._x000D_
 OS SERVIÇOS ESTÃO PREVISTOS PARA OCORREREM NO PERÍODO DE 15/09/2025 A 31/12/2025 DURANTE 24H00, COM INTERDIÇÃO DA FAIXA 02 PARA VIABILIZAR A IMPLANTAÇÃO DO RAMO 200. O ACESSO PARA OS PEDESTRE SERÁ ALTERADO 50 METROS A FRENTE PELA R. RIO GRANDE DO SUL, CONFORME PROJETO ANEXO. _x000D_
 OS DEMAIS ACESSOS NÃO SOFRERÃO INTERFERÊNCIA.</t>
   </si>
   <si>
-    <t>O LOCAL DE IMPLANTAÇÃO SERÁ NO SEGUIMENTO ENTRE O KM 241+800 AO KM 267+700, DA RODOVIA SP310.</t>
+    <t>CONFORME A CONCESSIONÁRIA HÁ NECESSIDADE DE INTERDIÇÃO TOTAL DO TRECHO COMPREENDIDO ENTRE OS QUILÔMETROS 066+000 AO 068+000, SENTIDOS LESTE E OESTE DA RODOVIA RAPOSO TAVARES – SP270, COM DESVIO DE FLUXO DA VIA PARA ESTRADA VICINAL MARIO COVAS, PARA EXECUÇÃO DE OBRAS DE ARTE E PISTAS MARGINAIS.</t>
+  </si>
+  <si>
+    <t>CONFORME O PLANO OPERACIONAL, PARA VIABILIZAR A EXECUÇÃO DE MURO DE TERRA ARMADA, SE FAZ NECESSÁRIO REALIZAR DESVIO DE TRÁFEGO DA PISTA SENTIDO LESTE PARA O RAMO 100. RESSALTANDO QUE O SENTIDO OESTE ENTRE O KM 066+000 E 068+000 ENCONTRA-SE COM DESVIO.</t>
+  </si>
+  <si>
+    <t>PARA VIABILIZAR A EXECUÇÃO DAS ATIVIDADES, SE FAZ NECESSÁRIO O FECHAMENTO DO ACOSTAMENTO NA ALTURA DO KM 075+300, SENTIDO INTERIOR, E CONSEQUENTEMENTE, DE UM DOS ACESSOS À RUA OURO PRETO, NO BAIRRO VILA PARAISO, ALUMÍNIO/SP. O ACESSO EM QUESTÃO SERÁ FECHADO DE FORMA PERMANENTE DEVIDO ALTERAÇÕES NA GEOMETRIA DA RODOVIA. O OUTRO ACESSO QUE PERMANECERÁ LIBERADO SERÁ APENAS SENTIDO BAIRRO, NÃO PODENDO UTILIZÁ-LO PARA ACESSAR A RODOVIA.</t>
+  </si>
+  <si>
+    <t>DESVIO DE TRÁFEGO PARA POSSIBILITAR A EXECUÇÃO DE TRANSPOSIÇÃO DO CANAL ENTRE O QUILÔMETRO 075+000 E O 075+300 DA RODOVIA RAPOSO TAVARES – SP270. PARA VIABILIZAR AS OBRAS DE IMPLANTAÇÃO DE CONTENÇÕES E AMPLIAÇÃO DA VIA NO SENTIDO OESTE, SE FAZ NECESSÁRIO REALIZAR DESVIO DE TRÁFEGO DA PISTA OESTE PARA FAIXA 01 LESTE, E O TRÁFEGO DA PISTA LESTE SEGUINDO PELA FAIXA 02 LESTE, CONFORME CROQUI ANEXO.</t>
+  </si>
+  <si>
+    <t>OS ENSAIOS TÉCNICOS ESTÃO PROGRAMADOS PARA SEREM EXECUTADOS ENTRE OS KM 96+000 E KM 97+000 DA PISTA EXTERNA (TÚNEL SANTA LUZIA). DIANTE A INTERFERÊNCIA AO TRÁFEGO CAUSADA PELA EXECUÇÃO DO SERVIÇO, A CONCESSIONÁRIA ADOTARÁ ESQUEMAS ESPECIAIS, VISANDO ATENDER OS USUÁRIOS COM EXCELÊNCIA. _x000D_
+INÍCIO DA OPERAÇÃO COM FECHAMENTO DE FAIXAS DE ROLAMENTO 2 E 3 NO DIA 22/01/2026 A PARTIR DAS 21H00, PERMITINDO O PRÉ-POSICIONAMENTO DE TODOS OS EQUIPAMENTOS E MATERIAIS NECESSÁRIOS PELA EQUIPE TÉCNICA DA EMPRESA._x000D_
+SOMENTE APÓS A MONTAGEM COMPLETA E CONFIRMAÇÃO DAS EQUIPES, A SPMAR INICIARÁ A OPERAÇÃO COMBOIO;_x000D_
+A OPERAÇÃO COMBOIO TERÁ INÍCIO APENAS APÓS 01H00 DA MADRUGADA DO DIA 23/01/2026, HORÁRIO ACORDADO COM PMRV PARA MITIGAR IMPACTOS NO VDM; _x000D_
+UMA VEZ INICIADO, ESTIMAMOS QUE:_x000D_
+O ÚLTIMO VEÍCULO DO COMBOIO PASSE PELO EMBOQUE EM ATÉ 10 MINUTOS;_x000D_
+EM SEGUIDA, SERÁ REALIZADO O ENSAIO DE FUMAÇA QUENTE POR APROXIMADAMENTE 20 MINUTOS;_x000D_
+FINALIZADA ESSA ETAPA, HAVERÁ 10 MINUTOS DE LIBERAÇÃO DA RODOVIA, TOTALIZANDO CERCA DE 40 MINUTOS DE CICLO OPERACIONAL, CONSIDERADO ADEQUADO PARA O DESLOCAMENTO SEGURO E PARA O TESTE.</t>
+  </si>
+  <si>
+    <t>A OBRA DE RECUPERAÇÃO ESTÁ PROGRAMADA PARA SER EXECUTADA ENTRE OS KM 43+000 E KM 46+000 PISTA EXTERNA. DIANTE A INTERFERÊNCIA AO TRÁFEGO CAUSADA PELA EXECUÇÃO DA OBRA, A CONCESSIONÁRIA ADOTARÁ ESQUEMAS ESPECIAIS, VISANDO ATENDER OS USUÁRIOS COM EXCELÊNCIA. _x000D_
+PERÍODO DE INTERDIÇÃO SERÁ DAS 22H00 DE (SEXTA-FEIRA) ATÉ AS 05H00 DA (SEGUNDA-FEIRA).</t>
+  </si>
+  <si>
+    <t>EXECUÇÃO DE SERVIÇOS DE MANUTENÇÃO EM OAE.</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO PARE E SIGA VIABILIZANDO SERVIÇOS E OBRAS EM TRECHOS DE PISTA SIMPLES COMO: RECUPERAÇÃO DE PAVIMENTO, PODA DE GRAMA, PODA DE ÁRVORE, RECUPERAÇÃO DE DRENAGEM, RECUPERAÇÃO DE TERRAPLENOS, SINALIZAÇÃO VERTICAL, SINALIZAÇÃO HORIZONTAL, COLETA DE RESÍDUOS, RECUPERAÇÃO DE OAE, REPARO OU IMPLANTAÇÃO DE DEFENSA METÁLICA E DISPOSITIVOS DE SEGURANÇA, SERVIÇOS EMERGENCIAIS DE CONSERVAÇÃO (REMOÇÃO DE CARGA E ESCORREGAMENTOS).</t>
+  </si>
+  <si>
+    <t>DESVIO DE ACESSOS PROVISÓRIOS EM AMBOS OS SENTIDOS PARA VIABILIZAR IMPLANTAÇÃO DAS CONTENÇÕES PARA ALTEAMENTO DA RODOVIA. NO SENTIDO LESTE O TRÁFEGO SERÁ DESVIADO PARA RUA RIO GRANDE DO SUL, VILA PEDÁGIO, ALUMÍNIO/SP, ENQUANTO NO SENTIDO OESTE, O ACESSO EXISTENTE SERÁ "DESLOCADO" 50 METROS À FRENTE.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DA RUA LAMARTINE OLIVEIRA. OS MORADORES E COMERCIANTES LOCAIS NÃO SERÃO AFETADOS, EM VIRTUDE DA INTERDIÇÃO A RUA FICARÁ SOMENTE SEM SAÍDA. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA.</t>
+  </si>
+  <si>
+    <t>DESVIO DE TRÁFEGO PARA VIABILIZAR OBRA DE DUPLICAÇÃO ENTRE O QUILÔMETRO 052+000 E O 058+000 DA RODOVIA RAPOSO TAVARES – SP270. PARA VIABILIZAR AS OBRAS DE IMPLANTAÇÃO DE CONTENÇÕES E AMPLIAÇÃO DA VIA NO SENTIDO OESTE, SE FAZ NECESSÁRIO REALIZAR DESVIO DE TRÁFEGO DA PISTA OESTE PARA FAIXA 01 LESTE, E O TRÁFEGO DA PISTA LESTE SEGUINDO PELA FAIXA 02 LESTE.</t>
+  </si>
+  <si>
+    <t>INTERVENÇÃO PARA DESOBSTRUÇÃO DE CAIXAS SUBTERRÂNEAS E LANÇAMENTO DE CABO ÓPTICO. OS SERVIÇOS SERÃO EXECUTADOS NO PERÍODO DE 06 DE JANEIRO A 31 DE JANEIRO DE 2026, COM HORÁRIO PREVISTO DAS 23H00MIN ÀS 05H00MIN. COM NECESSIDADE DE INTERRUPÇÃO DA FAIXA 01 DE ROLAMENTO.</t>
+  </si>
+  <si>
+    <t>O PRESENTE RELATÓRIO TEM COMO PRINCIPAL OBJETIVO APRESENTAR A CONCESSIONÁRIA ECOVIAS NOROESTE _x000D_
+PAULISTA E A AGÊNCIA REGULADORA, ARTESP, AS OBRAS DE REFORÇO E ALARGAMENTO DE OAES NA SP-310 NOS _x000D_
+SENTIDOS NORTE E SUL, DO KM 449+420._x000D_
+EM RELAÇÃO A ESTE POE, OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS.</t>
+  </si>
+  <si>
+    <t>O LOCAL DE IMPLANTAÇÃO SERÁ INICIADO NO SEGMENTO 07, ENTRE O KM 449+300 A 446+000, PISTA NORTE E SUL, DA RODOVIA SP-310.</t>
+  </si>
+  <si>
+    <t>O LOCAL DE IMPLANTAÇÃO SERÁ INICIADO NO SEGMENTO 08, ENTRE O KM 449+300 A 451+870, PISTA NORTE E SUL, DA RODOVIA SP-310.</t>
   </si>
   <si>
     <t>O LOCAL DE IMPLANTAÇÃO SERÁ INICIADO NO SEGMENTO 6 (KM 446+000 A 444+750, PISTA NORTE E SUL, DA RODOVIA SP310.</t>
-  </si>
-[...25 lines deleted...]
-    <t>OBRA DE REPARO EM PAVIMENTO FLEXÍVEL NOS RAMOS A, D E F DO DISPOSITIVO NO QUILÔMETRO 092+161 DA RODOVIA ANHANGUERA – SP330.</t>
   </si>
   <si>
     <t>O PLANO DE OCUPAÇÃO EM QUESTÃO FAZ-SE NECESSÁRIO DEVIDO AS OBRAS DE REFORÇO E ALARGAMENTO DE OAES NA SP-310 SENTIDOS NORTE E SUL, KM 434+960._x000D_
 OS PRIMEIROS 45 DIAS DE TRABALHO NÃO HAVERÁ INTERDIÇÃO DA PISTA (TOTAL OU PARCIAL). APÓS ESSE PERÍODO, A PARTE SUPERIOR E INFERIOR SERÁ NECESSÁRIO FAZER O FECHAMENTO DO ACOSTAMENTO E FAIXA 2, EM AMBAS AS PISTAS PARA A DEMOLIÇÃO DAS BARREIRAS EXISTENTES, CONFORME ESTUDO REALIZADO PARA APRESENTAÇÃO DA PROPOSTA DE EXECUÇÃO DOS SERVIÇOS, VISANDO O ATENDIMENTO DOS PRAZOS CONTRATUAIS, A SEGURANÇA PARA OS COLABORADORES, USUÁRIOS E SEQUÊNCIA DAS ATIVIDADES PREVISTAS EM PROJETO, TAIS COMO:_x000D_
 • DEMOLIÇÃO DAS BARREIRAS RÍGIDAS E PARTE DA LAJE PRÓXIMO A FAIXA 1 DA RODOVIA. _x000D_
 • SERVIÇOS DE EXECUÇÃO DE ESTACAS RAIZ, QUE ENVOLVE A ESCAVAÇÃO DO PAVIMENTO NA PISTA INFERIOR, _x000D_
 PARA ARRASAMENTO DAS ESTACAS, EXECUÇÃO DOS BLOCOS DE REFORÇO, REATERRO E EXECUÇÃO DO PAVIMENTO _x000D_
 AO TÉRMINO DAS ATIVIDADES._x000D_
 • SERVIÇO DE EXECUÇÃO DA PASSAGEM DE PEDESTRE COM ESTRUTURA METÁLICA, QUE HÁ A NECESSIDADE DE_x000D_
 MONTAGEM DE ANDAIMES E PLATAFORMAS DE TRABALHO PARA EXECUÇÃO DE FUROS E TRAVAMENTO DAS VIGAS _x000D_
 METÁLICAS NA ESTRUTURA EXISTENTE DA OAE.</t>
   </si>
   <si>
-    <t>SERÃO EXECUTADOS OS SERVIÇOS DE FRESAGEM E RECOMPOSIÇÃO, GAP, REPARO PROFUNDO E DRENOS DE PAVIMENTO, CONFORME PROJETO DE RECAPEAMENTO DA RODOVIA SP160.</t>
-[...4 lines deleted...]
-O SEGMENTO DE RODOVIA QUE INTERLIGA OS DOIS DISPOSITIVOS E NÃO SOFRERÃO INTERVENÇÃO EM FUNÇÃO DAS OBRAS SERÁ MANTIDO EM PISTA DUPLA, OU SEJA, EM SUA CONDIÇÃO ORIGINA</t>
+    <t>EM RELAÇÃO A ESTE POE, OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/ PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO SEGMENTO 09 (KM 236+700 AO KM 238+500, AMBOS OS SENTIDOS).</t>
+  </si>
+  <si>
+    <t>OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO SEGMENTO 08 (KM 449+300 A 451+870, AMBOS OS SENTIDOS)._x000D_
+A SINALIZAÇÃO SERÁ IMPLANTADA DE ACORDO COM A FRENTE DE SERVIÇO. DE MANEIRA GERAL, TEREMOS AS FRENTES DE SERVIÇO PARA A IMPLANTAÇÃO DA 3ª FAIXA EM AMBOS OS SENTIDOS, ALÉM DAS EQUIPES DE ALARGAMENTO DE OAES QUE ATUARÃO PONTUALMENTE EM CADA OAE EXISTENTE NO TRECHO.</t>
+  </si>
+  <si>
+    <t>O LOCAL DE IMPLANTAÇÃO SERÁ NO SEGUIMENTO ENTRE O KM 241+800 AO KM 267+700, DA RODOVIA SP310.</t>
+  </si>
+  <si>
+    <t>A INTERDIÇÃO DA FAIXA DE ROLAMENTO É NECESSÁRIA PARA EXECUÇÃO DOS SERVIÇOS DE REABILITAÇÃO DO PAVIMENTO, INCLUINDO FRESAGEM, TRATAMENTO DE TRINCAS, IMPRIMAÇÃO, RECOMPOSIÇÃO COM CBUQ E PINTURA DA SINALIZAÇÃO HORIZONTAL.</t>
+  </si>
+  <si>
+    <t>INÍCIO DAS ATIVIDADES DE IMPLANTAÇÃO DO DISPOSITIVO DE ACESSO E RETORNO NO KM 244+830._x000D_
+PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADA A IMPLANTAÇÃO DE DESVIO PERMANENTE DE TRÂNSITO (DURANTE A EXECUÇÃO DAS OBRAS) ENTRE OS KMS 244+300 E 245+200.</t>
+  </si>
+  <si>
+    <t>EROSÃO NO PAVIMENTO PELA ALÇA DE SAÍDA LESTE DA SP280 KM 23+907, COM PROFUNDIDADE DE 20 METROS, CIRCUNFERÊNCIA DE 3 METROS.</t>
+  </si>
+  <si>
+    <t>INTERVENÇÃO PARA CONSTRUÇÃO DO ALARGAMENTO DA PONTE SOBRE O RIO DOURADOS, NO KM259, NA PISTA NOVA NO SENTIDO LESTE DA RODOVIA. PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADO UM DESVIO PARA A PISTA NOVA (NO SENTIDO LESTE), TANTO PARA O USUÁRIO QUE VEM NO SENTIDO LESTE QUANTO NO SENTIDO OESTE DA PISTA EXISTENTE.</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO PARA IÇAMENTO DE TRELIÇA E SALA TÉCNICA NO QUILÔMETRO 163+088, LESTE E OESTE DA RODOVIA BUNJIRO NAKAO – SP250.</t>
+  </si>
+  <si>
+    <t>ESTÁ PREVISTO PARA O MÊS DE FEVEREIRO DE 2025 O INÍCIO DAS ATIVIDADES DA CONSTRUÇÃO DE DOIS VIADUTOS NO KM 274 DA SP-333. OS VIADUTOS FARÃO PARTE DE UM NOVO DISPOSITIVO A SER IMPLANTADO NO MESMO QUILÔMETRO. PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADO UM DESVIO PARA FORA DA PISTA (NO SENTIDO OESTE), TANTO PARA O USUÁRIO QUE VEM NO SENTIDO LESTE, QUANTO NO SENTIDO OESTE. O DESVIO SE DARÁ DA RODOVIA SP333, ATENDENDO AS ESPECIFICAÇÕES DO MANUAL DO DER VOL III E ET-DOP-GOE-OPE-POE, UTILIZANDO BARREIRA RÍGIDA MÓVEL, PLACAS, LAMELAS E SINALIZAÇÃO NOTURNA.</t>
+  </si>
+  <si>
+    <t>ESTÁ PREVISTO PARA O MÊS DE JULHO DE 2025 O INÍCIO DAS ATIVIDADES DA CONSTRUÇÃO DO ALARGAMENTO DO VIADUTO SOBRE LINHA FÉRREA NO KM 273+250 DA SP333. O VIADUTO EXISTENTE SERÁ ALARGADO PARA SE ADEQUAR À OBRA DE DUPLICAÇÃO DO SENTIDO LESTE DA RODOVIA._x000D_
+PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADO O BLOQUEIO DE TODAS AS FAIXAS NO SENTIDO LESTE DA RODOVIA SP333, APENAS NO TRECHO DETERMINADO CONFORME PROJETO, REALIZANDO UM DESVIO DO TRÁFEGO PARA O SENTIDO OESTE, ATENDENDO AS ESPECIFICAÇÕES DO MANUAL DO DER VOL III E ET-DOP-SUROD-OPE-POE, UTILIZANDO BARREIRA RÍGIDA MÓVEL, PLACAS, LAMELAS E SINALIZAÇÃO NOTURNA.</t>
+  </si>
+  <si>
+    <t>OBRA DE DUPLICAÇÃO COM INTERDIÇÃO DA FAIXA ADICIONAL E ACOSTAMENTO DO KM283 AO KM 295 DO SENTIDO LESTE. PARA A REALIZAÇÃO DA OBRA, SERÁ NECESSÁRIO REALIZAR O DESVIO DA PISTA EXISTENTE PARA PISTA PROVISÓRIA.</t>
+  </si>
+  <si>
+    <t>O DESVIO DE TRÁFEGO EM QUE SE TRATA ESTE PLANO OPERACIONAL ESPECÍFICO, SERÁ REALIZADO ATRAVÉS DE UMA AÇÃO DE DESVIO EM AMBOS OS LADOS DA RODOVIA ONDE O SENTIDO PARA TARUMÃ SERÁ DESVIADO PELAS ALÇAS DO DISPOSITIVO PROJETADO E O LADO OPOSTO, SERÁ DESVIADO PELA PISTA EXISTENTE.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DA FAIXA 04 E ACOSTAMENTO ENTRE OS QUILÔMETROS 013+500 AO 013+000, PISTA INTERNA DA RODOVIA RODOANEL MARIO COVAS – SP021 PARA VIABILIZAR ADEQUAÇÃO DE GABARITO VERTICAL NA OAE DO KM 013+000.</t>
+  </si>
+  <si>
+    <t>REALIZAÇÃO DE INTERDIÇÃO DE PISTA PARA REALIZAÇÃO DE INTERVENÇÃO DE PAVIMENTO NO DISPOSITIVO L29_SPD313/330_KM313,800, COM FECHAMENTO DOS ACESSOS.</t>
+  </si>
+  <si>
+    <t>INTERVENÇÃO DE REPARO NO PAVIMENTO NOS DISPOSITIVOS DA SP255 DO KM 15 AO KM 015+000 E O KM 025+000 (SENTIDO NORTE E SUL), EFETUANDO FECHAMENTOS DE ATÉ 3KM, COM O FECHAMENTO DAS ALÇAS DE ACESSO.</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO DE INTERDIÇÃO DE DISPOSITIVOS DE ACESSO, PARA EXECUÇÃO DE REPARO DE PAVIMENTO. OS SERVIÇOS SERÃO REALIZADOS NA SP330 ENTR E O KM 240+500 E 318+500.</t>
+  </si>
+  <si>
+    <t>OBRA DE REPARO EM PAVIMENTO FLEXÍVEL NOS RAMOS A, D E F DO DISPOSITIVO NO QUILÔMETRO 092+161 DA RODOVIA ANHANGUERA – SP330.</t>
+  </si>
+  <si>
+    <t>EM RELAÇÃO A ESTE POE, OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/ PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO RAMO 100 E 200 (KM 420 A 421, SENTIDO NORTE).</t>
+  </si>
+  <si>
+    <t>OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO SEGMENTO 10 (KM 238+500 A 240+400, AMBOS OS SENTIDOS)._x000D_
+A SINALIZAÇÃO SERÁ IMPLANTADA DE ACORDO COM A FRENTE DE SERVIÇO. DE MANEIRA GERAL, TEREMOS AS FRENTES DE SERVIÇO PARA A IMPLANTAÇÃO DA 3ª FAIXA EM AMBOS OS SENTIDOS, ALÉM DAS EQUIPES DE ALARGAMENTO DE OAES QUE ATUARÃO PONTUALMENTE EM CADA OAE EXISTENTE NO TRECHO.</t>
+  </si>
+  <si>
+    <t>A OBRA É CARACTERIZADA PELA IMPLANTAÇÃO DE 3ª FAIXA DE ROLAMENTO NA SP-310. A IMPLANTAÇÃO SERÁ EXECUTADA NA REGIÃO DO CANTEIRO CENTRAL EM AMBOS OS SENTIDOS, COM OS DEVIDOS ALARGAMENTOS DE OAES NO CANTEIRO CENTRAL.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DA FAIXA 1 ENTRE OS QUILÔMETROS 167+350 AO KM 167+700 DA PISTA SUL. TAL INTERDIÇÃO COM OPERAÇÃO PARE E SIGA É NECESSÁRIA PARA VIABILIZAR OBRA DE RECUPERAÇÃO DE TALUDE E REPARO EM PAVIMENTO FLEXÍVEL NA RODOVIA TENENTE CELESTINO AMÉRICO – SP079.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DO DISPOSITIVO DE RETORNO LOCALIZADO NO QUILÔMETRO 069+000 DA RODOVIA RAPOSO TAVARES – SP270 PARA VIABILIZAR IMPLANTAÇÃO DE DRENAGEM.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DO ACOSTAMENTO PARA VIABILIZAR IMPLANTAÇÃO DA FAIXA DE ACELERAÇÃO DA EMPRESA LOCAL.</t>
+  </si>
+  <si>
+    <t>FASE 1-A: OCORRERÁ DA SEGUINTE FORMA, O VOLUME DE TRÁFEGO SERÁ DIRECIONADO PARA O LADO DIREITO DA PRAÇA, ATRAVÉS DA SINALIZAÇÃO DE MARQUISE, AS CABINES DE COBRANÇA MANUAL DEVERÃO PERMANECER FUNCIONANDO COM OPERAÇÃO INFORMATIVA.  _x000D_
+FASE 1-B: TEM COMO DIFERENÇA DA FASE-1A A AUSÊNCIA DE UM COLABORADOR ALOCADO NAS CABINES ORIENTANDO OS MOTORISTAS, PORÉM O OBJETIVO É A DEMOLIÇÃO DA ÁREA CENTRAL DA PRAÇA E DEVERÁ OCORRERÁ DA SEGUINTE FORMA: O VOLUME DE TRÁFEGO SERÁ CANALIZADO PARA O LADO DIREITO DA PRAÇA, OS VEÍCULOS IRÃO TRANSPOR A PRAÇA DE PEDÁGIO ATRAVÉS DA PISTA MISTA, DA AVI E DA PISTA EXCLUSIVA PARA MOTOCICLETAS, DESSA FORMA AS FAIXAS MANUAIS DO LADO ESQUERDO DA PRAÇA SERÃO DISPONIBILIZADAS PARA A DEMOLIÇÃO E INTERVENÇÕES NECESSÁRIAS.</t>
+  </si>
+  <si>
+    <t>OS SERVIÇOS DE DESVIO DE EIXO E READEQUAÇÃO DE SINALIZAÇÃO HORIZONTAL ESTÃO PREVISTOS PARA OCORREREM NOS DIAS 08 E 09/12/2025 A PARTIR DAS 22H00 ÀS 05H00, COM FECHAMENTO DE FAIXA INTERCALADA, SENDO A PRIMEIRA NOITE COM INTERDIÇÃO DA FAIXA 01 E A SEGUNDA NOITE COM INTERDIÇÃO DA FAIXA 02 (EM CASO DE CONDIÇÕES CLIMÁTICAS ADVERSAS ESSAS DATAS PODERÃO SOFRER ALTERAÇÕES). APÓS A CONCLUSÃO DOS SERVIÇOS DE MUDANÇA DE EIXO A PREVISÃO É QUE ESSA CONDIÇÃO SEJA MANTIDA ATÉ O DIA 31/01/2026 DURANTE 24H00.</t>
+  </si>
+  <si>
+    <t>DESVIO DE TRÁFEGO ENTRE OS KM’S 432+000 AO 436+000 PARA AS INTERVENÇÕES NO DISPOSITIVO DE ACESSO E RETORNO A SER IMPLANTADO NO KM 433+950._x000D_
+O DESVIO DE TRÁFEGO SERÁ FEITO INICIALMENTE COM A TRANSFERÊNCIA DO TRÁFEGO PARA A PISTA PROVISORIAMENTE PROJETADA FORA DA FAIXA DE ROLAMENTO, QUE TRANSITARÁ EM FLUXOS OPOSTOS E RETORNARÁ PARA A CONFIGURAÇÃO NORMAL APÓS A ÁREA DE INTERVENÇÃO.</t>
+  </si>
+  <si>
+    <t>DUPLICAÇÃO DA SP-333 KM 245+000 AO KM273+160 E IMPLANTAÇÃO DE OBRAS DE ARTES ESPECIAIS._x000D_
+CONFORME CRONOGRAMA ESTÁ PREVISTO PARA O MÊS DE 10/2024 O INÍCIO DAS ATIVIDADES PARA DUPLICAÇÃO DA SP333 KM 245+000 AO 273+160 E IMPLANTAÇÃO DE QUATRO DISPOSITIVOS, ALÉM DAS OBRAS DE ARTES ESPECIAIS, NO PERÍODO DIURNO, PARA ATENDER CONDIÇÕES MOMENTÂNEAS ESPECIFICAS DA OBRA, MEDIANTE ALINHAMENTO E APROVAÇÃO DA CONCESSIONÁRIA COM ANTECEDÊNCIA._x000D_
+PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADA A IMPLANTAÇÃO DE DESVIOS DE TRÁFEGO NAS ÁREAS OPERACIONAIS NOS SENTIDOS LESTE E OESTE, ATENDENDO AS ESPECIFICAÇÕES DO MANUAL DO DER VOL III E ET-DOP-GOE-OPE-POE, UTILIZANDO PLACAS, LAMELAS E SINALIZAÇÃO NOTURNA.</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE MARGINAIS E FAIXAS ADICIONAIS NA RODOVIA PROFESSOR ZEFERINO VAZ SP 332 DO KM 114 AO 119.</t>
+  </si>
+  <si>
+    <t>INÍCIO DAS ATIVIDADES DE IMPLANTAÇÃO DA OAE NO KM 220+800, DANDO SEQUÊNCIA ÀS OBRAS DE IMPLANTAÇÃO DO DISPOSITIVO DE ACESSO E RETORNO DO KM 219+850._x000D_
+PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADA A IMPLANTAÇÃO DE DESVIO PERMANENTE DE TRÂNSITO (DURANTE A EXECUÇÃO DAS OBRAS) ENTRE OS KMS 220+600 E 221+020.</t>
+  </si>
+  <si>
+    <t>DEVIDO A UM SINISTRO DE TRÂNSITO OCORRIDO NO DIA 03 DE FEVEREIRO DE 2025 (SEGUNDA-FEIRA) ÀS 15H24MIN, ONDE O VEÍCULO VOLVO, PERDEU O CONTROLE E CHOCOU-SE INICIALMENTE COM O "SUBMARINO" DA CABINE 4, POSTERIORMENTE, COM A COLUNA DE SUSTENTAÇÃO DA PRAÇA DE PEDÁGIO P1, EM PARELHEIROS, NO KM 50+000 DA PISTA INTERNA, QUE VEIO A COLAPSAR PARCIALMENTE A MARQUISE.</t>
+  </si>
+  <si>
+    <t>DEVIDO AO AVANÇO DA OBRA DE DUPLICAÇÃO DA SP191, ENTRE OS DIAS 15 E 17/11/2025, SERÁ DEMOLIDA A BARREIRA NEW JERSEY DO EIXO CENTRAL DO GARRAFÃO DA PRAÇA DE PEDÁGIO DE RIO CLARO, LOCALIZADA NO KM 59._x000D_
+O PROJETO CONSISTE NA DEMOLIÇÃO DAS BARREIRAS EXISTENTES E CONSTRUÇÃO DAS NOVAS BARREIRAS, SENTIDO LESTE E OESTE E SE FAZ NECESSÁRIA PARA POSSIBILITAR A CANALIZAÇÃO DO TRÁFEGO DA PRAÇA PEDÁGIO COMPORTANDO A PISTA DUPLICADA. _x000D_
+APÓS A DEMOLIÇÃO SERÁ IMPLANTADA SINALIZAÇÃO PROVISÓRIA, NO EIXO CENTRAL COM CILINDROS CANALIZADORES DE TRÁFEGO E SINALIZADORES DO TIPO LED. ESTA SINALIZAÇÃO SERÁ MANTIDA ATÉ A LIBERAÇÃO DO TRÁFEGO NA PISTA DUPLICADA, QUANDO SERÁ REMOVIDA E IMPLANTADA A SINALIZAÇÃO COM BARREIRAS NEW JERSEY DEFINITIVAS.</t>
+  </si>
+  <si>
+    <t>OBRAS DE RECUPERAÇÃO DE DESLIZAMENTO NO KM 36+800 DA PISTA OESTE DA SP-280 IMPLANTARAM BARREIRAS RÍGIDAS ENTRE A FAIXA 3 E O ACOSTAMENTO, REALIZANDO O FECHAMENTO DO ACOSTAMENTO.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO PROVISÓRIA DE FAIXA DE ROLAMENTO, COM A UTILIZAÇÃO DE SINALIZAÇÃO DO TIPO “PARE E SIGA” PARA A EXECUÇÃO DO SERVIÇO DE REPARO NO PAVIMENTO.</t>
+  </si>
+  <si>
+    <t>OBRA PARA IMPLANTAÇÃO DA ÁREA DE ESCAPE NO KM 45+800 DA PISTA NORTE NA SP-150. AS OBRAS SERÃO REALIZADAS FORA DA PISTA PRINCIPAL, NÃO SENDO NECESSÁRIO FECHAMENTO DE PISTA. PARA A EXECUÇÃO DO PAVIMENTO ASFÁLTICO E ENCAIXE COM A PISTA EXISTENTE HAVERÁ NECESSIDADE DE BLOQUEIO PARCIAL DE APENAS UMA FAIXA. AS ATIVIDADES OCORRERÃO NO PERÍODO DIURNO. NO ENTANTO, EM SITUAÇÕES EXTRAORDINÁRIAS, PODERÁ SER NECESSÁRIO O BLOQUEIO DA PISTA TAMBÉM DURANTE A NOITE.</t>
+  </si>
+  <si>
+    <t>LANÇAMENTO DE VIGAS TRANSVERSINAS NO KM 215+350M DA SP-300. _x000D_
+A OBRA SERÁ REALIZADA COM INÍCIO DOS SERVIÇOS E INTERDIÇÃO TOTAL DA RODOVIA SP300 EM 15/11/2025 E PREVISTA PARA TÉRMINO EM 16/11/2026, COM HORÁRIO DE TRABALHO ENTRE 18H E 06H.</t>
+  </si>
+  <si>
+    <t>O SEGMENTO DA RODOVIA QUE SERÁ EXECUTADO O ALARGAMENTO PARA IMPLANTAÇÃO DA TERCEIRA FAIXA NAS OBRAS DE ARTE DO KM 176+618 DA SP 310 NO MUNÍCIPIO DE RIO CLARO/SP É CARACTERIZADO COMO TRECHO DE PISTA DUPLA, COM DUAS FAIXAS DE ROLAMENTO EM CADA SENTIDO (NORTE E SUL)._x000D_
+O DESVIO DE OBRA SERÁ IMPLANTADO NA REGIÃO DA PASSAGEM INFERIOR DOS DOIS VIADUTOS, ONDE O TRÁFEGO SENTIDO CENTRO X BAIRRO SERÁ MANTIDO E O TRÁFEGO SENTIDO BAIRRO X CENTRO SERÁ DESVIADO PARA A MARGINAL SUL DA SP 310 ACESSANDO O MUNICÍPIO NO TREVO DE ACESSO DO KM 176 “TREVO DA VIVIANI” PELA AVENIDA PRESIDENTE TANCREDO DE ALMEIDA NEVES.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DAS FAIXAS 05 E 06, DA PISTA EXTERNA PARA VIABILIZAR A OBRA DE RECUPERAÇÃO DE PAVIMENTO, LAJE E PRÉ-LAJE NA OAE. DURANTE ESSAS OBRAS SERA NECESSARIO O DESVIO DE TRAFEGO DO RAMO F PARA FAIXA 4, AS FAIXAS 01, 02 E 03 FICARÃO DISPONIVEIS PARA O TRÁFEGO DA PISTA EXPRESSA.</t>
+  </si>
+  <si>
+    <t>O PLANO OPERACIONAL FAZ-SE NECESSÁRIO PARA IMPLANTAÇÃO DA TERCEIRA (3°) FAIXA DE ROLAMENTO NA SP310 – RODOVIA WASHINGTON LUÍS ENTRE O KM 153+520 E 193+550 NO CANTEIRO CENTRAL. PARA ESTA INTERVENÇÃO SERÁ REALIZADO PROVISORIAMENTE O FECHAMENTO DA FAIXA 1 (ESQUERDA) DA VIA.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO TOTAL DE DISPOSITIVO PARA EXECUÇÃO DO ALARGAMENTO DE SUAS OAE’S NO KM 187+118 PARA IMPLANTAÇÃO DE 3ª FAIXA NA SP310. SERÁ EXECUTADO O FECHAMENTO DA PASSAGEM INFERIOR, QUE É UTILIZADA APENAS COMO RETORNO, COM SINALIZAÇÃO VERTICAL E BARREIRAS DE CONCRETO.</t>
+  </si>
+  <si>
+    <t>TRÁFEGO INTERROMPIDO PARA CONTINUIDADE DAS OBRAS ENTRE SEGUNDA-FEIRA E QUINTA-FEIRA DAS 22H00 ÀS 06H00, TENDO SEXTA-FEIRA, SÁBADO E DOMINGO COM O TRÂNSITO LIBERADO 24H. NO PERÍODO DE FECHAMENTO PARA AS OBRAS DO CONTORNO NORTE (SENTIDO UBATUBA), OS USUÁRIOS DEVERÃO UTILIZAR O TRECHO ATUALMENTE PERCORRIDO E CONHECIDO, DENTRO DO MUNICÍPIO DE CARAGUATATUBA (SP-055).</t>
+  </si>
+  <si>
+    <t>OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO SEGMENTO 08 (KM 428+800 A 431+400, SENTIDO NORTE)._x000D_
+A SINALIZAÇÃO SERÁ IMPLANTADA DE ACORDO COM A FRENTE DE SERVIÇO. DE MANEIRA GERAL, TEREMOS AS FRENTES DE SERVIÇO PARA A IMPLANTAÇÃO DA 3ª FAIXA NO SENTIDO NORTE, ALÉM DAS EQUIPES DE ALARGAMENTO DE OAES QUE ATUARÃO PONTUALMENTE EM CADA OAE EXISTENTE NO TRECHO.</t>
+  </si>
+  <si>
+    <t>DESVIO DE EIXO SENTIDO LESTE PARA VIABILIZAR OBRA DE DUPLICAÇÃO DA RODOVIA FRANCISCO ALVES NEGRÃO - SP258 ENTRE OS QUILOMETROS 339+260 AO339+530 NO SENTIDO LESTE. SERÁ NECESSÁRIO O DESVIO DE EIXO DA PISTA LESTE PARA FAIXA 01 OESTE, E DA PISTA OESTE PARA FAIXA 02.</t>
+  </si>
+  <si>
+    <t>EM RELAÇÃO A ESTE POE, OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/ PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO SEGMENTO 04 (KM 231+830 AO KM 232+900, AMBOS OS SENTIDOS) E SEGMENTO 05 (KM 231+830 AO KM 232+900, AMBOS OS SENTIDOS).</t>
+  </si>
+  <si>
+    <t>NOVA SERRA FECHADA PARA AJUSTES DE EQUIPAMENTOS ENTRE SEGUNDA-FEIRA E QUINTA-FEIRA DAS 22H00 ÀS 06H00, TENDO SEXTA-FEIRA, SÁBADO E DOMINGO COM O TRÂNSITO LIBERADO 24H. NO PERÍODO DE FECHAMENTO PARA AS OBRAS NA SERRA NOVA NORTE (SENTIDO SÃO JOSÉ DOS CAMPOS), OS USUÁRIOS DEVERÃO UTILIZAR O TRECHO ANTIGO DA PISTA SUL.</t>
+  </si>
+  <si>
+    <t>OS SERVIÇOS PARA IMPLANTAÇÃO DOS NOVOS DISPOSITIVOS ESTÃO PREVISTOS PARA OCORRER NO PERÍODO DAS 06H00 ÀS 20H00 ENTRE OS DIAS DE 16/09/2025 E 16/01/2026. PARA VIABILIZAR AS ATIVIDADES SE FAZ NECESSÁRIO AS SEGUINTES INTERDIÇÕES: _x000D_
+INTERDITAR O ACOSTAMENTO ENTRE O KM 337+800 AO KM 338+110 SENTIDO LESTE DA SP258, ONDE SERÁ NECESSÁRIO UM PEQUENO DESVIO DE EIXO DA PISTA LESTE PARA PISTA OESTE E DA PISTA OESTE PARA O ACOSTAMENTO DA PISTA OESTE COMO MEDIDAS DE SEGURANÇA; _x000D_
+INTERDITAR O ACOSTAMENTO SOBRE O VIADUTO NA SP281 RODOVIA SOB JURISDIÇÃO DO DER (DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DE SÃO PAULO).</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO TOTAL DA PISTA EXPRESSA NO KM 098+000, DIRECIONANDO O TRÁFEGO PARA VIA MARGINAL PARA VIABILIZAR OBRA DE REPARO EM PAVIMENTO FLEXÍVEL NA ALTURA DO KM 102 DA PISTA EXPRESSA. A ALÇA DE SAÍDA DA VIA MARGINAL PARA PISTA EXPRESSA NO KM 102 TAMBÉM ESTARÁ INTERDITADA, COM ISSO, O TRÁFEGO RETORNARÁ PARA PISTA EXPRESSA DA SP330 NO DISPOSITIVO DO KM 103+464 OU NO KM 112+200.</t>
+  </si>
+  <si>
+    <t>INTERVENÇÃO NO TRECHO MENCIONADO PARA REPAROS EM OAES (JUNTAS DE DILATAÇÃO, LIMPEZA DE BUZINOTES E CORREÇÃO DE DEPRESSÕES DE CABECEIRAS)._x000D_
+AS ATIVIDADES DEMANDARÃO INTERDIÇÕES DAS RODOVIAS DE MANEIRA INTERCALADA, CONTEMPLANDO FAIXA 1 E 2 E DEPOIS A FAIXA 3 E 4.</t>
+  </si>
+  <si>
+    <t>A OBRA É CARACTERIZADA PELA CONSTRUÇÃO DA BASE SAU 18. A IMPLANTAÇÃO SERÁ EXECUTADA NA REGIÃO DA FAIXA DE DOMÍNIO NO SENTIDO SUL.</t>
   </si>
   <si>
     <t>O PLANO OPERACIONAL TRATA A SINALIZAÇÃO VERTICAL DA OBRA DE DUPLICAÇÃO DA SP 284, TOTALIZANDO 58,9 QUILÔMETROS DE EXTENSÃO. _x000D_
 O PRAZO PREVISTO PARA O TÉRMINO DA DUPLICAÇÃO DA SP 284 LOTE 01 E LOTE 02 É ABRIL DE 2027. EM RELAÇÃO A ESTE POE, OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/PAVIMENTAÇÃO, DRENAGEM, OAE E SINALIZAÇÃO HORIZONTAL E VERTICAL. _x000D_
 OS SERVIÇOS SERÃO INICIADOS PELO LOTE 01 KM 447+257 AO KM 475+000 EM AMBOS OS SENTIDOS, DEPOIS SE ESTENDENDO AO LOTE 02 KM 520+360 AO KM 551+530.</t>
   </si>
   <si>
     <t>ESTÁ PREVISTO PARA O MÊS DE DEZEMBRO DE 2024 O INÍCIO DAS ATIVIDADES DE DUPLICAÇÃO DA SP333 DO KM 229 AO KM 233 PARA EXECUÇÃO DA NOVA PONTE SOBRE O RIO TIETÊ COM EXTENSÃO TOTAL DE 2400M (MAIOR PONTE DO ESTADO DE SÃO PAULO)._x000D_
 TRATANDO-SE DA DIMENSÃO E PORTE DESTA OBRA, SERÁ NECESSÁRIA A IMPLANTAÇÃO DE CANTEIRO DE OBRAS COM PARTICULARIDADES A FIM DE ATENDER ÀS NECESSIDADES OPERACIONAIS DE EXECUÇÃO DO EMPREENDIMENTO._x000D_
 PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADA A IMPLANTAÇÃO DE RETORNOS OPERACIONAIS À FRENTE DA CENTRAL DE CONCRETO INSTALADA NA OBRA, LOCALIZADA NO KM 233+300, DEVIDAMENTE SINALIZADOS, UTILIZANDO-SE SINALIZAÇÃO E RECURSOS OPERACIONAIS ESPECÍFICOS E REFORÇADOS PARA ESTE FIM._x000D_
 NO PERÍODO FESTIVO DE FINAL DE ANO, DE 20/12/2024 ATÉ 06/01/2025 E EM PERÍODOS DE FERIADOS E DATAS ESPECIAIS AO LONGO DOS ANOS, CONFORME DIRETRIZES DA PMRV, NÃO SERÃO REALIZADAS ATIVIDADES RELACIONADAS À ENTRADA E SAÍDA DE VEÍCULOS DO LOCAL.</t>
   </si>
   <si>
     <t>INTERDIÇÃO DO DISPOSITIVO DE RETORNO DO QUILÔMETRO 049+661, PISTA NORTE E SUL DA RODOVIA DOS BANDEIRANTES – SP348 PARA VIABILIZAR EXECUÇÃO DO ALARGAMENTO DA OAE._x000D_
 O DISPOSITIVO ESTÁ PREVISTO PARA FICAR INTERDITADO ENTRE OS DIAS 20/08/2025 E 01/07/2026 DURANTE 24H00 PARA VIABILIZAR EXECUÇÃO DO ALARGAMENTO DA OAE. COMO ROTA ALTERNATIVA, PARA OS VEÍCULOS_x000D_
 QUE SEGUEM PELA PISTA SUL PARA RETORNAR PARA PISTA NORTE, DEVEM UTILIZAR O DISPOSITIVO DO KM 045+830, JÁ PARA OS VEÍCULOS QUE SEGUEM PELA PISTA NORTE PARA RETORNAR PARA PISTA SUL, DEVEM UTILIZAR O DISPOSITIVO DO KM 060+427.</t>
   </si>
   <si>
-    <t>SERÃO EXECUTADOS OS SERVIÇOS DE FRESAGEM E RECOMPOSIÇÃO, GAP, REPARO PROFUNDO E DRENOS DE PAVIMENTO, CONFORME PROJETO DE RECAPEAMENTO DA RODOVIA SP150.</t>
-[...1 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DA TERCEIRA FAIXA DE ROLAMENTO DO KM 80 AO 88 PISTA NORTE SP 065. TERRAPLENAGEM, PAVIMENTAÇÃO, DRENAGEM SUPERFICIAL, BARREIRA RÍGIDA, PAISAGISMO E_x000D_
 BARREIRA MÓVEL.</t>
   </si>
   <si>
     <t>INTERVENÇÃO NA PISTA E ACOSTAMENTO SENTIDOS LESTE E OESTE, PARA A EXECUÇÃO DO SERVIÇO DE DUPLICAÇÃO DA SP-191 DO KM 52+700 AO KM 70+200, E IMPLANTAÇÃO DO NOVO DISPOSITIVO NO KM 57+300._x000D_
 DURANTE A EXECUÇÃO DE SERVIÇOS DE ENCAIXE DE PAVIMENTOS NOVOS COM O EXISTENTE E IMPLANTAÇÃO DE BARREIRAS DE CONCRETO, SENDO NECESSÁRIAS INTERDIÇÕES PONTUAIS, COM OPERAÇÕES DO TIPO “SIGA-PARE”, QUE SERÃO INFORMADAS PREVIAMENTE NAS PROGRAMAÇÕES A SEREM ENVIADAS SEMANALMENTE.</t>
   </si>
   <si>
     <t>OBRA DE RECAPEAMENTO DA RODOVIA SP330 (RODOVIA ANHANGUERA), ENTRE O TRECHO DE CORDEIRÓPOLIS (KM 158+500) A SANTA RITA DO PASSA QUATRO (KM 240+500)._x000D_
 OS SERVIÇOS SERÃO REALIZADOS EM TODAS AS FAIXAS DE ROLAMENTO, PRAÇAS DE PEDÁGIO, MARGINAIS E DISPOSITIVOS_x000D_
 DE RETORNO SOB RESPONSABILIDADE DA CONCESSIONÁRIA INTERVIAS.</t>
   </si>
   <si>
     <t>PLANO OPERACIONAL PARA A INTERVENÇÃO NA PISTA E ACOSTAMENTO SENTIDOS NORTE E SUL, COM A UTILIZAÇÃO DE SINALIZAÇÃO DO TIPO “PARE E SIGA” EVENTUAIS PARA A EXECUÇÃO DOS SERVIÇOS DE INTERVENÇÃO DE PAVIMENTO DA SP-352 DO KM 162+540 AO KM 185+171.</t>
   </si>
   <si>
     <t>O SEGMENTO DA RODOVIA QUE SERÁ EXECUTADA A OBRA DE DUPLICAÇÃO DA RODOVIA GERALDO DE BARROS (SP304) ENTRE O KM 199+000 AO KM 231+000 NOS MUNÍCIPIOS DE SÃO PEDRO E SANTA MARIA DA SERRA/SP É CARACTERIZADO COMO TRECHO DE PISTA SIMPLES, COM UMA FAIXA DE ROLAMENTO EM CADA SENTIDO.</t>
-  </si>
-[...4 lines deleted...]
-    <t>IMPLANTAÇÃO DE LINHA DE TRANSMISSÃO E DISTRIBUIÇÃO DE ENERGIA COM TENSÃO 138 KV EM VINTE POSTES METÁLICOS TUBULARES GALVANIZADOS NA FAIXA DE DOMINIO DA CONCESSIONÁRIA ENTRE O QUILÔMETRO 040+470 E 039+796, PISTA SUL DA RODOVIA ANHANGUERA – SP330.</t>
   </si>
   <si>
     <t>INTERDIÇÃO DA FAIXA 01 ENTRE OS QUILÔMETROS 003+000 AO 006+500, PISTA EXTERNA DA RODOVIA RODOANEL MARIO COVAS – SP021 PARA VIABILIZAR IMPLANTAÇÃO DE FAIXA ADICIONAL ENTRE_x000D_
 OS KM 003+500 AO 005+930._x000D_
 A INTERDIÇÃO DA FAIXA 01 ENTRE OS KM 003+000 AO 006+500 PISTA EXTERNA DA SP021 ESTÁ PREVISTA PARA OCORRER ENTRE 20/06/2025 E 20/06/2026 DURANTE 24H00. TAL INTERDIÇÃO É NECESSÁRIA PARA_x000D_
 VIABILIZAR AS ATIVIDADE DE IMPLANTAÇÃO DE FAIXA ADICIONAL ENTRE OS KM 003+500 AO 005+930 PELA PISTA EXTERNA. COMO MEDIDA COMPENSATÓRIA PARA NÃO IMPACTAR A FLUIDEZ NO LOCAL, SERÁ_x000D_
 DISPONIBILIZADO O USO DO ACOSTAMENTO AO TRÁFEGO PELO KM 3+500 AO KM 4+900 PISTA EXTERNA DA SP021 PARA ABSORVER O FLUXO ORIUNDO DA SP348 PISTA SUL.</t>
   </si>
   <si>
     <t>A OBRA É CARACTERIZADA PELA IMPLANTAÇÃO DE ACESSO A VIAS MARGINAIS, PASSEIOS E CICLOVIAS EM PARALELO A SP310. _x000D_
 A IMPLANTAÇÃO SERÁ EXECUTADA NA REGIÃO DA FAIXA DE DOMÍNIO NO SENTIDO SUL._x000D_
 A SINALIZAÇÃO SERÁ IMPLANTADA DE ACORDO COM A FRENTE DE SERVIÇO. DE MANEIRA GERAL, TEREMOS AS FRENTES DE SERVIÇO PARA A IMPLANTAÇÃO DAS VIAS MARGINAIS NO SENTIDO NORTE._x000D_
 A INTERDIÇÃO DA FAIXA DE ACOSTAMENTO, NO SENTIDO NORTE, SERÁ EXECUTADA PARA PERMITIR O ACESSO E SAÍDA DO PESSOAL E EQUIPAMENTOS DA FAIXA DE DOMÍNIO. PORTANTO, A FAIXA DE ACOSTAMENTO FUNCIONARÁ COMO FAIXA DE ACELERAÇÃO E DESACELERAÇÃO DOS VEÍCULOS DA OBRA._x000D_
 A SINALIZAÇÃO DE FECHAMENTO DE FAIXAS DE ACOSTAMENTO PARA ACESSO NORTE SERÁ REALIZADA DIARIAMENTE.</t>
   </si>
   <si>
-    <t>O LOCAL DE IMPLANTAÇÃO SERÁ INICIADO NO SEGMENTO 08, ENTRE O KM 449+300 A 451+870, PISTA NORTE E SUL, DA RODOVIA SP-310.</t>
-[...14 lines deleted...]
-  <si>
     <t>A OBRA É CARACTERIZADA PELA CONSTRUÇÃO DA BASE SAU 17. A IMPLANTAÇÃO SERÁ EXECUTADA NA REGIÃO DA FAIXA DE DOMÍNIO NO SENTIDO SUL.</t>
   </si>
   <si>
     <t>A OBRA É CARACTERIZADA PELA CONSTRUÇÃO DA BASE SAU 15. A IMPLANTAÇÃO SERÁ EXECUTADA NA REGIÃO DA FAIXA DE DOMÍNIO NO SENTIDO OESTE.</t>
   </si>
   <si>
-    <t>DESVIO DE TRÁFEGO ENTRE OS KM’S 432+000 AO 436+000 PARA AS INTERVENÇÕES NO DISPOSITIVO DE ACESSO E RETORNO A SER IMPLANTADO NO KM 433+950._x000D_
-[...8 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DA OBRA DE DUPLICAÇÃO DA RODOVIA SP318, SEGMENTO DO KM 247,000 AO KM 280,000, REMODELAÇÃO DO DISPOSITIVO EXISTENTE LOCALIZADO NO KM 269+050 E IMPLANTAÇÃO DOS NOVOS DISPOSITIVOS NOS KM 249+100, KM 253+130, KM 259+130, KM 263+840, KM 274+330, KM 277+800 E KM 279+300.</t>
   </si>
   <si>
     <t>DESVIO DE TRÁFEGO DO RAMO D (SAÍDA DA SP348, NORTE COM ACESSO À SP330, NORTE) PARA PISTA MARGINAL, LOCALIZADO NO QUILÔMETRO 048+700 DA RODOVIA ANHANGUERA – SP330 PARA VIABILIZAR OBRA DE REPARO EM PAVIMENTO FLEXÍVEL.</t>
   </si>
   <si>
     <t>DESVIO DE TRÁFEGO DA ALÇA DE SAÍDA DA RODOVIA DOM PEDRO – SP065 PARA PISTA MARGINAL SUL, LOCALIZADA NO QUILÔMETRO 103+850 DA RODOVIA ANHANGUERA – SP330 PARA VIABILIZAR OBRA DE REPARO EM PAVIMENTO FLEXÍVEL.</t>
-  </si>
-[...1 lines deleted...]
-    <t>INTERDIÇÃO DA ALÇA DE ACESSO A SP 345 PELO FATO DE OBRAS EMERGÊNCIAS DA D.E.R.</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DAS BASE SAU PARA CONCESSIONÁRIA ECOVIAS RAPOSO CASTELO.</t>
   </si>
   <si>
     <t>INTERDIÇÃO DO ACESSO A MAILASQUI MUNICÍPIO DE SÃO ROQUE, LOCALIZADO NO KM 054+300, SENTIDO OESTE DA RODOVIA RAPOSO TAVARES – SP270, PARA VIABILIZAR OBRAS DE DUPLICAÇÃO E IMPLANTAÇÃO DE DISPOSITIVO DE ACESSO E RETORNO._x000D_
 A INTERDIÇÃO ESTÁ PREVISTA PARA OCORRER NO DIA 11/08/2025. PARA QUEM TRAFEGA NO SENTIDO OESTE O ACESSO ALTERNATIVO PARA VEÍCULOS LEVES PODERÁ SER REALIZADO ATRAVÉS DA RUA EDUARDO SANTUCI NO KM 055+100, OS VEÍCULOS PESADOS DEVERÃO UTILIZAR O RETORNO LOCALIZADO NO KM 058+000 E POSTERIORMENTE ACESSAR AO BAIRRO NO KM 054+400 SENTIDO LESTE, PELO ACESSO PROVISÓRIO IMPLANTADO PELA OBRA. PARA QUEM TRAFEGA NO SENTIDO LESTE NÃO HAVERÁ GRANDE IMPACTO SENDO POSSÍVEL O ACESSO A MAILASQUI NO KM 054+400 DO MESMO SENTIDO.</t>
-  </si>
-[...7 lines deleted...]
-    <t>EQUIPE DE ENGENHARIA E SUPERVISÃO, ACOMPANHANDO O SERVIÇO DA EMPRESA DE ENERGIA ELÉTRICA QUE ESTÁ NO LOCAL REALIZANDO A QUEBRA DE TALUDE E LIMPEZA.</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ACESSO NÃO COMERCIAL LOCALIZADO NO KM 13+800 DA MARGINAL LESTE DA RODOVIA SP-280, TENDO COMO INTERESSADA EMPRESA PARTICULAR._x000D_
 DURANTE A EXECUÇÃO DA ATIVIDADE, SERÁ REALIZADA INTERDIÇÃO DO ACOSTAMENTO, DEVIDAMENTE SINALIZADA CONFORME O MANUAL DE SINALIZAÇÃO TEMPORÁRIA DO DER-SP, SEM A NECESSIDADE DE APOIO DA POLÍCIA MILITAR RODOVIÁRIA._x000D_
 A CONCESSIONÁRIA SERÁ RESPONSÁVEL PELA IMPLANTAÇÃO E ACOMPANHAMENTO DAS MEDIDAS OPERACIONAIS, GARANTINDO A SEGURANÇA DOS USUÁRIOS E DOS TRABALHADORES ENVOLVIDOS NA INTERVENÇÃO.</t>
   </si>
   <si>
-    <t>A OBRA É CARACTERIZADA PELA IMPLANTAÇÃO DE 3ª FAIXA DE ROLAMENTO NA SP-310. A IMPLANTAÇÃO SERÁ EXECUTADA NA REGIÃO DO CANTEIRO CENTRAL EM AMBOS OS SENTIDOS, COM OS DEVIDOS ALARGAMENTOS DE OAES NO CANTEIRO CENTRAL.</t>
-[...21 lines deleted...]
-  <si>
     <t>PLANO OPERACIONAL ESPECÍFICO PARA VIABILIZAR 5ª INTERVENÇÃO DO PAVIMENTO EM TODO TRECHO DA RODOVIA ANHANGUERA.</t>
-  </si>
-[...1 lines deleted...]
-    <t>CONTENÇÃO EM SOLO GRAMPEADO PARA VIABILIZAR A OBRA DE DUPLICAÇÃO ENTRE OS QUILÔMETROS 057+200 E O 057+000, PISTA LESTE DA RODOVIA RAPOSO TAVARES – SP270.</t>
   </si>
   <si>
     <t>5ª INTERVENÇÃO DO PAVIMENTO EM TODO TRECHO DA RODOVIA ADALBERTO PANZAN.</t>
   </si>
   <si>
     <t>PLANO OPERACIONAL ESPECÍFICO PARA VIABILIZAR 5ª INTERVENÇÃO DO PAVIMENTO EM TODO TRECHO DA RODOVIA DOM GABRIEL PAULINO BUENO COUTO.</t>
   </si>
   <si>
     <t>PLANO OPERACIONAL ESPECÍFICO PARA VIABILIZAR 5ª INTERVENÇÃO DO PAVIMENTO EM TODO TRECHO DA RODOVIA DOS BANDEIRANTES.</t>
   </si>
   <si>
     <t>INTERVENÇÃO DE LONGA DURAÇÃO OAE DO KM 26+380 OESTE TREVO BARUERI COM INTERDIÇÃO DO LADO SUL DA OAE PARA VIABILIZAR O SEU PROLONGAMENTO._x000D_
 AS OBRAS ESTÃO PREVISTAS PARA SEREM REALIZADAS NO PERÍODO DE 14/04/2025 A 14/03/2026. PARA VIABILIZAR ESSAS ATIVIDADES SERÁ REALIZADO INTERDIÇÃO TOTAL DA ALÇA DE ACESSO DA PISTA OESTE DA SP280 AO DISPOSITIVO E, INTERDIÇÃO TOTAL DA OAE NO SENTIDO SUL. O LADO NORTE DA OAE PERMANECERÁ OPERANDO E SERÁ READEQUADO PARA OPERAR COM 3 FAIXAS DE ROLAMENTOS, OPERANDO ASSIM EM MÃO DUPLA, CONSIDERANDO 2 FAIXAS NO SENTIDO SUL E 1 FAIXA NO SENTIDO NORTE. COMO ALTERNATIVA DE DESVIO, OS CLIENTES QUE ACESSARIAM O DISPOSITIVO TENDO ORIGEM DA PISTA EXPRESSA OESTE DA SP280, SERÃO ORIENTADOS A SEGUIREM ATÉ O RETORNO DO KM 32 PARA RETORNO AO DISPOSITIVO DO KM 26.</t>
   </si>
   <si>
-    <t>OPERAÇÃO PARE E SIGA VIABILIZANDO SERVIÇOS E OBRAS EM TRECHOS DE PISTA SIMPLES COMO: RECUPERAÇÃO DE PAVIMENTO, PODA DE GRAMA, PODA DE ÁRVORE, RECUPERAÇÃO DE DRENAGEM, RECUPERAÇÃO DE TERRAPLENOS, SINALIZAÇÃO VERTICAL, SINALIZAÇÃO HORIZONTAL, COLETA DE RESÍDUOS, RECUPERAÇÃO DE OAE, REPARO OU IMPLANTAÇÃO DE DEFENSA METÁLICA E DISPOSITIVOS DE SEGURANÇA, SERVIÇOS EMERGENCIAIS DE CONSERVAÇÃO (REMOÇÃO DE CARGA E ESCORREGAMENTOS).</t>
-[...33 lines deleted...]
-  <si>
     <t>DESVIO DE TRÁFEGO DA PISTA EXPRESSA PARA PISTA MARGINAL NO QUILÔMETRO 085+500, PISTA NORTE DA RODOVIA ANHANGUERA – SP330 PARA VIABILIZAR REPARO DE PAVIMENTO NO KM 085+500  ATÉ KM 087+850 DA VIA EXPRESSA. COM RETORNO A PISTA EXPRESSA NO QUILÔMETRO 087+850 DA SP330.</t>
   </si>
   <si>
     <t>DESVIO DE TRÁFEGO DA PISTA EXPRESSA PARA PISTA MARGINAL NO QUILÔMETRO 087+700, PISTA SUL DA RODOVIA ANHANGUERA – SP330 PARA VIABILIZAR REPARO DE PAVIMENTO NO KM 087+000 DA VIA EXPRESSA. COM RETORNO A PISTA EXPRESSA NO QUILÔMETRO 085+600 DA SP330.</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DE PAVIMENTO NOS DISPOSITIVOS DOS QUILÔMETROS 064+900, 071+253 E 073+000 DA RODOVIA ANHANGUERA – SP330.</t>
-  </si>
-[...3 lines deleted...]
-PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADA A IMPLANTAÇÃO DE DESVIOS DE TRÁFEGO NAS ÁREAS OPERACIONAIS NOS SENTIDOS LESTE E OESTE, ATENDENDO AS ESPECIFICAÇÕES DO MANUAL DO DER VOL III E ET-DOP-GOE-OPE-POE, UTILIZANDO PLACAS, LAMELAS E SINALIZAÇÃO NOTURNA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -4151,51 +3358,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:T163"/>
+  <dimension ref="A1:T124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
@@ -4224,8056 +3431,6199 @@
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
-        <v>182</v>
+        <v>143</v>
       </c>
       <c r="D2" t="s">
-        <v>287</v>
+        <v>222</v>
       </c>
       <c r="E2" t="s">
-        <v>306</v>
+        <v>237</v>
       </c>
       <c r="F2" t="s">
-        <v>409</v>
+        <v>319</v>
       </c>
       <c r="G2" t="s">
-        <v>458</v>
+        <v>361</v>
       </c>
       <c r="H2" t="s">
-        <v>602</v>
+        <v>361</v>
       </c>
       <c r="I2" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>803</v>
+        <v>543</v>
       </c>
       <c r="K2" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L2" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M2" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N2" t="s">
-        <v>850</v>
+        <v>673</v>
       </c>
       <c r="P2" t="s">
-        <v>867</v>
-[...2 lines deleted...]
-        <v>1076</v>
+        <v>687</v>
+      </c>
+      <c r="R2" t="s">
+        <v>764</v>
+      </c>
+      <c r="S2" t="s">
+        <v>792</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="D3" t="s">
-        <v>288</v>
+        <v>223</v>
       </c>
       <c r="E3" t="s">
-        <v>307</v>
+        <v>238</v>
       </c>
       <c r="F3" t="s">
-        <v>410</v>
+        <v>320</v>
       </c>
       <c r="G3" t="s">
-        <v>459</v>
+        <v>362</v>
       </c>
       <c r="H3" t="s">
-        <v>459</v>
+        <v>470</v>
       </c>
       <c r="I3" t="s">
-        <v>698</v>
+        <v>544</v>
       </c>
       <c r="J3" t="s">
-        <v>698</v>
+        <v>632</v>
       </c>
       <c r="K3" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L3" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M3" t="s">
-        <v>847</v>
+        <v>671</v>
       </c>
       <c r="N3" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>859</v>
+        <v>674</v>
       </c>
       <c r="P3" t="s">
-        <v>868</v>
+        <v>688</v>
+      </c>
+      <c r="S3" t="s">
+        <v>793</v>
       </c>
       <c r="T3" t="s">
-        <v>1077</v>
+        <v>857</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>183</v>
+        <v>145</v>
       </c>
       <c r="D4" t="s">
-        <v>287</v>
+        <v>224</v>
       </c>
       <c r="E4" t="s">
-        <v>308</v>
+        <v>239</v>
       </c>
       <c r="F4" t="s">
-        <v>409</v>
+        <v>321</v>
       </c>
       <c r="G4" t="s">
-        <v>460</v>
+        <v>363</v>
       </c>
       <c r="H4" t="s">
-        <v>603</v>
+        <v>471</v>
       </c>
       <c r="I4" t="s">
-        <v>699</v>
+        <v>545</v>
       </c>
       <c r="J4" t="s">
-        <v>804</v>
+        <v>633</v>
       </c>
       <c r="K4" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L4" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M4" t="s">
-        <v>847</v>
+        <v>671</v>
       </c>
       <c r="N4" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>859</v>
+        <v>675</v>
       </c>
       <c r="P4" t="s">
-        <v>868</v>
+        <v>689</v>
+      </c>
+      <c r="S4" t="s">
+        <v>794</v>
       </c>
       <c r="T4" t="s">
-        <v>1078</v>
+        <v>858</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>183</v>
+        <v>146</v>
       </c>
       <c r="D5" t="s">
-        <v>287</v>
+        <v>225</v>
       </c>
       <c r="E5" t="s">
-        <v>309</v>
+        <v>240</v>
       </c>
       <c r="F5" t="s">
-        <v>409</v>
+        <v>322</v>
       </c>
       <c r="G5" t="s">
-        <v>461</v>
+        <v>364</v>
       </c>
       <c r="H5" t="s">
-        <v>604</v>
+        <v>472</v>
       </c>
       <c r="I5" t="s">
-        <v>699</v>
+        <v>546</v>
       </c>
       <c r="J5" t="s">
-        <v>804</v>
+        <v>633</v>
       </c>
       <c r="K5" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L5" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M5" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N5" t="s">
-        <v>850</v>
-[...1 lines deleted...]
-      <c r="O5" t="s">
+        <v>676</v>
+      </c>
+      <c r="P5" t="s">
+        <v>690</v>
+      </c>
+      <c r="S5" t="s">
+        <v>795</v>
+      </c>
+      <c r="T5" t="s">
         <v>859</v>
-      </c>
-[...4 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6" t="s">
-        <v>184</v>
+        <v>147</v>
       </c>
       <c r="D6" t="s">
-        <v>287</v>
+        <v>222</v>
       </c>
       <c r="E6" t="s">
-        <v>310</v>
+        <v>241</v>
       </c>
       <c r="F6" t="s">
-        <v>409</v>
+        <v>323</v>
       </c>
       <c r="G6" t="s">
-        <v>462</v>
+        <v>365</v>
       </c>
       <c r="H6" t="s">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="I6" t="s">
-        <v>700</v>
+        <v>547</v>
       </c>
       <c r="J6" t="s">
-        <v>805</v>
+        <v>634</v>
       </c>
       <c r="K6" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L6" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M6" t="s">
-        <v>847</v>
+        <v>671</v>
       </c>
       <c r="N6" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>859</v>
+        <v>677</v>
       </c>
       <c r="P6" t="s">
-        <v>868</v>
+        <v>691</v>
+      </c>
+      <c r="S6" t="s">
+        <v>796</v>
       </c>
       <c r="T6" t="s">
-        <v>1079</v>
+        <v>860</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>185</v>
+        <v>148</v>
       </c>
       <c r="D7" t="s">
-        <v>288</v>
+        <v>224</v>
       </c>
       <c r="E7" t="s">
-        <v>311</v>
+        <v>242</v>
       </c>
       <c r="F7" t="s">
-        <v>411</v>
+        <v>321</v>
       </c>
       <c r="G7" t="s">
-        <v>463</v>
+        <v>366</v>
       </c>
       <c r="H7" t="s">
-        <v>547</v>
+        <v>474</v>
       </c>
       <c r="I7" t="s">
-        <v>701</v>
+        <v>548</v>
       </c>
       <c r="J7" t="s">
-        <v>806</v>
+        <v>635</v>
       </c>
       <c r="K7" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L7" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M7" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N7" t="s">
-        <v>851</v>
+        <v>678</v>
       </c>
       <c r="P7" t="s">
-        <v>869</v>
-[...5 lines deleted...]
-        <v>1003</v>
+        <v>692</v>
       </c>
       <c r="T7" t="s">
-        <v>1080</v>
+        <v>861</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>186</v>
+        <v>149</v>
       </c>
       <c r="D8" t="s">
-        <v>288</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>312</v>
+        <v>243</v>
       </c>
       <c r="F8" t="s">
-        <v>410</v>
+        <v>324</v>
       </c>
       <c r="G8" t="s">
-        <v>464</v>
+        <v>367</v>
       </c>
       <c r="H8" t="s">
-        <v>605</v>
+        <v>475</v>
       </c>
       <c r="I8" t="s">
-        <v>702</v>
+        <v>549</v>
       </c>
       <c r="J8" t="s">
-        <v>698</v>
+        <v>635</v>
       </c>
       <c r="K8" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L8" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M8" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N8" t="s">
-        <v>851</v>
+        <v>677</v>
       </c>
       <c r="P8" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>1004</v>
+        <v>689</v>
       </c>
       <c r="T8" t="s">
-        <v>1081</v>
+        <v>862</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>187</v>
+        <v>149</v>
       </c>
       <c r="D9" t="s">
-        <v>289</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>313</v>
+        <v>244</v>
       </c>
       <c r="F9" t="s">
-        <v>412</v>
+        <v>325</v>
       </c>
       <c r="G9" t="s">
-        <v>465</v>
+        <v>368</v>
       </c>
       <c r="H9" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="I9" t="s">
-        <v>703</v>
+        <v>550</v>
       </c>
       <c r="J9" t="s">
-        <v>807</v>
+        <v>635</v>
       </c>
       <c r="K9" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L9" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M9" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N9" t="s">
-        <v>853</v>
+        <v>677</v>
       </c>
       <c r="P9" t="s">
-        <v>871</v>
+        <v>689</v>
       </c>
       <c r="T9" t="s">
-        <v>1082</v>
+        <v>862</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>188</v>
+        <v>150</v>
       </c>
       <c r="D10" t="s">
-        <v>289</v>
+        <v>225</v>
       </c>
       <c r="E10" t="s">
-        <v>314</v>
+        <v>245</v>
       </c>
       <c r="F10" t="s">
-        <v>412</v>
+        <v>322</v>
       </c>
       <c r="G10" t="s">
-        <v>466</v>
+        <v>369</v>
       </c>
       <c r="H10" t="s">
-        <v>606</v>
+        <v>477</v>
       </c>
       <c r="I10" t="s">
-        <v>704</v>
+        <v>548</v>
       </c>
       <c r="J10" t="s">
-        <v>808</v>
+        <v>634</v>
       </c>
       <c r="K10" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L10" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M10" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N10" t="s">
-        <v>854</v>
+        <v>679</v>
       </c>
       <c r="P10" t="s">
-        <v>872</v>
-[...2 lines deleted...]
-        <v>1005</v>
+        <v>693</v>
       </c>
       <c r="T10" t="s">
-        <v>1083</v>
+        <v>863</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>29</v>
       </c>
       <c r="B11" t="s">
-        <v>189</v>
+        <v>151</v>
       </c>
       <c r="D11" t="s">
-        <v>290</v>
+        <v>227</v>
       </c>
       <c r="E11" t="s">
-        <v>315</v>
+        <v>246</v>
       </c>
       <c r="F11" t="s">
-        <v>413</v>
+        <v>321</v>
       </c>
       <c r="G11" t="s">
-        <v>467</v>
+        <v>370</v>
       </c>
       <c r="H11" t="s">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="I11" t="s">
-        <v>700</v>
+        <v>551</v>
+      </c>
+      <c r="J11" t="s">
+        <v>636</v>
       </c>
       <c r="K11" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L11" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M11" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N11" t="s">
-        <v>853</v>
+        <v>678</v>
       </c>
       <c r="P11" t="s">
-        <v>873</v>
+        <v>689</v>
       </c>
       <c r="T11" t="s">
-        <v>1084</v>
+        <v>864</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
-        <v>190</v>
+        <v>152</v>
       </c>
       <c r="D12" t="s">
-        <v>291</v>
+        <v>227</v>
       </c>
       <c r="E12" t="s">
-        <v>316</v>
+        <v>247</v>
       </c>
       <c r="F12" t="s">
-        <v>414</v>
+        <v>321</v>
       </c>
       <c r="G12" t="s">
-        <v>468</v>
+        <v>371</v>
       </c>
       <c r="H12" t="s">
-        <v>468</v>
+        <v>371</v>
       </c>
       <c r="I12" t="s">
-        <v>697</v>
+        <v>552</v>
       </c>
       <c r="J12" t="s">
-        <v>803</v>
+        <v>637</v>
       </c>
       <c r="K12" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L12" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M12" t="s">
-        <v>848</v>
+        <v>671</v>
       </c>
       <c r="N12" t="s">
-        <v>851</v>
+        <v>675</v>
       </c>
       <c r="P12" t="s">
-        <v>874</v>
-[...5 lines deleted...]
-        <v>968</v>
+        <v>689</v>
       </c>
       <c r="T12" t="s">
-        <v>1085</v>
+        <v>865</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>191</v>
+        <v>150</v>
       </c>
       <c r="D13" t="s">
-        <v>291</v>
+        <v>225</v>
       </c>
       <c r="E13" t="s">
-        <v>317</v>
+        <v>248</v>
       </c>
       <c r="F13" t="s">
-        <v>415</v>
+        <v>326</v>
       </c>
       <c r="G13" t="s">
-        <v>469</v>
+        <v>372</v>
       </c>
       <c r="H13" t="s">
-        <v>607</v>
+        <v>479</v>
       </c>
       <c r="I13" t="s">
-        <v>705</v>
+        <v>553</v>
       </c>
       <c r="J13" t="s">
-        <v>809</v>
+        <v>634</v>
       </c>
       <c r="K13" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L13" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M13" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N13" t="s">
-        <v>852</v>
+        <v>679</v>
       </c>
       <c r="P13" t="s">
-        <v>875</v>
+        <v>694</v>
       </c>
       <c r="R13" t="s">
-        <v>969</v>
+        <v>765</v>
       </c>
       <c r="S13" t="s">
-        <v>1006</v>
+        <v>797</v>
       </c>
       <c r="T13" t="s">
-        <v>1086</v>
+        <v>866</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>191</v>
+        <v>153</v>
       </c>
       <c r="D14" t="s">
-        <v>291</v>
+        <v>225</v>
       </c>
       <c r="E14" t="s">
-        <v>318</v>
+        <v>249</v>
       </c>
       <c r="F14" t="s">
-        <v>415</v>
+        <v>327</v>
       </c>
       <c r="G14" t="s">
-        <v>470</v>
+        <v>362</v>
       </c>
       <c r="H14" t="s">
-        <v>608</v>
+        <v>362</v>
       </c>
       <c r="I14" t="s">
-        <v>705</v>
+        <v>554</v>
       </c>
       <c r="J14" t="s">
-        <v>809</v>
+        <v>638</v>
       </c>
       <c r="K14" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L14" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M14" t="s">
-        <v>847</v>
+        <v>671</v>
       </c>
       <c r="N14" t="s">
-        <v>850</v>
+        <v>680</v>
       </c>
       <c r="P14" t="s">
-        <v>875</v>
+        <v>695</v>
       </c>
       <c r="R14" t="s">
-        <v>969</v>
+        <v>766</v>
       </c>
       <c r="S14" t="s">
-        <v>1007</v>
+        <v>798</v>
       </c>
       <c r="T14" t="s">
-        <v>1087</v>
+        <v>867</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>192</v>
+        <v>154</v>
       </c>
       <c r="D15" t="s">
-        <v>291</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>319</v>
+        <v>243</v>
       </c>
       <c r="F15" t="s">
-        <v>415</v>
+        <v>324</v>
       </c>
       <c r="G15" t="s">
-        <v>471</v>
+        <v>373</v>
       </c>
       <c r="H15" t="s">
-        <v>609</v>
+        <v>373</v>
       </c>
       <c r="I15" t="s">
-        <v>706</v>
+        <v>555</v>
       </c>
       <c r="J15" t="s">
-        <v>810</v>
+        <v>555</v>
       </c>
       <c r="K15" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L15" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M15" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N15" t="s">
-        <v>855</v>
+        <v>681</v>
       </c>
       <c r="P15" t="s">
-        <v>876</v>
-[...2 lines deleted...]
-        <v>1008</v>
+        <v>696</v>
       </c>
       <c r="T15" t="s">
-        <v>1088</v>
+        <v>868</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>191</v>
+        <v>155</v>
       </c>
       <c r="D16" t="s">
-        <v>291</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>320</v>
+        <v>250</v>
       </c>
       <c r="F16" t="s">
-        <v>415</v>
+        <v>325</v>
       </c>
       <c r="G16" t="s">
-        <v>472</v>
+        <v>374</v>
       </c>
       <c r="H16" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="I16" t="s">
-        <v>707</v>
+        <v>555</v>
       </c>
       <c r="J16" t="s">
-        <v>809</v>
+        <v>566</v>
       </c>
       <c r="K16" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L16" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M16" t="s">
-        <v>848</v>
+        <v>672</v>
       </c>
       <c r="N16" t="s">
-        <v>850</v>
+        <v>677</v>
       </c>
       <c r="P16" t="s">
-        <v>875</v>
-[...5 lines deleted...]
-        <v>1009</v>
+        <v>696</v>
       </c>
       <c r="T16" t="s">
-        <v>1089</v>
+        <v>869</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>193</v>
+        <v>156</v>
       </c>
       <c r="D17" t="s">
-        <v>291</v>
+        <v>228</v>
       </c>
       <c r="E17" t="s">
-        <v>321</v>
+        <v>251</v>
       </c>
       <c r="F17" t="s">
-        <v>416</v>
+        <v>328</v>
       </c>
       <c r="G17" t="s">
-        <v>473</v>
+        <v>375</v>
       </c>
       <c r="H17" t="s">
-        <v>610</v>
+        <v>375</v>
       </c>
       <c r="I17" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>556</v>
       </c>
       <c r="K17" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L17" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M17" t="s">
-        <v>849</v>
+        <v>671</v>
       </c>
       <c r="N17" t="s">
-        <v>854</v>
-[...2 lines deleted...]
-        <v>859</v>
+        <v>673</v>
       </c>
       <c r="P17" t="s">
-        <v>868</v>
+        <v>697</v>
+      </c>
+      <c r="R17" t="s">
+        <v>767</v>
+      </c>
+      <c r="S17" t="s">
+        <v>799</v>
       </c>
       <c r="T17" t="s">
-        <v>1090</v>
+        <v>870</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
-        <v>194</v>
+        <v>157</v>
       </c>
       <c r="D18" t="s">
-        <v>289</v>
+        <v>227</v>
       </c>
       <c r="E18" t="s">
-        <v>314</v>
+        <v>252</v>
       </c>
       <c r="F18" t="s">
-        <v>417</v>
+        <v>321</v>
       </c>
       <c r="G18" t="s">
-        <v>474</v>
+        <v>376</v>
       </c>
       <c r="H18" t="s">
-        <v>611</v>
+        <v>481</v>
       </c>
       <c r="I18" t="s">
-        <v>709</v>
+        <v>557</v>
       </c>
       <c r="J18" t="s">
-        <v>809</v>
+        <v>639</v>
       </c>
       <c r="K18" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L18" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M18" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N18" t="s">
-        <v>852</v>
+        <v>678</v>
       </c>
       <c r="P18" t="s">
-        <v>877</v>
+        <v>698</v>
+      </c>
+      <c r="R18" t="s">
+        <v>768</v>
       </c>
       <c r="S18" t="s">
-        <v>1010</v>
+        <v>800</v>
       </c>
       <c r="T18" t="s">
-        <v>1091</v>
+        <v>871</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
-        <v>195</v>
+        <v>158</v>
       </c>
       <c r="D19" t="s">
-        <v>290</v>
+        <v>229</v>
       </c>
       <c r="E19" t="s">
-        <v>322</v>
+        <v>253</v>
       </c>
       <c r="F19" t="s">
-        <v>410</v>
+        <v>325</v>
       </c>
       <c r="G19" t="s">
-        <v>475</v>
+        <v>377</v>
       </c>
       <c r="H19" t="s">
-        <v>475</v>
+        <v>377</v>
       </c>
       <c r="I19" t="s">
-        <v>710</v>
+        <v>558</v>
       </c>
       <c r="J19" t="s">
-        <v>721</v>
+        <v>638</v>
       </c>
       <c r="K19" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L19" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M19" t="s">
-        <v>849</v>
+        <v>671</v>
       </c>
       <c r="N19" t="s">
-        <v>853</v>
+        <v>681</v>
       </c>
       <c r="P19" t="s">
-        <v>878</v>
+        <v>699</v>
       </c>
       <c r="S19" t="s">
-        <v>1011</v>
+        <v>801</v>
       </c>
       <c r="T19" t="s">
-        <v>1092</v>
+        <v>872</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>38</v>
       </c>
       <c r="B20" t="s">
-        <v>196</v>
+        <v>147</v>
       </c>
       <c r="D20" t="s">
-        <v>292</v>
+        <v>229</v>
       </c>
       <c r="E20" t="s">
-        <v>323</v>
+        <v>254</v>
       </c>
       <c r="F20" t="s">
-        <v>418</v>
+        <v>325</v>
       </c>
       <c r="G20" t="s">
-        <v>476</v>
+        <v>378</v>
       </c>
       <c r="H20" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="I20" t="s">
-        <v>711</v>
+        <v>559</v>
+      </c>
+      <c r="J20" t="s">
+        <v>638</v>
       </c>
       <c r="K20" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L20" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M20" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N20" t="s">
-        <v>850</v>
+        <v>681</v>
       </c>
       <c r="P20" t="s">
-        <v>879</v>
-[...5 lines deleted...]
-        <v>970</v>
+        <v>700</v>
+      </c>
+      <c r="S20" t="s">
+        <v>802</v>
       </c>
       <c r="T20" t="s">
-        <v>1093</v>
+        <v>873</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>39</v>
       </c>
       <c r="B21" t="s">
-        <v>189</v>
+        <v>159</v>
       </c>
       <c r="D21" t="s">
-        <v>288</v>
+        <v>229</v>
       </c>
       <c r="E21" t="s">
-        <v>324</v>
+        <v>253</v>
       </c>
       <c r="F21" t="s">
-        <v>419</v>
+        <v>325</v>
       </c>
       <c r="G21" t="s">
-        <v>477</v>
+        <v>379</v>
       </c>
       <c r="H21" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="I21" t="s">
-        <v>712</v>
+        <v>560</v>
       </c>
       <c r="J21" t="s">
-        <v>712</v>
+        <v>638</v>
       </c>
       <c r="K21" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L21" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M21" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N21" t="s">
-        <v>853</v>
+        <v>677</v>
       </c>
       <c r="P21" t="s">
-        <v>880</v>
+        <v>701</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>754</v>
+      </c>
+      <c r="R21" t="s">
+        <v>769</v>
       </c>
       <c r="S21" t="s">
-        <v>1012</v>
+        <v>803</v>
       </c>
       <c r="T21" t="s">
-        <v>1094</v>
+        <v>874</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
-        <v>197</v>
+        <v>160</v>
       </c>
       <c r="D22" t="s">
-        <v>289</v>
+        <v>229</v>
       </c>
       <c r="E22" t="s">
+        <v>253</v>
+      </c>
+      <c r="F22" t="s">
         <v>325</v>
       </c>
-      <c r="F22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>478</v>
+        <v>379</v>
       </c>
       <c r="H22" t="s">
-        <v>542</v>
+        <v>484</v>
       </c>
       <c r="I22" t="s">
-        <v>711</v>
+        <v>561</v>
       </c>
       <c r="J22" t="s">
-        <v>808</v>
+        <v>638</v>
       </c>
       <c r="K22" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L22" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M22" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N22" t="s">
-        <v>851</v>
+        <v>681</v>
       </c>
       <c r="P22" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-        <v>957</v>
+        <v>702</v>
+      </c>
+      <c r="R22" t="s">
+        <v>770</v>
+      </c>
+      <c r="S22" t="s">
+        <v>804</v>
       </c>
       <c r="T22" t="s">
-        <v>1095</v>
+        <v>875</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>41</v>
       </c>
       <c r="B23" t="s">
-        <v>198</v>
+        <v>161</v>
       </c>
       <c r="D23" t="s">
-        <v>293</v>
+        <v>229</v>
       </c>
       <c r="E23" t="s">
-        <v>326</v>
+        <v>254</v>
       </c>
       <c r="F23" t="s">
-        <v>420</v>
+        <v>325</v>
       </c>
       <c r="G23" t="s">
-        <v>479</v>
+        <v>380</v>
       </c>
       <c r="H23" t="s">
-        <v>479</v>
+        <v>380</v>
       </c>
       <c r="I23" t="s">
-        <v>711</v>
+        <v>562</v>
       </c>
       <c r="J23" t="s">
-        <v>810</v>
+        <v>638</v>
       </c>
       <c r="K23" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L23" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M23" t="s">
-        <v>849</v>
+        <v>670</v>
       </c>
       <c r="N23" t="s">
-        <v>856</v>
+        <v>674</v>
       </c>
       <c r="P23" t="s">
-        <v>882</v>
+        <v>703</v>
       </c>
       <c r="R23" t="s">
-        <v>971</v>
+        <v>771</v>
+      </c>
+      <c r="S23" t="s">
+        <v>805</v>
       </c>
       <c r="T23" t="s">
-        <v>1096</v>
+        <v>876</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>42</v>
       </c>
       <c r="B24" t="s">
-        <v>199</v>
+        <v>162</v>
       </c>
       <c r="D24" t="s">
-        <v>292</v>
+        <v>229</v>
       </c>
       <c r="E24" t="s">
-        <v>327</v>
+        <v>254</v>
       </c>
       <c r="F24" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="G24" t="s">
-        <v>480</v>
+        <v>381</v>
       </c>
       <c r="H24" t="s">
-        <v>612</v>
+        <v>380</v>
       </c>
       <c r="I24" t="s">
-        <v>713</v>
+        <v>563</v>
       </c>
       <c r="J24" t="s">
-        <v>812</v>
+        <v>638</v>
       </c>
       <c r="K24" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L24" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M24" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N24" t="s">
-        <v>855</v>
+        <v>677</v>
       </c>
       <c r="P24" t="s">
-        <v>882</v>
-[...2 lines deleted...]
-        <v>972</v>
+        <v>704</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>755</v>
+      </c>
+      <c r="S24" t="s">
+        <v>806</v>
       </c>
       <c r="T24" t="s">
-        <v>1097</v>
+        <v>877</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>43</v>
       </c>
       <c r="B25" t="s">
-        <v>200</v>
+        <v>163</v>
       </c>
       <c r="D25" t="s">
-        <v>290</v>
+        <v>227</v>
       </c>
       <c r="E25" t="s">
-        <v>322</v>
+        <v>255</v>
       </c>
       <c r="F25" t="s">
-        <v>410</v>
+        <v>321</v>
       </c>
       <c r="G25" t="s">
-        <v>481</v>
+        <v>382</v>
       </c>
       <c r="H25" t="s">
-        <v>613</v>
+        <v>485</v>
       </c>
       <c r="I25" t="s">
-        <v>714</v>
+        <v>564</v>
       </c>
       <c r="J25" t="s">
-        <v>811</v>
+        <v>640</v>
       </c>
       <c r="K25" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L25" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M25" t="s">
-        <v>849</v>
+        <v>672</v>
       </c>
       <c r="N25" t="s">
-        <v>853</v>
+        <v>678</v>
       </c>
       <c r="P25" t="s">
-        <v>883</v>
+        <v>698</v>
       </c>
       <c r="S25" t="s">
-        <v>1013</v>
+        <v>807</v>
       </c>
       <c r="T25" t="s">
-        <v>1098</v>
+        <v>878</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>44</v>
       </c>
       <c r="B26" t="s">
-        <v>201</v>
+        <v>157</v>
       </c>
       <c r="D26" t="s">
-        <v>294</v>
+        <v>227</v>
       </c>
       <c r="E26" t="s">
-        <v>328</v>
+        <v>256</v>
       </c>
       <c r="F26" t="s">
-        <v>422</v>
+        <v>321</v>
       </c>
       <c r="G26" t="s">
-        <v>482</v>
+        <v>383</v>
       </c>
       <c r="H26" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="I26" t="s">
-        <v>713</v>
+        <v>565</v>
       </c>
       <c r="J26" t="s">
-        <v>813</v>
+        <v>632</v>
       </c>
       <c r="K26" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L26" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M26" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N26" t="s">
-        <v>855</v>
+        <v>678</v>
+      </c>
+      <c r="O26" t="s">
+        <v>682</v>
       </c>
       <c r="P26" t="s">
-        <v>884</v>
+        <v>698</v>
+      </c>
+      <c r="S26" t="s">
+        <v>808</v>
       </c>
       <c r="T26" t="s">
-        <v>1099</v>
+        <v>879</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>45</v>
       </c>
       <c r="B27" t="s">
-        <v>202</v>
+        <v>164</v>
       </c>
       <c r="D27" t="s">
-        <v>290</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>322</v>
+        <v>257</v>
       </c>
       <c r="F27" t="s">
-        <v>410</v>
+        <v>329</v>
       </c>
       <c r="G27" t="s">
-        <v>483</v>
+        <v>362</v>
       </c>
       <c r="H27" t="s">
-        <v>614</v>
+        <v>362</v>
       </c>
       <c r="I27" t="s">
-        <v>715</v>
+        <v>566</v>
       </c>
       <c r="J27" t="s">
-        <v>811</v>
+        <v>548</v>
       </c>
       <c r="K27" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L27" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M27" t="s">
-        <v>849</v>
+        <v>671</v>
       </c>
       <c r="N27" t="s">
-        <v>853</v>
+        <v>680</v>
       </c>
       <c r="P27" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-        <v>1014</v>
+        <v>698</v>
+      </c>
+      <c r="T27" t="s">
+        <v>880</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>46</v>
       </c>
       <c r="B28" t="s">
-        <v>203</v>
+        <v>165</v>
       </c>
       <c r="D28" t="s">
-        <v>290</v>
+        <v>229</v>
       </c>
       <c r="E28" t="s">
-        <v>329</v>
+        <v>258</v>
       </c>
       <c r="F28" t="s">
-        <v>423</v>
+        <v>330</v>
       </c>
       <c r="G28" t="s">
-        <v>479</v>
+        <v>384</v>
       </c>
       <c r="H28" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="I28" t="s">
-        <v>706</v>
+        <v>567</v>
       </c>
       <c r="J28" t="s">
-        <v>811</v>
+        <v>634</v>
       </c>
       <c r="K28" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L28" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M28" t="s">
-        <v>849</v>
+        <v>670</v>
       </c>
       <c r="N28" t="s">
-        <v>856</v>
+        <v>673</v>
       </c>
       <c r="P28" t="s">
-        <v>886</v>
-[...2 lines deleted...]
-        <v>973</v>
+        <v>693</v>
       </c>
       <c r="S28" t="s">
-        <v>1015</v>
+        <v>809</v>
       </c>
       <c r="T28" t="s">
-        <v>1100</v>
+        <v>881</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>47</v>
       </c>
       <c r="B29" t="s">
-        <v>204</v>
+        <v>165</v>
       </c>
       <c r="D29" t="s">
-        <v>290</v>
+        <v>229</v>
       </c>
       <c r="E29" t="s">
-        <v>330</v>
+        <v>259</v>
       </c>
       <c r="F29" t="s">
-        <v>413</v>
+        <v>331</v>
       </c>
       <c r="G29" t="s">
-        <v>484</v>
+        <v>362</v>
       </c>
       <c r="H29" t="s">
-        <v>615</v>
+        <v>488</v>
       </c>
       <c r="I29" t="s">
-        <v>716</v>
+        <v>568</v>
       </c>
       <c r="J29" t="s">
-        <v>814</v>
+        <v>634</v>
       </c>
       <c r="K29" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L29" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M29" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N29" t="s">
-        <v>851</v>
+        <v>674</v>
       </c>
       <c r="P29" t="s">
-        <v>887</v>
+        <v>693</v>
       </c>
       <c r="S29" t="s">
-        <v>1016</v>
+        <v>809</v>
       </c>
       <c r="T29" t="s">
-        <v>1101</v>
+        <v>881</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>48</v>
       </c>
       <c r="B30" t="s">
-        <v>205</v>
+        <v>165</v>
       </c>
       <c r="D30" t="s">
-        <v>288</v>
+        <v>229</v>
       </c>
       <c r="E30" t="s">
-        <v>331</v>
+        <v>260</v>
       </c>
       <c r="F30" t="s">
-        <v>419</v>
+        <v>332</v>
       </c>
       <c r="G30" t="s">
-        <v>485</v>
+        <v>385</v>
       </c>
       <c r="H30" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="I30" t="s">
-        <v>717</v>
+        <v>569</v>
       </c>
       <c r="J30" t="s">
+        <v>634</v>
+      </c>
+      <c r="K30" t="s">
+        <v>668</v>
+      </c>
+      <c r="L30" t="s">
+        <v>669</v>
+      </c>
+      <c r="M30" t="s">
+        <v>670</v>
+      </c>
+      <c r="N30" t="s">
+        <v>674</v>
+      </c>
+      <c r="P30" t="s">
+        <v>693</v>
+      </c>
+      <c r="S30" t="s">
         <v>810</v>
       </c>
-      <c r="K30" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T30" t="s">
-        <v>1102</v>
+        <v>881</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>49</v>
       </c>
       <c r="B31" t="s">
-        <v>205</v>
+        <v>165</v>
       </c>
       <c r="D31" t="s">
-        <v>288</v>
+        <v>229</v>
       </c>
       <c r="E31" t="s">
-        <v>332</v>
+        <v>261</v>
       </c>
       <c r="F31" t="s">
-        <v>410</v>
+        <v>333</v>
       </c>
       <c r="G31" t="s">
-        <v>486</v>
+        <v>362</v>
       </c>
       <c r="H31" t="s">
-        <v>486</v>
+        <v>363</v>
       </c>
       <c r="I31" t="s">
-        <v>703</v>
+        <v>567</v>
       </c>
       <c r="J31" t="s">
+        <v>634</v>
+      </c>
+      <c r="K31" t="s">
+        <v>668</v>
+      </c>
+      <c r="L31" t="s">
+        <v>669</v>
+      </c>
+      <c r="M31" t="s">
+        <v>670</v>
+      </c>
+      <c r="N31" t="s">
+        <v>674</v>
+      </c>
+      <c r="P31" t="s">
+        <v>693</v>
+      </c>
+      <c r="S31" t="s">
         <v>810</v>
       </c>
-      <c r="K31" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="T31" t="s">
-        <v>1103</v>
+        <v>881</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>50</v>
       </c>
       <c r="B32" t="s">
-        <v>206</v>
+        <v>165</v>
       </c>
       <c r="D32" t="s">
-        <v>295</v>
+        <v>229</v>
       </c>
       <c r="E32" t="s">
-        <v>333</v>
+        <v>262</v>
       </c>
       <c r="F32" t="s">
-        <v>424</v>
+        <v>334</v>
       </c>
       <c r="G32" t="s">
-        <v>487</v>
+        <v>386</v>
       </c>
       <c r="H32" t="s">
-        <v>616</v>
+        <v>490</v>
       </c>
       <c r="I32" t="s">
-        <v>710</v>
+        <v>567</v>
       </c>
       <c r="J32" t="s">
-        <v>815</v>
+        <v>634</v>
       </c>
       <c r="K32" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L32" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M32" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N32" t="s">
-        <v>854</v>
-[...2 lines deleted...]
-        <v>860</v>
+        <v>673</v>
       </c>
       <c r="P32" t="s">
-        <v>889</v>
-[...2 lines deleted...]
-        <v>974</v>
+        <v>693</v>
+      </c>
+      <c r="S32" t="s">
+        <v>810</v>
       </c>
       <c r="T32" t="s">
-        <v>1104</v>
+        <v>881</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" t="s">
         <v>51</v>
       </c>
       <c r="B33" t="s">
-        <v>207</v>
+        <v>165</v>
       </c>
       <c r="D33" t="s">
-        <v>296</v>
+        <v>229</v>
       </c>
       <c r="E33" t="s">
-        <v>306</v>
+        <v>263</v>
       </c>
       <c r="F33" t="s">
-        <v>425</v>
+        <v>335</v>
       </c>
       <c r="G33" t="s">
-        <v>488</v>
+        <v>362</v>
       </c>
       <c r="H33" t="s">
-        <v>617</v>
+        <v>491</v>
       </c>
       <c r="I33" t="s">
-        <v>718</v>
+        <v>567</v>
       </c>
       <c r="J33" t="s">
-        <v>816</v>
+        <v>634</v>
       </c>
       <c r="K33" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L33" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M33" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N33" t="s">
-        <v>857</v>
+        <v>674</v>
       </c>
       <c r="P33" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-        <v>969</v>
+        <v>693</v>
+      </c>
+      <c r="S33" t="s">
+        <v>810</v>
       </c>
       <c r="T33" t="s">
-        <v>1105</v>
+        <v>881</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" t="s">
         <v>52</v>
       </c>
       <c r="B34" t="s">
-        <v>208</v>
+        <v>166</v>
       </c>
       <c r="D34" t="s">
-        <v>297</v>
+        <v>229</v>
       </c>
       <c r="E34" t="s">
-        <v>322</v>
+        <v>254</v>
       </c>
       <c r="F34" t="s">
-        <v>425</v>
+        <v>325</v>
       </c>
       <c r="G34" t="s">
-        <v>489</v>
+        <v>387</v>
       </c>
       <c r="H34" t="s">
-        <v>489</v>
+        <v>387</v>
       </c>
       <c r="I34" t="s">
-        <v>719</v>
+        <v>570</v>
       </c>
       <c r="J34" t="s">
-        <v>809</v>
+        <v>638</v>
       </c>
       <c r="K34" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L34" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M34" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N34" t="s">
-        <v>858</v>
+        <v>677</v>
       </c>
       <c r="P34" t="s">
-        <v>891</v>
-[...2 lines deleted...]
-        <v>975</v>
+        <v>705</v>
       </c>
       <c r="S34" t="s">
-        <v>1018</v>
+        <v>811</v>
       </c>
       <c r="T34" t="s">
-        <v>1106</v>
+        <v>882</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" t="s">
         <v>53</v>
       </c>
       <c r="B35" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="D35" t="s">
-        <v>287</v>
+        <v>229</v>
       </c>
       <c r="E35" t="s">
-        <v>310</v>
+        <v>254</v>
       </c>
       <c r="F35" t="s">
-        <v>409</v>
+        <v>325</v>
       </c>
       <c r="G35" t="s">
-        <v>490</v>
+        <v>388</v>
       </c>
       <c r="H35" t="s">
-        <v>618</v>
+        <v>388</v>
       </c>
       <c r="I35" t="s">
-        <v>720</v>
+        <v>571</v>
       </c>
       <c r="J35" t="s">
-        <v>803</v>
+        <v>638</v>
       </c>
       <c r="K35" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L35" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M35" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N35" t="s">
-        <v>852</v>
+        <v>674</v>
       </c>
       <c r="P35" t="s">
-        <v>882</v>
+        <v>704</v>
+      </c>
+      <c r="S35" t="s">
+        <v>812</v>
       </c>
       <c r="T35" t="s">
-        <v>1107</v>
+        <v>883</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" t="s">
         <v>54</v>
       </c>
       <c r="B36" t="s">
-        <v>210</v>
+        <v>162</v>
       </c>
       <c r="D36" t="s">
-        <v>287</v>
+        <v>229</v>
       </c>
       <c r="E36" t="s">
-        <v>334</v>
+        <v>264</v>
       </c>
       <c r="F36" t="s">
-        <v>409</v>
+        <v>325</v>
       </c>
       <c r="G36" t="s">
-        <v>491</v>
+        <v>389</v>
       </c>
       <c r="H36" t="s">
-        <v>619</v>
+        <v>492</v>
       </c>
       <c r="I36" t="s">
-        <v>721</v>
+        <v>572</v>
       </c>
       <c r="J36" t="s">
-        <v>699</v>
+        <v>638</v>
       </c>
       <c r="K36" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L36" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M36" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N36" t="s">
-        <v>855</v>
+        <v>677</v>
       </c>
       <c r="P36" t="s">
-        <v>882</v>
+        <v>704</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>755</v>
+      </c>
+      <c r="S36" t="s">
+        <v>813</v>
       </c>
       <c r="T36" t="s">
-        <v>1108</v>
+        <v>884</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="D37" t="s">
-        <v>288</v>
+        <v>226</v>
       </c>
       <c r="E37" t="s">
-        <v>335</v>
+        <v>265</v>
       </c>
       <c r="F37" t="s">
-        <v>411</v>
+        <v>324</v>
       </c>
       <c r="G37" t="s">
-        <v>492</v>
+        <v>390</v>
       </c>
       <c r="H37" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="I37" t="s">
-        <v>722</v>
+        <v>573</v>
       </c>
       <c r="J37" t="s">
-        <v>722</v>
+        <v>641</v>
       </c>
       <c r="K37" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L37" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M37" t="s">
-        <v>848</v>
+        <v>672</v>
       </c>
       <c r="N37" t="s">
-        <v>851</v>
+        <v>681</v>
       </c>
       <c r="P37" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-        <v>1019</v>
+        <v>706</v>
+      </c>
+      <c r="R37" t="s">
+        <v>771</v>
       </c>
       <c r="T37" t="s">
-        <v>1109</v>
+        <v>885</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" t="s">
         <v>56</v>
       </c>
       <c r="B38" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="D38" t="s">
-        <v>289</v>
+        <v>231</v>
       </c>
       <c r="E38" t="s">
-        <v>313</v>
+        <v>266</v>
       </c>
       <c r="F38" t="s">
-        <v>426</v>
+        <v>336</v>
       </c>
       <c r="G38" t="s">
-        <v>479</v>
+        <v>391</v>
       </c>
       <c r="H38" t="s">
-        <v>620</v>
+        <v>391</v>
       </c>
       <c r="I38" t="s">
-        <v>720</v>
+        <v>574</v>
       </c>
       <c r="J38" t="s">
-        <v>817</v>
+        <v>642</v>
       </c>
       <c r="K38" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L38" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M38" t="s">
-        <v>849</v>
+        <v>672</v>
       </c>
       <c r="N38" t="s">
-        <v>852</v>
+        <v>679</v>
       </c>
       <c r="P38" t="s">
-        <v>882</v>
+        <v>707</v>
+      </c>
+      <c r="S38" t="s">
+        <v>814</v>
       </c>
       <c r="T38" t="s">
-        <v>1110</v>
+        <v>886</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" t="s">
         <v>57</v>
       </c>
       <c r="B39" t="s">
-        <v>213</v>
+        <v>170</v>
       </c>
       <c r="D39" t="s">
-        <v>287</v>
+        <v>231</v>
       </c>
       <c r="E39" t="s">
+        <v>266</v>
+      </c>
+      <c r="F39" t="s">
         <v>336</v>
       </c>
-      <c r="F39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" t="s">
-        <v>493</v>
+        <v>392</v>
       </c>
       <c r="H39" t="s">
-        <v>614</v>
+        <v>397</v>
       </c>
       <c r="I39" t="s">
-        <v>721</v>
+        <v>575</v>
       </c>
       <c r="J39" t="s">
-        <v>700</v>
+        <v>642</v>
       </c>
       <c r="K39" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L39" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M39" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N39" t="s">
-        <v>852</v>
+        <v>679</v>
       </c>
       <c r="P39" t="s">
-        <v>882</v>
+        <v>708</v>
+      </c>
+      <c r="S39" t="s">
+        <v>814</v>
       </c>
       <c r="T39" t="s">
-        <v>1111</v>
+        <v>887</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" t="s">
         <v>58</v>
       </c>
       <c r="B40" t="s">
-        <v>214</v>
+        <v>170</v>
       </c>
       <c r="D40" t="s">
-        <v>287</v>
+        <v>231</v>
       </c>
       <c r="E40" t="s">
-        <v>306</v>
+        <v>266</v>
       </c>
       <c r="F40" t="s">
-        <v>409</v>
+        <v>336</v>
       </c>
       <c r="G40" t="s">
+        <v>393</v>
+      </c>
+      <c r="H40" t="s">
         <v>494</v>
       </c>
-      <c r="H40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I40" t="s">
-        <v>723</v>
+        <v>575</v>
       </c>
       <c r="J40" t="s">
-        <v>818</v>
+        <v>642</v>
       </c>
       <c r="K40" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L40" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M40" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N40" t="s">
-        <v>852</v>
+        <v>679</v>
       </c>
       <c r="P40" t="s">
-        <v>893</v>
+        <v>708</v>
       </c>
       <c r="S40" t="s">
-        <v>1020</v>
+        <v>814</v>
+      </c>
+      <c r="T40" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" t="s">
         <v>59</v>
       </c>
       <c r="B41" t="s">
-        <v>215</v>
+        <v>171</v>
       </c>
       <c r="D41" t="s">
-        <v>298</v>
+        <v>231</v>
       </c>
       <c r="E41" t="s">
-        <v>337</v>
+        <v>267</v>
       </c>
       <c r="F41" t="s">
-        <v>421</v>
+        <v>336</v>
       </c>
       <c r="G41" t="s">
-        <v>495</v>
+        <v>394</v>
       </c>
       <c r="H41" t="s">
-        <v>495</v>
+        <v>392</v>
       </c>
       <c r="I41" t="s">
-        <v>724</v>
+        <v>576</v>
       </c>
       <c r="J41" t="s">
-        <v>819</v>
+        <v>643</v>
       </c>
       <c r="K41" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L41" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M41" t="s">
-        <v>849</v>
+        <v>672</v>
       </c>
       <c r="N41" t="s">
-        <v>852</v>
+        <v>679</v>
       </c>
       <c r="P41" t="s">
-        <v>894</v>
-[...2 lines deleted...]
-        <v>976</v>
+        <v>707</v>
       </c>
       <c r="S41" t="s">
-        <v>1021</v>
+        <v>815</v>
       </c>
       <c r="T41" t="s">
-        <v>1112</v>
+        <v>889</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" t="s">
         <v>60</v>
       </c>
       <c r="B42" t="s">
-        <v>216</v>
+        <v>169</v>
       </c>
       <c r="D42" t="s">
-        <v>287</v>
+        <v>231</v>
       </c>
       <c r="E42" t="s">
-        <v>322</v>
+        <v>268</v>
       </c>
       <c r="F42" t="s">
-        <v>415</v>
+        <v>336</v>
       </c>
       <c r="G42" t="s">
-        <v>496</v>
+        <v>395</v>
       </c>
       <c r="H42" t="s">
-        <v>496</v>
+        <v>395</v>
       </c>
       <c r="I42" t="s">
-        <v>725</v>
+        <v>577</v>
       </c>
       <c r="J42" t="s">
-        <v>698</v>
+        <v>642</v>
       </c>
       <c r="K42" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L42" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M42" t="s">
-        <v>847</v>
+        <v>671</v>
       </c>
       <c r="N42" t="s">
-        <v>852</v>
+        <v>679</v>
+      </c>
+      <c r="O42" t="s">
+        <v>683</v>
       </c>
       <c r="P42" t="s">
-        <v>891</v>
+        <v>691</v>
+      </c>
+      <c r="S42" t="s">
+        <v>814</v>
       </c>
       <c r="T42" t="s">
-        <v>1113</v>
+        <v>890</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" t="s">
         <v>61</v>
       </c>
       <c r="B43" t="s">
-        <v>217</v>
+        <v>145</v>
       </c>
       <c r="D43" t="s">
-        <v>297</v>
+        <v>231</v>
       </c>
       <c r="E43" t="s">
-        <v>338</v>
+        <v>269</v>
       </c>
       <c r="F43" t="s">
-        <v>425</v>
+        <v>336</v>
       </c>
       <c r="G43" t="s">
-        <v>497</v>
+        <v>396</v>
       </c>
       <c r="H43" t="s">
-        <v>622</v>
+        <v>414</v>
       </c>
       <c r="I43" t="s">
-        <v>726</v>
+        <v>578</v>
       </c>
       <c r="J43" t="s">
-        <v>699</v>
+        <v>642</v>
       </c>
       <c r="K43" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L43" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M43" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N43" t="s">
-        <v>858</v>
+        <v>679</v>
       </c>
       <c r="P43" t="s">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>977</v>
+        <v>691</v>
+      </c>
+      <c r="S43" t="s">
+        <v>816</v>
       </c>
       <c r="T43" t="s">
-        <v>1114</v>
+        <v>891</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" t="s">
         <v>62</v>
       </c>
       <c r="B44" t="s">
-        <v>186</v>
+        <v>145</v>
       </c>
       <c r="D44" t="s">
-        <v>288</v>
+        <v>231</v>
       </c>
       <c r="E44" t="s">
-        <v>339</v>
+        <v>266</v>
       </c>
       <c r="F44" t="s">
-        <v>411</v>
+        <v>336</v>
       </c>
       <c r="G44" t="s">
-        <v>498</v>
+        <v>397</v>
       </c>
       <c r="H44" t="s">
-        <v>623</v>
+        <v>494</v>
       </c>
       <c r="I44" t="s">
-        <v>727</v>
+        <v>579</v>
       </c>
       <c r="J44" t="s">
-        <v>809</v>
+        <v>642</v>
       </c>
       <c r="K44" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L44" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M44" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N44" t="s">
-        <v>851</v>
+        <v>679</v>
       </c>
       <c r="P44" t="s">
-        <v>896</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>691</v>
       </c>
       <c r="S44" t="s">
-        <v>1022</v>
+        <v>817</v>
       </c>
       <c r="T44" t="s">
-        <v>1115</v>
+        <v>892</v>
       </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" t="s">
         <v>63</v>
       </c>
       <c r="B45" t="s">
-        <v>218</v>
+        <v>172</v>
       </c>
       <c r="D45" t="s">
-        <v>299</v>
+        <v>231</v>
       </c>
       <c r="E45" t="s">
-        <v>328</v>
+        <v>270</v>
       </c>
       <c r="F45" t="s">
-        <v>427</v>
+        <v>336</v>
       </c>
       <c r="G45" t="s">
-        <v>479</v>
+        <v>398</v>
       </c>
       <c r="H45" t="s">
-        <v>479</v>
+        <v>495</v>
       </c>
       <c r="I45" t="s">
-        <v>728</v>
+        <v>559</v>
       </c>
       <c r="J45" t="s">
-        <v>820</v>
+        <v>642</v>
       </c>
       <c r="K45" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L45" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M45" t="s">
-        <v>849</v>
+        <v>672</v>
       </c>
       <c r="N45" t="s">
-        <v>856</v>
+        <v>679</v>
       </c>
       <c r="P45" t="s">
-        <v>877</v>
+        <v>707</v>
       </c>
       <c r="S45" t="s">
-        <v>1023</v>
+        <v>814</v>
       </c>
       <c r="T45" t="s">
-        <v>1116</v>
+        <v>893</v>
       </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" t="s">
         <v>64</v>
       </c>
       <c r="B46" t="s">
-        <v>217</v>
+        <v>173</v>
       </c>
       <c r="D46" t="s">
-        <v>297</v>
+        <v>231</v>
       </c>
       <c r="E46" t="s">
-        <v>340</v>
+        <v>271</v>
       </c>
       <c r="F46" t="s">
-        <v>425</v>
+        <v>337</v>
       </c>
       <c r="G46" t="s">
-        <v>461</v>
+        <v>399</v>
       </c>
       <c r="H46" t="s">
-        <v>624</v>
+        <v>496</v>
       </c>
       <c r="I46" t="s">
-        <v>719</v>
+        <v>580</v>
       </c>
       <c r="J46" t="s">
-        <v>809</v>
+        <v>642</v>
       </c>
       <c r="K46" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L46" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M46" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N46" t="s">
-        <v>858</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>677</v>
       </c>
       <c r="P46" t="s">
-        <v>895</v>
+        <v>709</v>
+      </c>
+      <c r="R46" t="s">
+        <v>772</v>
       </c>
       <c r="S46" t="s">
-        <v>1024</v>
+        <v>814</v>
       </c>
       <c r="T46" t="s">
-        <v>1117</v>
+        <v>894</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" t="s">
         <v>65</v>
       </c>
       <c r="B47" t="s">
-        <v>219</v>
+        <v>173</v>
       </c>
       <c r="D47" t="s">
-        <v>296</v>
+        <v>231</v>
       </c>
       <c r="E47" t="s">
-        <v>341</v>
+        <v>272</v>
       </c>
       <c r="F47" t="s">
-        <v>425</v>
+        <v>337</v>
       </c>
       <c r="G47" t="s">
-        <v>499</v>
+        <v>400</v>
       </c>
       <c r="H47" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="I47" t="s">
-        <v>729</v>
+        <v>581</v>
       </c>
       <c r="J47" t="s">
-        <v>821</v>
+        <v>642</v>
       </c>
       <c r="K47" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L47" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M47" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N47" t="s">
-        <v>858</v>
+        <v>677</v>
       </c>
       <c r="P47" t="s">
-        <v>897</v>
+        <v>710</v>
       </c>
       <c r="R47" t="s">
-        <v>979</v>
+        <v>772</v>
       </c>
       <c r="S47" t="s">
-        <v>1025</v>
+        <v>814</v>
       </c>
       <c r="T47" t="s">
-        <v>1118</v>
+        <v>894</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>220</v>
+        <v>174</v>
       </c>
       <c r="D48" t="s">
-        <v>299</v>
+        <v>228</v>
       </c>
       <c r="E48" t="s">
-        <v>342</v>
+        <v>273</v>
       </c>
       <c r="F48" t="s">
-        <v>428</v>
+        <v>338</v>
       </c>
       <c r="G48" t="s">
-        <v>500</v>
+        <v>362</v>
       </c>
       <c r="H48" t="s">
-        <v>625</v>
+        <v>362</v>
       </c>
       <c r="I48" t="s">
-        <v>730</v>
+        <v>582</v>
       </c>
       <c r="J48" t="s">
-        <v>822</v>
+        <v>644</v>
       </c>
       <c r="K48" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L48" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M48" t="s">
-        <v>847</v>
+        <v>671</v>
       </c>
       <c r="N48" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>1026</v>
+        <v>680</v>
+      </c>
+      <c r="P48" t="s">
+        <v>711</v>
       </c>
       <c r="T48" t="s">
-        <v>1119</v>
+        <v>895</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" t="s">
         <v>67</v>
       </c>
       <c r="B49" t="s">
-        <v>221</v>
+        <v>175</v>
       </c>
       <c r="D49" t="s">
-        <v>300</v>
+        <v>226</v>
       </c>
       <c r="E49" t="s">
-        <v>343</v>
+        <v>243</v>
       </c>
       <c r="F49" t="s">
-        <v>429</v>
+        <v>339</v>
       </c>
       <c r="G49" t="s">
-        <v>501</v>
+        <v>401</v>
       </c>
       <c r="H49" t="s">
-        <v>626</v>
+        <v>401</v>
       </c>
       <c r="I49" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-        <v>698</v>
+        <v>583</v>
       </c>
       <c r="K49" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L49" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M49" t="s">
-        <v>847</v>
+        <v>671</v>
       </c>
       <c r="N49" t="s">
-        <v>853</v>
+        <v>681</v>
       </c>
       <c r="P49" t="s">
-        <v>877</v>
+        <v>712</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>756</v>
+      </c>
+      <c r="R49" t="s">
+        <v>773</v>
       </c>
       <c r="S49" t="s">
-        <v>1027</v>
+        <v>818</v>
       </c>
       <c r="T49" t="s">
-        <v>1120</v>
+        <v>896</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" t="s">
         <v>68</v>
       </c>
       <c r="B50" t="s">
-        <v>222</v>
+        <v>176</v>
       </c>
       <c r="D50" t="s">
-        <v>290</v>
+        <v>228</v>
       </c>
       <c r="E50" t="s">
-        <v>344</v>
+        <v>274</v>
       </c>
       <c r="F50" t="s">
-        <v>413</v>
+        <v>337</v>
       </c>
       <c r="G50" t="s">
-        <v>502</v>
+        <v>402</v>
       </c>
       <c r="H50" t="s">
-        <v>627</v>
+        <v>402</v>
       </c>
       <c r="I50" t="s">
-        <v>732</v>
+        <v>584</v>
       </c>
       <c r="J50" t="s">
-        <v>811</v>
+        <v>638</v>
       </c>
       <c r="K50" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L50" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M50" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N50" t="s">
-        <v>851</v>
+        <v>681</v>
       </c>
       <c r="P50" t="s">
-        <v>898</v>
+        <v>713</v>
       </c>
       <c r="R50" t="s">
-        <v>980</v>
+        <v>774</v>
       </c>
       <c r="T50" t="s">
-        <v>1121</v>
+        <v>897</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" t="s">
         <v>69</v>
       </c>
       <c r="B51" t="s">
-        <v>223</v>
+        <v>177</v>
       </c>
       <c r="D51" t="s">
-        <v>291</v>
+        <v>229</v>
       </c>
       <c r="E51" t="s">
-        <v>321</v>
+        <v>275</v>
       </c>
       <c r="F51" t="s">
-        <v>430</v>
+        <v>332</v>
       </c>
       <c r="G51" t="s">
-        <v>503</v>
+        <v>403</v>
       </c>
       <c r="H51" t="s">
-        <v>503</v>
+        <v>403</v>
       </c>
       <c r="I51" t="s">
-        <v>705</v>
+        <v>585</v>
       </c>
       <c r="J51" t="s">
-        <v>823</v>
+        <v>641</v>
       </c>
       <c r="K51" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L51" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M51" t="s">
-        <v>848</v>
+        <v>670</v>
       </c>
       <c r="N51" t="s">
-        <v>852</v>
+        <v>677</v>
       </c>
       <c r="P51" t="s">
-        <v>899</v>
+        <v>689</v>
       </c>
       <c r="Q51" t="s">
-        <v>958</v>
-[...2 lines deleted...]
-        <v>958</v>
+        <v>757</v>
+      </c>
+      <c r="S51" t="s">
+        <v>819</v>
       </c>
       <c r="T51" t="s">
-        <v>1122</v>
+        <v>898</v>
       </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" t="s">
         <v>70</v>
       </c>
       <c r="B52" t="s">
-        <v>224</v>
+        <v>178</v>
       </c>
       <c r="D52" t="s">
-        <v>301</v>
+        <v>228</v>
       </c>
       <c r="E52" t="s">
-        <v>329</v>
+        <v>274</v>
       </c>
       <c r="F52" t="s">
-        <v>431</v>
+        <v>337</v>
       </c>
       <c r="G52" t="s">
-        <v>504</v>
+        <v>404</v>
       </c>
       <c r="H52" t="s">
-        <v>504</v>
+        <v>404</v>
       </c>
       <c r="I52" t="s">
-        <v>733</v>
+        <v>586</v>
+      </c>
+      <c r="J52" t="s">
+        <v>638</v>
       </c>
       <c r="K52" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L52" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M52" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N52" t="s">
-        <v>851</v>
+        <v>674</v>
       </c>
       <c r="P52" t="s">
-        <v>900</v>
+        <v>701</v>
+      </c>
+      <c r="R52" t="s">
+        <v>775</v>
+      </c>
+      <c r="S52" t="s">
+        <v>820</v>
       </c>
       <c r="T52" t="s">
-        <v>1123</v>
+        <v>899</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" t="s">
         <v>71</v>
       </c>
       <c r="B53" t="s">
-        <v>225</v>
+        <v>178</v>
       </c>
       <c r="D53" t="s">
-        <v>301</v>
+        <v>228</v>
       </c>
       <c r="E53" t="s">
-        <v>345</v>
+        <v>274</v>
       </c>
       <c r="F53" t="s">
-        <v>431</v>
+        <v>337</v>
       </c>
       <c r="G53" t="s">
-        <v>505</v>
+        <v>405</v>
       </c>
       <c r="H53" t="s">
-        <v>518</v>
+        <v>405</v>
       </c>
       <c r="I53" t="s">
-        <v>734</v>
+        <v>587</v>
       </c>
       <c r="J53" t="s">
-        <v>824</v>
+        <v>638</v>
       </c>
       <c r="K53" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L53" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M53" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N53" t="s">
-        <v>851</v>
+        <v>681</v>
       </c>
       <c r="P53" t="s">
+        <v>713</v>
+      </c>
+      <c r="S53" t="s">
+        <v>821</v>
+      </c>
+      <c r="T53" t="s">
         <v>900</v>
-      </c>
-[...4 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" t="s">
         <v>72</v>
       </c>
       <c r="B54" t="s">
-        <v>226</v>
+        <v>179</v>
       </c>
       <c r="D54" t="s">
-        <v>299</v>
+        <v>228</v>
       </c>
       <c r="E54" t="s">
-        <v>328</v>
+        <v>274</v>
       </c>
       <c r="F54" t="s">
-        <v>432</v>
+        <v>337</v>
       </c>
       <c r="G54" t="s">
-        <v>479</v>
+        <v>406</v>
       </c>
       <c r="H54" t="s">
-        <v>479</v>
+        <v>498</v>
       </c>
       <c r="I54" t="s">
-        <v>735</v>
+        <v>588</v>
       </c>
       <c r="J54" t="s">
-        <v>825</v>
+        <v>638</v>
       </c>
       <c r="K54" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L54" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M54" t="s">
-        <v>849</v>
+        <v>670</v>
       </c>
       <c r="N54" t="s">
-        <v>856</v>
+        <v>681</v>
       </c>
       <c r="P54" t="s">
-        <v>888</v>
+        <v>714</v>
       </c>
       <c r="R54" t="s">
-        <v>982</v>
+        <v>776</v>
+      </c>
+      <c r="S54" t="s">
+        <v>822</v>
       </c>
       <c r="T54" t="s">
-        <v>1125</v>
+        <v>901</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" t="s">
         <v>73</v>
       </c>
       <c r="B55" t="s">
-        <v>227</v>
+        <v>178</v>
       </c>
       <c r="D55" t="s">
-        <v>302</v>
+        <v>228</v>
       </c>
       <c r="E55" t="s">
-        <v>346</v>
+        <v>276</v>
       </c>
       <c r="F55" t="s">
-        <v>433</v>
+        <v>337</v>
       </c>
       <c r="G55" t="s">
-        <v>506</v>
+        <v>407</v>
       </c>
       <c r="H55" t="s">
-        <v>628</v>
+        <v>407</v>
       </c>
       <c r="I55" t="s">
-        <v>736</v>
+        <v>550</v>
+      </c>
+      <c r="J55" t="s">
+        <v>638</v>
       </c>
       <c r="K55" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L55" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M55" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N55" t="s">
-        <v>855</v>
+        <v>674</v>
       </c>
       <c r="P55" t="s">
-        <v>901</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>715</v>
+      </c>
+      <c r="S55" t="s">
+        <v>823</v>
       </c>
       <c r="T55" t="s">
-        <v>1126</v>
+        <v>902</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" t="s">
         <v>74</v>
       </c>
       <c r="B56" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="D56" t="s">
-        <v>294</v>
+        <v>224</v>
       </c>
       <c r="E56" t="s">
-        <v>347</v>
+        <v>243</v>
       </c>
       <c r="F56" t="s">
-        <v>434</v>
+        <v>321</v>
       </c>
       <c r="G56" t="s">
-        <v>479</v>
+        <v>408</v>
       </c>
       <c r="H56" t="s">
-        <v>629</v>
+        <v>499</v>
       </c>
       <c r="I56" t="s">
-        <v>737</v>
+        <v>589</v>
       </c>
       <c r="J56" t="s">
-        <v>712</v>
+        <v>645</v>
       </c>
       <c r="K56" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L56" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M56" t="s">
-        <v>848</v>
+        <v>672</v>
       </c>
       <c r="N56" t="s">
-        <v>855</v>
+        <v>675</v>
       </c>
       <c r="P56" t="s">
-        <v>902</v>
-[...2 lines deleted...]
-        <v>959</v>
+        <v>716</v>
+      </c>
+      <c r="R56" t="s">
+        <v>777</v>
       </c>
       <c r="S56" t="s">
-        <v>1028</v>
+        <v>824</v>
       </c>
       <c r="T56" t="s">
-        <v>1127</v>
+        <v>903</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" t="s">
         <v>75</v>
       </c>
       <c r="B57" t="s">
-        <v>228</v>
+        <v>181</v>
       </c>
       <c r="D57" t="s">
-        <v>295</v>
+        <v>232</v>
       </c>
       <c r="E57" t="s">
-        <v>348</v>
+        <v>277</v>
       </c>
       <c r="F57" t="s">
-        <v>435</v>
+        <v>322</v>
       </c>
       <c r="G57" t="s">
-        <v>479</v>
+        <v>409</v>
       </c>
       <c r="H57" t="s">
-        <v>630</v>
+        <v>409</v>
       </c>
       <c r="I57" t="s">
-        <v>738</v>
+        <v>590</v>
+      </c>
+      <c r="J57" t="s">
+        <v>646</v>
       </c>
       <c r="K57" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L57" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M57" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N57" t="s">
-        <v>855</v>
+        <v>679</v>
+      </c>
+      <c r="O57" t="s">
+        <v>684</v>
       </c>
       <c r="P57" t="s">
-        <v>903</v>
-[...2 lines deleted...]
-        <v>984</v>
+        <v>708</v>
       </c>
       <c r="S57" t="s">
-        <v>1029</v>
+        <v>825</v>
       </c>
       <c r="T57" t="s">
-        <v>1128</v>
+        <v>904</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" t="s">
         <v>76</v>
       </c>
       <c r="B58" t="s">
-        <v>229</v>
+        <v>173</v>
       </c>
       <c r="D58" t="s">
-        <v>291</v>
+        <v>232</v>
       </c>
       <c r="E58" t="s">
-        <v>349</v>
+        <v>278</v>
       </c>
       <c r="F58" t="s">
-        <v>414</v>
+        <v>340</v>
       </c>
       <c r="G58" t="s">
-        <v>507</v>
+        <v>410</v>
       </c>
       <c r="H58" t="s">
-        <v>631</v>
+        <v>500</v>
       </c>
       <c r="I58" t="s">
-        <v>739</v>
+        <v>584</v>
       </c>
       <c r="J58" t="s">
+        <v>641</v>
+      </c>
+      <c r="K58" t="s">
+        <v>668</v>
+      </c>
+      <c r="L58" t="s">
+        <v>669</v>
+      </c>
+      <c r="M58" t="s">
+        <v>672</v>
+      </c>
+      <c r="N58" t="s">
+        <v>679</v>
+      </c>
+      <c r="P58" t="s">
+        <v>717</v>
+      </c>
+      <c r="R58" t="s">
+        <v>778</v>
+      </c>
+      <c r="S58" t="s">
         <v>826</v>
       </c>
-      <c r="K58" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="T58" t="s">
-        <v>1129</v>
+        <v>905</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" t="s">
         <v>77</v>
       </c>
       <c r="B59" t="s">
-        <v>230</v>
+        <v>173</v>
       </c>
       <c r="D59" t="s">
-        <v>294</v>
+        <v>232</v>
       </c>
       <c r="E59" t="s">
-        <v>347</v>
+        <v>279</v>
       </c>
       <c r="F59" t="s">
-        <v>422</v>
+        <v>322</v>
       </c>
       <c r="G59" t="s">
-        <v>508</v>
+        <v>411</v>
       </c>
       <c r="H59" t="s">
-        <v>632</v>
+        <v>501</v>
       </c>
       <c r="I59" t="s">
-        <v>740</v>
+        <v>591</v>
       </c>
       <c r="J59" t="s">
-        <v>803</v>
+        <v>647</v>
       </c>
       <c r="K59" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L59" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M59" t="s">
-        <v>848</v>
+        <v>672</v>
       </c>
       <c r="N59" t="s">
-        <v>855</v>
+        <v>679</v>
       </c>
       <c r="P59" t="s">
-        <v>884</v>
+        <v>707</v>
+      </c>
+      <c r="S59" t="s">
+        <v>827</v>
       </c>
       <c r="T59" t="s">
-        <v>1130</v>
+        <v>906</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" t="s">
         <v>78</v>
       </c>
       <c r="B60" t="s">
-        <v>231</v>
+        <v>182</v>
       </c>
       <c r="D60" t="s">
-        <v>289</v>
+        <v>229</v>
       </c>
       <c r="E60" t="s">
-        <v>350</v>
+        <v>254</v>
       </c>
       <c r="F60" t="s">
-        <v>436</v>
+        <v>325</v>
       </c>
       <c r="G60" t="s">
-        <v>509</v>
+        <v>412</v>
       </c>
       <c r="H60" t="s">
-        <v>633</v>
+        <v>412</v>
       </c>
       <c r="I60" t="s">
-        <v>741</v>
+        <v>592</v>
       </c>
       <c r="J60" t="s">
-        <v>826</v>
+        <v>648</v>
       </c>
       <c r="K60" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L60" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M60" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N60" t="s">
-        <v>853</v>
+        <v>674</v>
       </c>
       <c r="P60" t="s">
-        <v>905</v>
-[...5 lines deleted...]
-        <v>1131</v>
+        <v>718</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" t="s">
         <v>79</v>
       </c>
       <c r="B61" t="s">
-        <v>232</v>
+        <v>173</v>
       </c>
       <c r="D61" t="s">
-        <v>291</v>
+        <v>225</v>
       </c>
       <c r="E61" t="s">
-        <v>351</v>
+        <v>249</v>
       </c>
       <c r="F61" t="s">
-        <v>415</v>
+        <v>341</v>
       </c>
       <c r="G61" t="s">
-        <v>510</v>
+        <v>362</v>
       </c>
       <c r="H61" t="s">
-        <v>510</v>
+        <v>362</v>
       </c>
       <c r="I61" t="s">
-        <v>742</v>
+        <v>593</v>
       </c>
       <c r="J61" t="s">
-        <v>811</v>
+        <v>644</v>
       </c>
       <c r="K61" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L61" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M61" t="s">
-        <v>849</v>
+        <v>671</v>
       </c>
       <c r="N61" t="s">
-        <v>850</v>
+        <v>680</v>
       </c>
       <c r="P61" t="s">
-        <v>906</v>
-[...2 lines deleted...]
-        <v>1032</v>
+        <v>719</v>
       </c>
       <c r="T61" t="s">
-        <v>1132</v>
+        <v>907</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" t="s">
         <v>80</v>
       </c>
       <c r="B62" t="s">
-        <v>233</v>
+        <v>183</v>
       </c>
       <c r="D62" t="s">
-        <v>291</v>
+        <v>231</v>
       </c>
       <c r="E62" t="s">
-        <v>352</v>
+        <v>280</v>
       </c>
       <c r="F62" t="s">
-        <v>415</v>
+        <v>342</v>
       </c>
       <c r="G62" t="s">
-        <v>511</v>
+        <v>413</v>
       </c>
       <c r="H62" t="s">
-        <v>634</v>
+        <v>502</v>
       </c>
       <c r="I62" t="s">
-        <v>743</v>
+        <v>594</v>
       </c>
       <c r="J62" t="s">
-        <v>811</v>
+        <v>649</v>
       </c>
       <c r="K62" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L62" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M62" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N62" t="s">
-        <v>852</v>
+        <v>673</v>
       </c>
       <c r="P62" t="s">
-        <v>907</v>
+        <v>691</v>
       </c>
       <c r="S62" t="s">
-        <v>1033</v>
+        <v>828</v>
       </c>
       <c r="T62" t="s">
-        <v>1133</v>
+        <v>908</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" t="s">
         <v>81</v>
       </c>
       <c r="B63" t="s">
-        <v>220</v>
+        <v>145</v>
       </c>
       <c r="D63" t="s">
-        <v>296</v>
+        <v>231</v>
       </c>
       <c r="E63" t="s">
-        <v>353</v>
+        <v>269</v>
       </c>
       <c r="F63" t="s">
-        <v>425</v>
+        <v>336</v>
       </c>
       <c r="G63" t="s">
-        <v>512</v>
+        <v>414</v>
       </c>
       <c r="H63" t="s">
-        <v>635</v>
+        <v>503</v>
       </c>
       <c r="I63" t="s">
-        <v>744</v>
+        <v>595</v>
       </c>
       <c r="J63" t="s">
-        <v>816</v>
+        <v>650</v>
       </c>
       <c r="K63" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L63" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M63" t="s">
-        <v>849</v>
+        <v>672</v>
       </c>
       <c r="N63" t="s">
-        <v>857</v>
+        <v>679</v>
       </c>
       <c r="P63" t="s">
-        <v>884</v>
+        <v>691</v>
+      </c>
+      <c r="S63" t="s">
+        <v>829</v>
       </c>
       <c r="T63" t="s">
-        <v>1134</v>
+        <v>909</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" t="s">
         <v>82</v>
       </c>
       <c r="B64" t="s">
-        <v>234</v>
+        <v>184</v>
       </c>
       <c r="D64" t="s">
-        <v>303</v>
+        <v>231</v>
       </c>
       <c r="E64" t="s">
-        <v>354</v>
+        <v>269</v>
       </c>
       <c r="F64" t="s">
-        <v>437</v>
+        <v>336</v>
       </c>
       <c r="G64" t="s">
-        <v>479</v>
+        <v>414</v>
       </c>
       <c r="H64" t="s">
-        <v>479</v>
+        <v>503</v>
       </c>
       <c r="I64" t="s">
-        <v>745</v>
+        <v>595</v>
       </c>
       <c r="J64" t="s">
-        <v>809</v>
+        <v>650</v>
       </c>
       <c r="K64" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L64" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M64" t="s">
-        <v>849</v>
+        <v>672</v>
       </c>
       <c r="N64" t="s">
-        <v>856</v>
+        <v>679</v>
       </c>
       <c r="P64" t="s">
-        <v>891</v>
+        <v>720</v>
       </c>
       <c r="R64" t="s">
-        <v>985</v>
+        <v>777</v>
       </c>
       <c r="S64" t="s">
-        <v>1034</v>
+        <v>830</v>
       </c>
       <c r="T64" t="s">
-        <v>1135</v>
+        <v>910</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" t="s">
         <v>83</v>
       </c>
       <c r="B65" t="s">
-        <v>235</v>
+        <v>185</v>
       </c>
       <c r="D65" t="s">
-        <v>304</v>
+        <v>229</v>
       </c>
       <c r="E65" t="s">
-        <v>355</v>
+        <v>281</v>
       </c>
       <c r="F65" t="s">
-        <v>438</v>
+        <v>330</v>
       </c>
       <c r="G65" t="s">
-        <v>513</v>
+        <v>415</v>
       </c>
       <c r="H65" t="s">
-        <v>513</v>
+        <v>504</v>
       </c>
       <c r="I65" t="s">
-        <v>746</v>
+        <v>571</v>
       </c>
       <c r="J65" t="s">
-        <v>816</v>
+        <v>651</v>
       </c>
       <c r="K65" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L65" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M65" t="s">
-        <v>848</v>
+        <v>670</v>
       </c>
       <c r="N65" t="s">
-        <v>855</v>
+        <v>676</v>
       </c>
       <c r="P65" t="s">
-        <v>908</v>
+        <v>721</v>
       </c>
       <c r="Q65" t="s">
-        <v>960</v>
+        <v>758</v>
       </c>
       <c r="R65" t="s">
-        <v>986</v>
+        <v>758</v>
       </c>
       <c r="S65" t="s">
-        <v>1035</v>
+        <v>831</v>
       </c>
       <c r="T65" t="s">
-        <v>1136</v>
+        <v>911</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" t="s">
         <v>84</v>
       </c>
       <c r="B66" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="D66" t="s">
-        <v>304</v>
+        <v>229</v>
       </c>
       <c r="E66" t="s">
-        <v>356</v>
+        <v>253</v>
       </c>
       <c r="F66" t="s">
-        <v>438</v>
+        <v>325</v>
       </c>
       <c r="G66" t="s">
-        <v>514</v>
+        <v>416</v>
       </c>
       <c r="H66" t="s">
-        <v>578</v>
+        <v>416</v>
       </c>
       <c r="I66" t="s">
-        <v>747</v>
+        <v>596</v>
       </c>
       <c r="J66" t="s">
-        <v>811</v>
+        <v>652</v>
       </c>
       <c r="K66" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L66" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M66" t="s">
-        <v>848</v>
+        <v>671</v>
       </c>
       <c r="N66" t="s">
-        <v>852</v>
+        <v>674</v>
       </c>
       <c r="P66" t="s">
-        <v>909</v>
+        <v>722</v>
       </c>
       <c r="S66" t="s">
-        <v>1036</v>
+        <v>832</v>
       </c>
       <c r="T66" t="s">
-        <v>1137</v>
+        <v>912</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" t="s">
         <v>85</v>
       </c>
       <c r="B67" t="s">
-        <v>237</v>
+        <v>187</v>
       </c>
       <c r="D67" t="s">
-        <v>304</v>
+        <v>229</v>
       </c>
       <c r="E67" t="s">
-        <v>355</v>
+        <v>263</v>
       </c>
       <c r="F67" t="s">
-        <v>438</v>
+        <v>335</v>
       </c>
       <c r="G67" t="s">
-        <v>515</v>
+        <v>417</v>
       </c>
       <c r="H67" t="s">
-        <v>515</v>
+        <v>417</v>
       </c>
       <c r="I67" t="s">
-        <v>748</v>
+        <v>597</v>
       </c>
       <c r="J67" t="s">
-        <v>811</v>
+        <v>549</v>
       </c>
       <c r="K67" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L67" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M67" t="s">
-        <v>848</v>
+        <v>670</v>
       </c>
       <c r="N67" t="s">
-        <v>852</v>
+        <v>674</v>
       </c>
       <c r="P67" t="s">
-        <v>910</v>
+        <v>723</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>759</v>
+      </c>
+      <c r="R67" t="s">
+        <v>759</v>
       </c>
       <c r="S67" t="s">
-        <v>1037</v>
+        <v>833</v>
       </c>
       <c r="T67" t="s">
-        <v>1138</v>
+        <v>913</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" t="s">
         <v>86</v>
       </c>
       <c r="B68" t="s">
-        <v>230</v>
+        <v>188</v>
       </c>
       <c r="D68" t="s">
-        <v>291</v>
+        <v>229</v>
       </c>
       <c r="E68" t="s">
-        <v>352</v>
+        <v>282</v>
       </c>
       <c r="F68" t="s">
-        <v>415</v>
+        <v>325</v>
       </c>
       <c r="G68" t="s">
-        <v>516</v>
+        <v>418</v>
       </c>
       <c r="H68" t="s">
-        <v>633</v>
+        <v>505</v>
       </c>
       <c r="I68" t="s">
-        <v>749</v>
+        <v>554</v>
       </c>
       <c r="J68" t="s">
-        <v>811</v>
+        <v>653</v>
       </c>
       <c r="K68" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L68" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M68" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N68" t="s">
-        <v>855</v>
+        <v>677</v>
       </c>
       <c r="P68" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>961</v>
+        <v>724</v>
+      </c>
+      <c r="S68" t="s">
+        <v>834</v>
       </c>
       <c r="T68" t="s">
-        <v>1139</v>
+        <v>914</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" t="s">
         <v>87</v>
       </c>
       <c r="B69" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D69" t="s">
-        <v>300</v>
+        <v>225</v>
       </c>
       <c r="E69" t="s">
-        <v>357</v>
+        <v>240</v>
       </c>
       <c r="F69" t="s">
-        <v>438</v>
+        <v>322</v>
       </c>
       <c r="G69" t="s">
-        <v>517</v>
+        <v>419</v>
       </c>
       <c r="H69" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-        <v>750</v>
+        <v>506</v>
       </c>
       <c r="J69" t="s">
-        <v>811</v>
+        <v>641</v>
       </c>
       <c r="K69" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L69" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M69" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N69" t="s">
-        <v>855</v>
+        <v>673</v>
       </c>
       <c r="P69" t="s">
-        <v>912</v>
-[...2 lines deleted...]
-        <v>987</v>
+        <v>725</v>
       </c>
       <c r="T69" t="s">
-        <v>1140</v>
+        <v>915</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" t="s">
         <v>88</v>
       </c>
       <c r="B70" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D70" t="s">
-        <v>300</v>
+        <v>228</v>
       </c>
       <c r="E70" t="s">
-        <v>358</v>
+        <v>283</v>
       </c>
       <c r="F70" t="s">
-        <v>438</v>
+        <v>337</v>
       </c>
       <c r="G70" t="s">
-        <v>518</v>
+        <v>420</v>
       </c>
       <c r="H70" t="s">
-        <v>637</v>
+        <v>507</v>
       </c>
       <c r="I70" t="s">
-        <v>751</v>
+        <v>598</v>
       </c>
       <c r="J70" t="s">
-        <v>811</v>
+        <v>632</v>
       </c>
       <c r="K70" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L70" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M70" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N70" t="s">
-        <v>855</v>
+        <v>674</v>
       </c>
       <c r="P70" t="s">
-        <v>913</v>
-[...2 lines deleted...]
-        <v>987</v>
+        <v>726</v>
+      </c>
+      <c r="S70" t="s">
+        <v>835</v>
       </c>
       <c r="T70" t="s">
-        <v>1140</v>
+        <v>916</v>
       </c>
     </row>
     <row r="71" spans="1:20">
       <c r="A71" t="s">
         <v>89</v>
       </c>
       <c r="B71" t="s">
-        <v>220</v>
+        <v>191</v>
       </c>
       <c r="D71" t="s">
-        <v>300</v>
+        <v>228</v>
       </c>
       <c r="E71" t="s">
-        <v>359</v>
+        <v>284</v>
       </c>
       <c r="F71" t="s">
-        <v>428</v>
+        <v>337</v>
       </c>
       <c r="G71" t="s">
-        <v>519</v>
+        <v>421</v>
       </c>
       <c r="H71" t="s">
-        <v>638</v>
+        <v>508</v>
       </c>
       <c r="I71" t="s">
-        <v>750</v>
+        <v>599</v>
       </c>
       <c r="J71" t="s">
-        <v>827</v>
+        <v>641</v>
       </c>
       <c r="K71" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L71" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M71" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N71" t="s">
-        <v>853</v>
+        <v>674</v>
+      </c>
+      <c r="O71" t="s">
+        <v>685</v>
       </c>
       <c r="P71" t="s">
-        <v>877</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>727</v>
       </c>
       <c r="T71" t="s">
-        <v>1141</v>
+        <v>917</v>
       </c>
     </row>
     <row r="72" spans="1:20">
       <c r="A72" t="s">
         <v>90</v>
       </c>
       <c r="B72" t="s">
-        <v>238</v>
+        <v>192</v>
       </c>
       <c r="D72" t="s">
-        <v>293</v>
+        <v>233</v>
       </c>
       <c r="E72" t="s">
-        <v>360</v>
+        <v>285</v>
       </c>
       <c r="F72" t="s">
-        <v>439</v>
+        <v>343</v>
       </c>
       <c r="G72" t="s">
-        <v>520</v>
+        <v>422</v>
       </c>
       <c r="H72" t="s">
-        <v>639</v>
+        <v>399</v>
       </c>
       <c r="I72" t="s">
-        <v>740</v>
+        <v>600</v>
       </c>
       <c r="J72" t="s">
-        <v>828</v>
+        <v>634</v>
       </c>
       <c r="K72" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L72" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M72" t="s">
-        <v>848</v>
+        <v>672</v>
       </c>
       <c r="N72" t="s">
-        <v>850</v>
+        <v>679</v>
       </c>
       <c r="P72" t="s">
-        <v>914</v>
+        <v>728</v>
       </c>
       <c r="R72" t="s">
-        <v>989</v>
+        <v>779</v>
       </c>
       <c r="T72" t="s">
-        <v>1142</v>
+        <v>918</v>
       </c>
     </row>
     <row r="73" spans="1:20">
       <c r="A73" t="s">
         <v>91</v>
       </c>
       <c r="B73" t="s">
-        <v>220</v>
+        <v>178</v>
       </c>
       <c r="D73" t="s">
-        <v>300</v>
+        <v>228</v>
       </c>
       <c r="E73" t="s">
-        <v>361</v>
+        <v>286</v>
       </c>
       <c r="F73" t="s">
-        <v>428</v>
+        <v>337</v>
       </c>
       <c r="G73" t="s">
-        <v>521</v>
+        <v>423</v>
       </c>
       <c r="H73" t="s">
-        <v>640</v>
+        <v>423</v>
       </c>
       <c r="I73" t="s">
-        <v>752</v>
+        <v>587</v>
       </c>
       <c r="J73" t="s">
-        <v>829</v>
+        <v>636</v>
       </c>
       <c r="K73" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L73" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M73" t="s">
-        <v>847</v>
+        <v>671</v>
       </c>
       <c r="N73" t="s">
-        <v>851</v>
+        <v>677</v>
       </c>
       <c r="P73" t="s">
-        <v>877</v>
+        <v>729</v>
       </c>
       <c r="S73" t="s">
-        <v>1038</v>
+        <v>836</v>
       </c>
       <c r="T73" t="s">
-        <v>1143</v>
+        <v>919</v>
       </c>
     </row>
     <row r="74" spans="1:20">
       <c r="A74" t="s">
         <v>92</v>
       </c>
       <c r="B74" t="s">
-        <v>228</v>
+        <v>193</v>
       </c>
       <c r="D74" t="s">
-        <v>295</v>
+        <v>227</v>
       </c>
       <c r="E74" t="s">
-        <v>348</v>
+        <v>250</v>
       </c>
       <c r="F74" t="s">
-        <v>440</v>
+        <v>321</v>
       </c>
       <c r="G74" t="s">
-        <v>522</v>
+        <v>424</v>
       </c>
       <c r="H74" t="s">
-        <v>641</v>
+        <v>424</v>
       </c>
       <c r="I74" t="s">
-        <v>738</v>
+        <v>565</v>
+      </c>
+      <c r="J74" t="s">
+        <v>652</v>
       </c>
       <c r="K74" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L74" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M74" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N74" t="s">
-        <v>853</v>
+        <v>678</v>
       </c>
       <c r="P74" t="s">
-        <v>903</v>
+        <v>730</v>
       </c>
       <c r="R74" t="s">
-        <v>990</v>
+        <v>780</v>
+      </c>
+      <c r="S74" t="s">
+        <v>837</v>
       </c>
       <c r="T74" t="s">
-        <v>1144</v>
+        <v>920</v>
       </c>
     </row>
     <row r="75" spans="1:20">
       <c r="A75" t="s">
         <v>93</v>
       </c>
       <c r="B75" t="s">
-        <v>239</v>
+        <v>194</v>
       </c>
       <c r="D75" t="s">
-        <v>293</v>
+        <v>230</v>
       </c>
       <c r="E75" t="s">
-        <v>360</v>
+        <v>287</v>
       </c>
       <c r="F75" t="s">
-        <v>439</v>
+        <v>344</v>
       </c>
       <c r="G75" t="s">
-        <v>523</v>
+        <v>425</v>
       </c>
       <c r="H75" t="s">
-        <v>642</v>
+        <v>425</v>
       </c>
       <c r="I75" t="s">
-        <v>740</v>
+        <v>601</v>
       </c>
       <c r="J75" t="s">
-        <v>828</v>
+        <v>638</v>
       </c>
       <c r="K75" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L75" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M75" t="s">
-        <v>849</v>
+        <v>672</v>
       </c>
       <c r="N75" t="s">
-        <v>850</v>
+        <v>677</v>
       </c>
       <c r="P75" t="s">
-        <v>915</v>
-[...5 lines deleted...]
-        <v>991</v>
+        <v>689</v>
       </c>
       <c r="T75" t="s">
-        <v>1145</v>
+        <v>921</v>
       </c>
     </row>
     <row r="76" spans="1:20">
       <c r="A76" t="s">
         <v>94</v>
       </c>
       <c r="B76" t="s">
-        <v>240</v>
+        <v>195</v>
       </c>
       <c r="D76" t="s">
-        <v>291</v>
+        <v>226</v>
       </c>
       <c r="E76" t="s">
-        <v>317</v>
+        <v>288</v>
       </c>
       <c r="F76" t="s">
-        <v>415</v>
+        <v>324</v>
       </c>
       <c r="G76" t="s">
-        <v>524</v>
+        <v>426</v>
       </c>
       <c r="H76" t="s">
-        <v>643</v>
+        <v>426</v>
       </c>
       <c r="I76" t="s">
-        <v>753</v>
+        <v>602</v>
       </c>
       <c r="J76" t="s">
-        <v>811</v>
+        <v>641</v>
       </c>
       <c r="K76" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L76" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M76" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N76" t="s">
-        <v>850</v>
+        <v>674</v>
+      </c>
+      <c r="O76" t="s">
+        <v>684</v>
       </c>
       <c r="P76" t="s">
-        <v>916</v>
+        <v>708</v>
       </c>
       <c r="T76" t="s">
-        <v>1146</v>
+        <v>922</v>
       </c>
     </row>
     <row r="77" spans="1:20">
       <c r="A77" t="s">
         <v>95</v>
       </c>
       <c r="B77" t="s">
-        <v>241</v>
+        <v>196</v>
       </c>
       <c r="D77" t="s">
-        <v>300</v>
+        <v>232</v>
       </c>
       <c r="E77" t="s">
-        <v>362</v>
+        <v>289</v>
       </c>
       <c r="F77" t="s">
-        <v>428</v>
+        <v>340</v>
       </c>
       <c r="G77" t="s">
-        <v>525</v>
+        <v>427</v>
       </c>
       <c r="H77" t="s">
-        <v>644</v>
+        <v>449</v>
       </c>
       <c r="I77" t="s">
-        <v>753</v>
+        <v>603</v>
       </c>
       <c r="J77" t="s">
-        <v>811</v>
+        <v>654</v>
       </c>
       <c r="K77" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L77" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M77" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N77" t="s">
-        <v>851</v>
+        <v>679</v>
       </c>
       <c r="P77" t="s">
-        <v>870</v>
+        <v>731</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>760</v>
+      </c>
+      <c r="S77" t="s">
+        <v>838</v>
       </c>
       <c r="T77" t="s">
-        <v>1147</v>
+        <v>923</v>
       </c>
     </row>
     <row r="78" spans="1:20">
       <c r="A78" t="s">
         <v>96</v>
       </c>
       <c r="B78" t="s">
-        <v>242</v>
+        <v>197</v>
       </c>
       <c r="D78" t="s">
-        <v>300</v>
+        <v>223</v>
       </c>
       <c r="E78" t="s">
-        <v>363</v>
+        <v>238</v>
       </c>
       <c r="F78" t="s">
+        <v>345</v>
+      </c>
+      <c r="G78" t="s">
         <v>428</v>
       </c>
-      <c r="G78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H78" t="s">
-        <v>555</v>
+        <v>428</v>
       </c>
       <c r="I78" t="s">
-        <v>754</v>
+        <v>604</v>
       </c>
       <c r="J78" t="s">
-        <v>830</v>
+        <v>644</v>
       </c>
       <c r="K78" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L78" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M78" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N78" t="s">
-        <v>851</v>
+        <v>673</v>
       </c>
       <c r="P78" t="s">
-        <v>870</v>
+        <v>732</v>
       </c>
       <c r="T78" t="s">
-        <v>1148</v>
+        <v>924</v>
       </c>
     </row>
     <row r="79" spans="1:20">
       <c r="A79" t="s">
         <v>97</v>
       </c>
       <c r="B79" t="s">
-        <v>243</v>
+        <v>198</v>
       </c>
       <c r="D79" t="s">
+        <v>234</v>
+      </c>
+      <c r="E79" t="s">
         <v>290</v>
       </c>
-      <c r="E79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F79" t="s">
-        <v>410</v>
+        <v>346</v>
       </c>
       <c r="G79" t="s">
-        <v>527</v>
+        <v>429</v>
       </c>
       <c r="H79" t="s">
-        <v>645</v>
+        <v>509</v>
       </c>
       <c r="I79" t="s">
-        <v>755</v>
+        <v>601</v>
       </c>
       <c r="J79" t="s">
-        <v>807</v>
+        <v>655</v>
       </c>
       <c r="K79" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L79" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M79" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N79" t="s">
-        <v>853</v>
+        <v>677</v>
       </c>
       <c r="P79" t="s">
-        <v>917</v>
+        <v>688</v>
       </c>
       <c r="R79" t="s">
-        <v>992</v>
+        <v>781</v>
       </c>
       <c r="T79" t="s">
-        <v>1149</v>
+        <v>925</v>
       </c>
     </row>
     <row r="80" spans="1:20">
       <c r="A80" t="s">
         <v>98</v>
       </c>
       <c r="B80" t="s">
-        <v>244</v>
+        <v>199</v>
       </c>
       <c r="D80" t="s">
-        <v>291</v>
+        <v>226</v>
       </c>
       <c r="E80" t="s">
-        <v>352</v>
+        <v>243</v>
       </c>
       <c r="F80" t="s">
-        <v>441</v>
+        <v>324</v>
       </c>
       <c r="G80" t="s">
-        <v>528</v>
+        <v>430</v>
       </c>
       <c r="H80" t="s">
-        <v>646</v>
+        <v>510</v>
       </c>
       <c r="I80" t="s">
-        <v>755</v>
+        <v>605</v>
       </c>
       <c r="J80" t="s">
-        <v>808</v>
+        <v>651</v>
       </c>
       <c r="K80" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L80" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M80" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N80" t="s">
-        <v>850</v>
+        <v>674</v>
       </c>
       <c r="P80" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>1150</v>
+        <v>733</v>
+      </c>
+      <c r="S80" t="s">
+        <v>839</v>
       </c>
     </row>
     <row r="81" spans="1:20">
       <c r="A81" t="s">
         <v>99</v>
       </c>
       <c r="B81" t="s">
-        <v>244</v>
+        <v>200</v>
       </c>
       <c r="D81" t="s">
-        <v>291</v>
+        <v>222</v>
       </c>
       <c r="E81" t="s">
-        <v>352</v>
+        <v>287</v>
       </c>
       <c r="F81" t="s">
-        <v>441</v>
+        <v>347</v>
       </c>
       <c r="G81" t="s">
-        <v>529</v>
+        <v>362</v>
       </c>
       <c r="H81" t="s">
-        <v>647</v>
+        <v>362</v>
       </c>
       <c r="I81" t="s">
-        <v>755</v>
+        <v>606</v>
       </c>
       <c r="J81" t="s">
-        <v>808</v>
+        <v>656</v>
       </c>
       <c r="K81" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L81" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M81" t="s">
-        <v>847</v>
+        <v>671</v>
       </c>
       <c r="N81" t="s">
-        <v>850</v>
+        <v>680</v>
       </c>
       <c r="P81" t="s">
-        <v>918</v>
+        <v>691</v>
+      </c>
+      <c r="S81" t="s">
+        <v>840</v>
       </c>
       <c r="T81" t="s">
-        <v>1150</v>
+        <v>926</v>
       </c>
     </row>
     <row r="82" spans="1:20">
       <c r="A82" t="s">
         <v>100</v>
       </c>
       <c r="B82" t="s">
-        <v>245</v>
+        <v>201</v>
       </c>
       <c r="D82" t="s">
-        <v>287</v>
+        <v>224</v>
       </c>
       <c r="E82" t="s">
-        <v>365</v>
+        <v>291</v>
       </c>
       <c r="F82" t="s">
-        <v>409</v>
+        <v>321</v>
       </c>
       <c r="G82" t="s">
-        <v>491</v>
+        <v>431</v>
       </c>
       <c r="H82" t="s">
-        <v>648</v>
+        <v>431</v>
       </c>
       <c r="I82" t="s">
-        <v>752</v>
+        <v>607</v>
       </c>
       <c r="J82" t="s">
-        <v>813</v>
+        <v>652</v>
       </c>
       <c r="K82" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L82" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M82" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N82" t="s">
-        <v>855</v>
+        <v>678</v>
       </c>
       <c r="P82" t="s">
-        <v>884</v>
+        <v>692</v>
+      </c>
+      <c r="R82" t="s">
+        <v>782</v>
+      </c>
+      <c r="S82" t="s">
+        <v>841</v>
       </c>
       <c r="T82" t="s">
-        <v>1151</v>
+        <v>927</v>
       </c>
     </row>
     <row r="83" spans="1:20">
       <c r="A83" t="s">
         <v>101</v>
       </c>
       <c r="B83" t="s">
-        <v>245</v>
+        <v>145</v>
       </c>
       <c r="D83" t="s">
-        <v>287</v>
+        <v>222</v>
       </c>
       <c r="E83" t="s">
-        <v>366</v>
+        <v>292</v>
       </c>
       <c r="F83" t="s">
-        <v>415</v>
+        <v>336</v>
       </c>
       <c r="G83" t="s">
-        <v>530</v>
+        <v>432</v>
       </c>
       <c r="H83" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="I83" t="s">
-        <v>752</v>
+        <v>608</v>
       </c>
       <c r="J83" t="s">
-        <v>813</v>
+        <v>657</v>
       </c>
       <c r="K83" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L83" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M83" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N83" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>884</v>
+        <v>673</v>
+      </c>
+      <c r="S83" t="s">
+        <v>842</v>
       </c>
       <c r="T83" t="s">
-        <v>1151</v>
+        <v>928</v>
       </c>
     </row>
     <row r="84" spans="1:20">
       <c r="A84" t="s">
         <v>102</v>
       </c>
       <c r="B84" t="s">
-        <v>245</v>
+        <v>202</v>
       </c>
       <c r="D84" t="s">
+        <v>222</v>
+      </c>
+      <c r="E84" t="s">
         <v>287</v>
       </c>
-      <c r="E84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" t="s">
-        <v>442</v>
+        <v>348</v>
       </c>
       <c r="G84" t="s">
-        <v>531</v>
+        <v>362</v>
       </c>
       <c r="H84" t="s">
-        <v>650</v>
+        <v>362</v>
       </c>
       <c r="I84" t="s">
-        <v>752</v>
+        <v>609</v>
       </c>
       <c r="J84" t="s">
-        <v>813</v>
+        <v>658</v>
       </c>
       <c r="K84" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L84" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M84" t="s">
-        <v>848</v>
+        <v>671</v>
       </c>
       <c r="N84" t="s">
-        <v>851</v>
+        <v>680</v>
       </c>
       <c r="P84" t="s">
-        <v>884</v>
+        <v>734</v>
+      </c>
+      <c r="R84" t="s">
+        <v>783</v>
       </c>
       <c r="T84" t="s">
-        <v>1151</v>
+        <v>929</v>
       </c>
     </row>
     <row r="85" spans="1:20">
       <c r="A85" t="s">
         <v>103</v>
       </c>
       <c r="B85" t="s">
-        <v>246</v>
+        <v>203</v>
       </c>
       <c r="D85" t="s">
-        <v>287</v>
+        <v>235</v>
       </c>
       <c r="E85" t="s">
-        <v>322</v>
+        <v>293</v>
       </c>
       <c r="F85" t="s">
-        <v>409</v>
+        <v>349</v>
       </c>
       <c r="G85" t="s">
-        <v>532</v>
+        <v>362</v>
       </c>
       <c r="H85" t="s">
-        <v>532</v>
+        <v>493</v>
       </c>
       <c r="I85" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>610</v>
       </c>
       <c r="K85" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L85" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M85" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N85" t="s">
-        <v>850</v>
+        <v>677</v>
       </c>
       <c r="P85" t="s">
-        <v>884</v>
+        <v>735</v>
+      </c>
+      <c r="R85" t="s">
+        <v>784</v>
+      </c>
+      <c r="S85" t="s">
+        <v>843</v>
       </c>
       <c r="T85" t="s">
-        <v>1152</v>
+        <v>930</v>
       </c>
     </row>
     <row r="86" spans="1:20">
       <c r="A86" t="s">
         <v>104</v>
       </c>
       <c r="B86" t="s">
-        <v>247</v>
+        <v>145</v>
       </c>
       <c r="D86" t="s">
-        <v>300</v>
+        <v>231</v>
       </c>
       <c r="E86" t="s">
-        <v>368</v>
+        <v>268</v>
       </c>
       <c r="F86" t="s">
-        <v>443</v>
+        <v>336</v>
       </c>
       <c r="G86" t="s">
-        <v>533</v>
+        <v>433</v>
       </c>
       <c r="H86" t="s">
-        <v>533</v>
+        <v>512</v>
       </c>
       <c r="I86" t="s">
-        <v>756</v>
+        <v>581</v>
       </c>
       <c r="J86" t="s">
-        <v>831</v>
+        <v>564</v>
       </c>
       <c r="K86" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L86" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M86" t="s">
-        <v>848</v>
+        <v>672</v>
       </c>
       <c r="N86" t="s">
-        <v>854</v>
+        <v>673</v>
       </c>
       <c r="P86" t="s">
-        <v>868</v>
+        <v>691</v>
+      </c>
+      <c r="R86" t="s">
+        <v>771</v>
       </c>
       <c r="T86" t="s">
-        <v>1153</v>
+        <v>931</v>
       </c>
     </row>
     <row r="87" spans="1:20">
       <c r="A87" t="s">
         <v>105</v>
       </c>
       <c r="B87" t="s">
-        <v>220</v>
+        <v>204</v>
       </c>
       <c r="D87" t="s">
-        <v>300</v>
+        <v>236</v>
       </c>
       <c r="E87" t="s">
-        <v>369</v>
+        <v>294</v>
       </c>
       <c r="F87" t="s">
-        <v>428</v>
+        <v>350</v>
       </c>
       <c r="G87" t="s">
-        <v>534</v>
+        <v>434</v>
       </c>
       <c r="H87" t="s">
-        <v>651</v>
+        <v>513</v>
       </c>
       <c r="I87" t="s">
-        <v>757</v>
+        <v>611</v>
       </c>
       <c r="J87" t="s">
-        <v>811</v>
+        <v>548</v>
       </c>
       <c r="K87" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L87" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M87" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N87" t="s">
-        <v>851</v>
+        <v>681</v>
       </c>
       <c r="P87" t="s">
-        <v>877</v>
-[...2 lines deleted...]
-        <v>1039</v>
+        <v>736</v>
+      </c>
+      <c r="R87" t="s">
+        <v>785</v>
       </c>
       <c r="T87" t="s">
-        <v>1154</v>
+        <v>932</v>
       </c>
     </row>
     <row r="88" spans="1:20">
       <c r="A88" t="s">
         <v>106</v>
       </c>
       <c r="B88" t="s">
-        <v>220</v>
+        <v>145</v>
       </c>
       <c r="D88" t="s">
-        <v>300</v>
+        <v>231</v>
       </c>
       <c r="E88" t="s">
-        <v>361</v>
+        <v>269</v>
       </c>
       <c r="F88" t="s">
-        <v>428</v>
+        <v>336</v>
       </c>
       <c r="G88" t="s">
-        <v>535</v>
+        <v>435</v>
       </c>
       <c r="H88" t="s">
-        <v>556</v>
+        <v>514</v>
       </c>
       <c r="I88" t="s">
-        <v>758</v>
+        <v>612</v>
       </c>
       <c r="J88" t="s">
-        <v>811</v>
+        <v>659</v>
       </c>
       <c r="K88" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L88" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M88" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N88" t="s">
-        <v>851</v>
+        <v>679</v>
       </c>
       <c r="P88" t="s">
-        <v>877</v>
+        <v>691</v>
       </c>
       <c r="S88" t="s">
-        <v>1040</v>
+        <v>844</v>
       </c>
       <c r="T88" t="s">
-        <v>1155</v>
+        <v>933</v>
       </c>
     </row>
     <row r="89" spans="1:20">
       <c r="A89" t="s">
         <v>107</v>
       </c>
       <c r="B89" t="s">
-        <v>186</v>
+        <v>203</v>
       </c>
       <c r="D89" t="s">
-        <v>290</v>
+        <v>235</v>
       </c>
       <c r="E89" t="s">
-        <v>329</v>
+        <v>293</v>
       </c>
       <c r="F89" t="s">
-        <v>410</v>
+        <v>351</v>
       </c>
       <c r="G89" t="s">
-        <v>536</v>
+        <v>436</v>
       </c>
       <c r="H89" t="s">
-        <v>536</v>
+        <v>515</v>
       </c>
       <c r="I89" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-        <v>807</v>
+        <v>610</v>
       </c>
       <c r="K89" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L89" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M89" t="s">
-        <v>849</v>
+        <v>672</v>
       </c>
       <c r="N89" t="s">
-        <v>851</v>
+        <v>673</v>
       </c>
       <c r="P89" t="s">
-        <v>919</v>
+        <v>735</v>
+      </c>
+      <c r="R89" t="s">
+        <v>786</v>
       </c>
       <c r="T89" t="s">
-        <v>1156</v>
+        <v>934</v>
       </c>
     </row>
     <row r="90" spans="1:20">
       <c r="A90" t="s">
         <v>108</v>
       </c>
       <c r="B90" t="s">
-        <v>248</v>
+        <v>205</v>
       </c>
       <c r="D90" t="s">
-        <v>300</v>
+        <v>236</v>
       </c>
       <c r="E90" t="s">
-        <v>359</v>
+        <v>294</v>
       </c>
       <c r="F90" t="s">
-        <v>428</v>
+        <v>350</v>
       </c>
       <c r="G90" t="s">
-        <v>537</v>
+        <v>437</v>
       </c>
       <c r="H90" t="s">
-        <v>537</v>
+        <v>516</v>
       </c>
       <c r="I90" t="s">
-        <v>756</v>
+        <v>611</v>
       </c>
       <c r="J90" t="s">
-        <v>811</v>
+        <v>548</v>
       </c>
       <c r="K90" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L90" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M90" t="s">
-        <v>849</v>
+        <v>671</v>
       </c>
       <c r="N90" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>681</v>
       </c>
       <c r="P90" t="s">
-        <v>877</v>
+        <v>737</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>761</v>
+      </c>
+      <c r="R90" t="s">
+        <v>787</v>
       </c>
       <c r="T90" t="s">
-        <v>1157</v>
+        <v>935</v>
       </c>
     </row>
     <row r="91" spans="1:20">
       <c r="A91" t="s">
         <v>109</v>
       </c>
       <c r="B91" t="s">
-        <v>249</v>
+        <v>206</v>
       </c>
       <c r="D91" t="s">
-        <v>289</v>
+        <v>225</v>
       </c>
       <c r="E91" t="s">
-        <v>370</v>
+        <v>295</v>
       </c>
       <c r="F91" t="s">
-        <v>436</v>
+        <v>322</v>
       </c>
       <c r="G91" t="s">
-        <v>538</v>
+        <v>438</v>
       </c>
       <c r="H91" t="s">
-        <v>652</v>
+        <v>517</v>
       </c>
       <c r="I91" t="s">
-        <v>760</v>
+        <v>613</v>
       </c>
       <c r="J91" t="s">
-        <v>811</v>
+        <v>644</v>
       </c>
       <c r="K91" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L91" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M91" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N91" t="s">
-        <v>851</v>
+        <v>673</v>
       </c>
       <c r="P91" t="s">
-        <v>920</v>
+        <v>738</v>
+      </c>
+      <c r="R91" t="s">
+        <v>788</v>
       </c>
       <c r="T91" t="s">
-        <v>1158</v>
+        <v>936</v>
       </c>
     </row>
     <row r="92" spans="1:20">
       <c r="A92" t="s">
         <v>110</v>
       </c>
       <c r="B92" t="s">
-        <v>240</v>
+        <v>207</v>
       </c>
       <c r="D92" t="s">
-        <v>299</v>
+        <v>226</v>
       </c>
       <c r="E92" t="s">
-        <v>371</v>
+        <v>296</v>
       </c>
       <c r="F92" t="s">
-        <v>444</v>
+        <v>324</v>
       </c>
       <c r="G92" t="s">
-        <v>539</v>
+        <v>439</v>
       </c>
       <c r="H92" t="s">
-        <v>653</v>
+        <v>518</v>
       </c>
       <c r="I92" t="s">
-        <v>761</v>
+        <v>612</v>
       </c>
       <c r="J92" t="s">
-        <v>832</v>
+        <v>638</v>
       </c>
       <c r="K92" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L92" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M92" t="s">
-        <v>849</v>
+        <v>672</v>
       </c>
       <c r="N92" t="s">
-        <v>855</v>
+        <v>677</v>
       </c>
       <c r="P92" t="s">
-        <v>877</v>
+        <v>689</v>
       </c>
       <c r="T92" t="s">
-        <v>1159</v>
+        <v>937</v>
       </c>
     </row>
     <row r="93" spans="1:20">
       <c r="A93" t="s">
         <v>111</v>
       </c>
       <c r="B93" t="s">
-        <v>250</v>
+        <v>207</v>
       </c>
       <c r="D93" t="s">
-        <v>299</v>
+        <v>226</v>
       </c>
       <c r="E93" t="s">
-        <v>372</v>
+        <v>297</v>
       </c>
       <c r="F93" t="s">
-        <v>445</v>
+        <v>325</v>
       </c>
       <c r="G93" t="s">
-        <v>540</v>
+        <v>440</v>
       </c>
       <c r="H93" t="s">
-        <v>654</v>
+        <v>519</v>
       </c>
       <c r="I93" t="s">
-        <v>762</v>
+        <v>612</v>
       </c>
       <c r="J93" t="s">
-        <v>833</v>
+        <v>638</v>
       </c>
       <c r="K93" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L93" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M93" t="s">
-        <v>848</v>
+        <v>672</v>
       </c>
       <c r="N93" t="s">
-        <v>855</v>
+        <v>677</v>
       </c>
       <c r="P93" t="s">
-        <v>884</v>
+        <v>689</v>
       </c>
       <c r="T93" t="s">
-        <v>1160</v>
+        <v>937</v>
       </c>
     </row>
     <row r="94" spans="1:20">
       <c r="A94" t="s">
         <v>112</v>
       </c>
       <c r="B94" t="s">
-        <v>251</v>
+        <v>207</v>
       </c>
       <c r="D94" t="s">
-        <v>304</v>
+        <v>226</v>
       </c>
       <c r="E94" t="s">
-        <v>373</v>
+        <v>298</v>
       </c>
       <c r="F94" t="s">
-        <v>438</v>
+        <v>352</v>
       </c>
       <c r="G94" t="s">
-        <v>541</v>
+        <v>441</v>
       </c>
       <c r="H94" t="s">
-        <v>655</v>
+        <v>520</v>
       </c>
       <c r="I94" t="s">
-        <v>763</v>
+        <v>612</v>
       </c>
       <c r="J94" t="s">
-        <v>824</v>
+        <v>638</v>
       </c>
       <c r="K94" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L94" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M94" t="s">
-        <v>848</v>
+        <v>670</v>
       </c>
       <c r="N94" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>863</v>
+        <v>679</v>
       </c>
       <c r="P94" t="s">
-        <v>921</v>
-[...2 lines deleted...]
-        <v>1041</v>
+        <v>689</v>
       </c>
       <c r="T94" t="s">
-        <v>1161</v>
+        <v>937</v>
       </c>
     </row>
     <row r="95" spans="1:20">
       <c r="A95" t="s">
         <v>113</v>
       </c>
       <c r="B95" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="D95" t="s">
-        <v>290</v>
+        <v>231</v>
       </c>
       <c r="E95" t="s">
-        <v>374</v>
+        <v>299</v>
       </c>
       <c r="F95" t="s">
-        <v>446</v>
+        <v>353</v>
       </c>
       <c r="G95" t="s">
-        <v>479</v>
+        <v>442</v>
       </c>
       <c r="H95" t="s">
-        <v>479</v>
+        <v>442</v>
       </c>
       <c r="I95" t="s">
-        <v>764</v>
+        <v>577</v>
       </c>
       <c r="J95" t="s">
-        <v>834</v>
+        <v>632</v>
       </c>
       <c r="K95" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L95" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M95" t="s">
-        <v>849</v>
+        <v>670</v>
       </c>
       <c r="N95" t="s">
-        <v>856</v>
+        <v>676</v>
       </c>
       <c r="P95" t="s">
-        <v>922</v>
+        <v>708</v>
       </c>
       <c r="T95" t="s">
-        <v>1162</v>
+        <v>938</v>
       </c>
     </row>
     <row r="96" spans="1:20">
       <c r="A96" t="s">
         <v>114</v>
       </c>
       <c r="B96" t="s">
-        <v>249</v>
+        <v>209</v>
       </c>
       <c r="D96" t="s">
-        <v>289</v>
+        <v>222</v>
       </c>
       <c r="E96" t="s">
-        <v>375</v>
+        <v>300</v>
       </c>
       <c r="F96" t="s">
-        <v>412</v>
+        <v>354</v>
       </c>
       <c r="G96" t="s">
-        <v>542</v>
+        <v>443</v>
       </c>
       <c r="H96" t="s">
-        <v>656</v>
+        <v>521</v>
       </c>
       <c r="I96" t="s">
-        <v>719</v>
+        <v>614</v>
       </c>
       <c r="J96" t="s">
-        <v>811</v>
+        <v>660</v>
       </c>
       <c r="K96" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L96" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M96" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N96" t="s">
-        <v>854</v>
+        <v>677</v>
       </c>
       <c r="P96" t="s">
-        <v>920</v>
+        <v>689</v>
       </c>
       <c r="T96" t="s">
-        <v>1163</v>
+        <v>939</v>
       </c>
     </row>
     <row r="97" spans="1:20">
       <c r="A97" t="s">
         <v>115</v>
       </c>
       <c r="B97" t="s">
-        <v>252</v>
+        <v>210</v>
       </c>
       <c r="D97" t="s">
+        <v>228</v>
+      </c>
+      <c r="E97" t="s">
         <v>301</v>
       </c>
-      <c r="E97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F97" t="s">
-        <v>447</v>
+        <v>337</v>
       </c>
       <c r="G97" t="s">
-        <v>543</v>
+        <v>444</v>
       </c>
       <c r="H97" t="s">
-        <v>657</v>
+        <v>522</v>
       </c>
       <c r="I97" t="s">
-        <v>765</v>
+        <v>615</v>
       </c>
       <c r="J97" t="s">
-        <v>805</v>
+        <v>634</v>
       </c>
       <c r="K97" t="s">
+        <v>668</v>
+      </c>
+      <c r="L97" t="s">
+        <v>669</v>
+      </c>
+      <c r="M97" t="s">
+        <v>670</v>
+      </c>
+      <c r="N97" t="s">
+        <v>674</v>
+      </c>
+      <c r="O97" t="s">
+        <v>686</v>
+      </c>
+      <c r="P97" t="s">
+        <v>739</v>
+      </c>
+      <c r="S97" t="s">
         <v>845</v>
       </c>
-      <c r="L97" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T97" t="s">
-        <v>1164</v>
+        <v>940</v>
       </c>
     </row>
     <row r="98" spans="1:20">
       <c r="A98" t="s">
         <v>116</v>
       </c>
       <c r="B98" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="D98" t="s">
-        <v>294</v>
+        <v>225</v>
       </c>
       <c r="E98" t="s">
-        <v>377</v>
+        <v>302</v>
       </c>
       <c r="F98" t="s">
-        <v>422</v>
+        <v>355</v>
       </c>
       <c r="G98" t="s">
-        <v>544</v>
+        <v>362</v>
       </c>
       <c r="H98" t="s">
-        <v>658</v>
+        <v>362</v>
       </c>
       <c r="I98" t="s">
-        <v>766</v>
+        <v>616</v>
       </c>
       <c r="J98" t="s">
-        <v>835</v>
+        <v>661</v>
       </c>
       <c r="K98" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L98" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M98" t="s">
-        <v>848</v>
+        <v>671</v>
       </c>
       <c r="N98" t="s">
-        <v>855</v>
+        <v>680</v>
       </c>
       <c r="P98" t="s">
-        <v>924</v>
-[...8 lines deleted...]
-        <v>1043</v>
+        <v>740</v>
       </c>
       <c r="T98" t="s">
-        <v>1165</v>
+        <v>941</v>
       </c>
     </row>
     <row r="99" spans="1:20">
       <c r="A99" t="s">
         <v>117</v>
       </c>
       <c r="B99" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="D99" t="s">
-        <v>294</v>
+        <v>233</v>
       </c>
       <c r="E99" t="s">
-        <v>378</v>
+        <v>303</v>
       </c>
       <c r="F99" t="s">
-        <v>410</v>
+        <v>356</v>
       </c>
       <c r="G99" t="s">
-        <v>545</v>
+        <v>445</v>
       </c>
       <c r="H99" t="s">
-        <v>659</v>
+        <v>523</v>
       </c>
       <c r="I99" t="s">
-        <v>767</v>
+        <v>617</v>
       </c>
       <c r="J99" t="s">
-        <v>831</v>
+        <v>641</v>
       </c>
       <c r="K99" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L99" t="s">
+        <v>669</v>
+      </c>
+      <c r="M99" t="s">
+        <v>672</v>
+      </c>
+      <c r="N99" t="s">
+        <v>673</v>
+      </c>
+      <c r="P99" t="s">
+        <v>741</v>
+      </c>
+      <c r="S99" t="s">
         <v>846</v>
       </c>
-      <c r="M99" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T99" t="s">
-        <v>1166</v>
+        <v>942</v>
       </c>
     </row>
     <row r="100" spans="1:20">
       <c r="A100" t="s">
         <v>118</v>
       </c>
       <c r="B100" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="D100" t="s">
-        <v>294</v>
+        <v>230</v>
       </c>
       <c r="E100" t="s">
-        <v>379</v>
+        <v>304</v>
       </c>
       <c r="F100" t="s">
-        <v>448</v>
+        <v>344</v>
       </c>
       <c r="G100" t="s">
-        <v>546</v>
+        <v>446</v>
       </c>
       <c r="H100" t="s">
-        <v>660</v>
+        <v>524</v>
       </c>
       <c r="I100" t="s">
-        <v>747</v>
+        <v>618</v>
       </c>
       <c r="J100" t="s">
-        <v>831</v>
+        <v>662</v>
       </c>
       <c r="K100" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L100" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M100" t="s">
-        <v>848</v>
+        <v>670</v>
       </c>
       <c r="N100" t="s">
-        <v>851</v>
+        <v>677</v>
       </c>
       <c r="P100" t="s">
-        <v>902</v>
+        <v>742</v>
       </c>
       <c r="Q100" t="s">
-        <v>959</v>
+        <v>757</v>
+      </c>
+      <c r="R100" t="s">
+        <v>777</v>
       </c>
       <c r="S100" t="s">
-        <v>1045</v>
+        <v>847</v>
       </c>
       <c r="T100" t="s">
-        <v>1167</v>
+        <v>943</v>
       </c>
     </row>
     <row r="101" spans="1:20">
       <c r="A101" t="s">
         <v>119</v>
       </c>
       <c r="B101" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="D101" t="s">
-        <v>288</v>
+        <v>230</v>
       </c>
       <c r="E101" t="s">
-        <v>380</v>
+        <v>305</v>
       </c>
       <c r="F101" t="s">
-        <v>411</v>
+        <v>322</v>
       </c>
       <c r="G101" t="s">
-        <v>547</v>
+        <v>447</v>
       </c>
       <c r="H101" t="s">
-        <v>661</v>
+        <v>525</v>
       </c>
       <c r="I101" t="s">
-        <v>701</v>
+        <v>619</v>
       </c>
       <c r="J101" t="s">
-        <v>806</v>
+        <v>632</v>
       </c>
       <c r="K101" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L101" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M101" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N101" t="s">
-        <v>851</v>
+        <v>679</v>
       </c>
       <c r="P101" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-        <v>954</v>
+        <v>743</v>
       </c>
       <c r="S101" t="s">
-        <v>1046</v>
+        <v>848</v>
       </c>
       <c r="T101" t="s">
-        <v>1080</v>
+        <v>944</v>
       </c>
     </row>
     <row r="102" spans="1:20">
       <c r="A102" t="s">
         <v>120</v>
       </c>
       <c r="B102" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="D102" t="s">
-        <v>288</v>
+        <v>230</v>
       </c>
       <c r="E102" t="s">
-        <v>381</v>
+        <v>306</v>
       </c>
       <c r="F102" t="s">
-        <v>411</v>
+        <v>357</v>
       </c>
       <c r="G102" t="s">
-        <v>548</v>
+        <v>448</v>
       </c>
       <c r="H102" t="s">
-        <v>662</v>
+        <v>526</v>
       </c>
       <c r="I102" t="s">
-        <v>701</v>
+        <v>587</v>
       </c>
       <c r="J102" t="s">
-        <v>806</v>
+        <v>632</v>
       </c>
       <c r="K102" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L102" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M102" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N102" t="s">
-        <v>851</v>
+        <v>679</v>
       </c>
       <c r="P102" t="s">
-        <v>869</v>
+        <v>743</v>
       </c>
       <c r="Q102" t="s">
-        <v>954</v>
+        <v>758</v>
       </c>
       <c r="S102" t="s">
-        <v>1046</v>
+        <v>849</v>
       </c>
       <c r="T102" t="s">
-        <v>1080</v>
+        <v>945</v>
       </c>
     </row>
     <row r="103" spans="1:20">
       <c r="A103" t="s">
         <v>121</v>
       </c>
       <c r="B103" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="D103" t="s">
-        <v>288</v>
+        <v>232</v>
       </c>
       <c r="E103" t="s">
-        <v>382</v>
+        <v>307</v>
       </c>
       <c r="F103" t="s">
-        <v>411</v>
+        <v>340</v>
       </c>
       <c r="G103" t="s">
-        <v>549</v>
+        <v>449</v>
       </c>
       <c r="H103" t="s">
-        <v>663</v>
+        <v>527</v>
       </c>
       <c r="I103" t="s">
-        <v>701</v>
+        <v>603</v>
       </c>
       <c r="J103" t="s">
-        <v>806</v>
+        <v>654</v>
       </c>
       <c r="K103" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L103" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M103" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N103" t="s">
-        <v>851</v>
+        <v>679</v>
       </c>
       <c r="P103" t="s">
-        <v>869</v>
+        <v>731</v>
       </c>
       <c r="Q103" t="s">
-        <v>954</v>
+        <v>760</v>
       </c>
       <c r="S103" t="s">
-        <v>1046</v>
+        <v>850</v>
       </c>
       <c r="T103" t="s">
-        <v>1080</v>
+        <v>923</v>
       </c>
     </row>
     <row r="104" spans="1:20">
       <c r="A104" t="s">
         <v>122</v>
       </c>
       <c r="B104" t="s">
-        <v>253</v>
+        <v>196</v>
       </c>
       <c r="D104" t="s">
-        <v>299</v>
+        <v>232</v>
       </c>
       <c r="E104" t="s">
-        <v>383</v>
+        <v>308</v>
       </c>
       <c r="F104" t="s">
-        <v>444</v>
+        <v>340</v>
       </c>
       <c r="G104" t="s">
-        <v>550</v>
+        <v>450</v>
       </c>
       <c r="H104" t="s">
-        <v>664</v>
+        <v>528</v>
       </c>
       <c r="I104" t="s">
-        <v>768</v>
+        <v>603</v>
       </c>
       <c r="J104" t="s">
-        <v>831</v>
+        <v>654</v>
       </c>
       <c r="K104" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L104" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M104" t="s">
-        <v>848</v>
+        <v>672</v>
       </c>
       <c r="N104" t="s">
-        <v>855</v>
+        <v>679</v>
       </c>
       <c r="P104" t="s">
-        <v>881</v>
+        <v>731</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>760</v>
       </c>
       <c r="S104" t="s">
-        <v>1047</v>
+        <v>850</v>
       </c>
       <c r="T104" t="s">
-        <v>1168</v>
+        <v>923</v>
       </c>
     </row>
     <row r="105" spans="1:20">
       <c r="A105" t="s">
         <v>123</v>
       </c>
       <c r="B105" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D105" t="s">
-        <v>289</v>
+        <v>232</v>
       </c>
       <c r="E105" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="F105" t="s">
-        <v>417</v>
+        <v>340</v>
       </c>
       <c r="G105" t="s">
-        <v>514</v>
+        <v>451</v>
       </c>
       <c r="H105" t="s">
-        <v>665</v>
+        <v>529</v>
       </c>
       <c r="I105" t="s">
-        <v>769</v>
+        <v>603</v>
       </c>
       <c r="J105" t="s">
-        <v>811</v>
+        <v>654</v>
       </c>
       <c r="K105" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L105" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M105" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N105" t="s">
-        <v>852</v>
+        <v>679</v>
       </c>
       <c r="P105" t="s">
-        <v>877</v>
+        <v>731</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>760</v>
+      </c>
+      <c r="S105" t="s">
+        <v>850</v>
       </c>
       <c r="T105" t="s">
-        <v>1169</v>
+        <v>923</v>
       </c>
     </row>
     <row r="106" spans="1:20">
       <c r="A106" t="s">
         <v>124</v>
       </c>
       <c r="B106" t="s">
-        <v>254</v>
+        <v>212</v>
       </c>
       <c r="D106" t="s">
-        <v>290</v>
+        <v>222</v>
       </c>
       <c r="E106" t="s">
-        <v>384</v>
+        <v>310</v>
       </c>
       <c r="F106" t="s">
-        <v>410</v>
+        <v>323</v>
       </c>
       <c r="G106" t="s">
-        <v>551</v>
+        <v>452</v>
       </c>
       <c r="H106" t="s">
-        <v>666</v>
+        <v>530</v>
       </c>
       <c r="I106" t="s">
-        <v>770</v>
+        <v>620</v>
       </c>
       <c r="J106" t="s">
-        <v>816</v>
+        <v>632</v>
       </c>
       <c r="K106" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L106" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M106" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N106" t="s">
-        <v>854</v>
+        <v>677</v>
       </c>
       <c r="P106" t="s">
-        <v>925</v>
+        <v>744</v>
       </c>
       <c r="S106" t="s">
-        <v>1048</v>
+        <v>851</v>
       </c>
       <c r="T106" t="s">
-        <v>1170</v>
+        <v>946</v>
       </c>
     </row>
     <row r="107" spans="1:20">
       <c r="A107" t="s">
         <v>125</v>
       </c>
       <c r="B107" t="s">
-        <v>255</v>
+        <v>213</v>
       </c>
       <c r="D107" t="s">
-        <v>296</v>
+        <v>224</v>
       </c>
       <c r="E107" t="s">
-        <v>322</v>
+        <v>250</v>
       </c>
       <c r="F107" t="s">
-        <v>425</v>
+        <v>321</v>
       </c>
       <c r="G107" t="s">
-        <v>552</v>
+        <v>453</v>
       </c>
       <c r="H107" t="s">
-        <v>667</v>
+        <v>531</v>
       </c>
       <c r="I107" t="s">
-        <v>771</v>
+        <v>621</v>
       </c>
       <c r="J107" t="s">
-        <v>836</v>
+        <v>663</v>
       </c>
       <c r="K107" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L107" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M107" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N107" t="s">
-        <v>858</v>
+        <v>678</v>
       </c>
       <c r="P107" t="s">
-        <v>926</v>
+        <v>745</v>
       </c>
       <c r="T107" t="s">
-        <v>1171</v>
+        <v>947</v>
       </c>
     </row>
     <row r="108" spans="1:20">
       <c r="A108" t="s">
         <v>126</v>
       </c>
       <c r="B108" t="s">
-        <v>221</v>
+        <v>183</v>
       </c>
       <c r="D108" t="s">
-        <v>300</v>
+        <v>231</v>
       </c>
       <c r="E108" t="s">
-        <v>385</v>
+        <v>311</v>
       </c>
       <c r="F108" t="s">
-        <v>428</v>
+        <v>336</v>
       </c>
       <c r="G108" t="s">
-        <v>553</v>
+        <v>454</v>
       </c>
       <c r="H108" t="s">
-        <v>668</v>
+        <v>532</v>
       </c>
       <c r="I108" t="s">
-        <v>772</v>
+        <v>622</v>
       </c>
       <c r="J108" t="s">
-        <v>837</v>
+        <v>664</v>
       </c>
       <c r="K108" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L108" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M108" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N108" t="s">
-        <v>854</v>
+        <v>676</v>
       </c>
       <c r="P108" t="s">
-        <v>877</v>
+        <v>691</v>
       </c>
       <c r="T108" t="s">
-        <v>1172</v>
+        <v>948</v>
       </c>
     </row>
     <row r="109" spans="1:20">
       <c r="A109" t="s">
         <v>127</v>
       </c>
       <c r="B109" t="s">
-        <v>256</v>
+        <v>214</v>
       </c>
       <c r="D109" t="s">
-        <v>300</v>
+        <v>231</v>
       </c>
       <c r="E109" t="s">
-        <v>369</v>
+        <v>312</v>
       </c>
       <c r="F109" t="s">
-        <v>428</v>
+        <v>353</v>
       </c>
       <c r="G109" t="s">
-        <v>554</v>
+        <v>455</v>
       </c>
       <c r="H109" t="s">
-        <v>651</v>
+        <v>533</v>
       </c>
       <c r="I109" t="s">
-        <v>773</v>
+        <v>623</v>
       </c>
       <c r="J109" t="s">
-        <v>811</v>
+        <v>658</v>
       </c>
       <c r="K109" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L109" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M109" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N109" t="s">
-        <v>851</v>
+        <v>676</v>
       </c>
       <c r="P109" t="s">
-        <v>868</v>
+        <v>708</v>
       </c>
       <c r="T109" t="s">
-        <v>1173</v>
+        <v>949</v>
       </c>
     </row>
     <row r="110" spans="1:20">
       <c r="A110" t="s">
         <v>128</v>
       </c>
       <c r="B110" t="s">
-        <v>256</v>
+        <v>215</v>
       </c>
       <c r="D110" t="s">
-        <v>300</v>
+        <v>231</v>
       </c>
       <c r="E110" t="s">
-        <v>369</v>
+        <v>313</v>
       </c>
       <c r="F110" t="s">
-        <v>428</v>
+        <v>358</v>
       </c>
       <c r="G110" t="s">
-        <v>555</v>
+        <v>456</v>
       </c>
       <c r="H110" t="s">
         <v>534</v>
       </c>
       <c r="I110" t="s">
-        <v>773</v>
+        <v>623</v>
       </c>
       <c r="J110" t="s">
-        <v>811</v>
+        <v>658</v>
       </c>
       <c r="K110" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L110" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M110" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N110" t="s">
-        <v>851</v>
+        <v>674</v>
       </c>
       <c r="P110" t="s">
-        <v>868</v>
+        <v>708</v>
       </c>
       <c r="T110" t="s">
-        <v>1174</v>
+        <v>950</v>
       </c>
     </row>
     <row r="111" spans="1:20">
       <c r="A111" t="s">
         <v>129</v>
       </c>
       <c r="B111" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D111" t="s">
-        <v>300</v>
+        <v>232</v>
       </c>
       <c r="E111" t="s">
-        <v>361</v>
+        <v>314</v>
       </c>
       <c r="F111" t="s">
-        <v>428</v>
+        <v>359</v>
       </c>
       <c r="G111" t="s">
-        <v>556</v>
+        <v>457</v>
       </c>
       <c r="H111" t="s">
-        <v>669</v>
+        <v>535</v>
       </c>
       <c r="I111" t="s">
-        <v>774</v>
+        <v>624</v>
       </c>
       <c r="J111" t="s">
-        <v>838</v>
+        <v>648</v>
       </c>
       <c r="K111" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L111" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M111" t="s">
-        <v>847</v>
+        <v>670</v>
       </c>
       <c r="N111" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>877</v>
+        <v>679</v>
       </c>
       <c r="S111" t="s">
-        <v>1049</v>
+        <v>852</v>
       </c>
       <c r="T111" t="s">
-        <v>1175</v>
+        <v>951</v>
       </c>
     </row>
     <row r="112" spans="1:20">
       <c r="A112" t="s">
         <v>130</v>
       </c>
       <c r="B112" t="s">
-        <v>257</v>
+        <v>173</v>
       </c>
       <c r="D112" t="s">
-        <v>291</v>
+        <v>225</v>
       </c>
       <c r="E112" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
       <c r="F112" t="s">
-        <v>415</v>
+        <v>322</v>
       </c>
       <c r="G112" t="s">
-        <v>557</v>
+        <v>458</v>
       </c>
       <c r="H112" t="s">
-        <v>670</v>
+        <v>458</v>
       </c>
       <c r="I112" t="s">
-        <v>775</v>
+        <v>625</v>
       </c>
       <c r="J112" t="s">
-        <v>811</v>
+        <v>644</v>
       </c>
       <c r="K112" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L112" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M112" t="s">
-        <v>848</v>
+        <v>671</v>
       </c>
       <c r="N112" t="s">
-        <v>850</v>
+        <v>673</v>
       </c>
       <c r="P112" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-        <v>1050</v>
+        <v>746</v>
+      </c>
+      <c r="R112" t="s">
+        <v>789</v>
       </c>
       <c r="T112" t="s">
-        <v>1176</v>
+        <v>952</v>
       </c>
     </row>
     <row r="113" spans="1:20">
       <c r="A113" t="s">
         <v>131</v>
       </c>
       <c r="B113" t="s">
-        <v>258</v>
+        <v>217</v>
       </c>
       <c r="D113" t="s">
-        <v>291</v>
+        <v>225</v>
       </c>
       <c r="E113" t="s">
-        <v>317</v>
+        <v>249</v>
       </c>
       <c r="F113" t="s">
-        <v>415</v>
+        <v>322</v>
       </c>
       <c r="G113" t="s">
-        <v>558</v>
+        <v>459</v>
       </c>
       <c r="H113" t="s">
-        <v>558</v>
+        <v>459</v>
       </c>
       <c r="I113" t="s">
-        <v>776</v>
+        <v>625</v>
       </c>
       <c r="J113" t="s">
-        <v>811</v>
+        <v>644</v>
       </c>
       <c r="K113" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L113" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M113" t="s">
-        <v>848</v>
+        <v>671</v>
       </c>
       <c r="N113" t="s">
-        <v>855</v>
+        <v>676</v>
       </c>
       <c r="P113" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>1051</v>
+        <v>747</v>
+      </c>
+      <c r="R113" t="s">
+        <v>790</v>
       </c>
       <c r="T113" t="s">
-        <v>1177</v>
+        <v>953</v>
       </c>
     </row>
     <row r="114" spans="1:20">
       <c r="A114" t="s">
         <v>132</v>
       </c>
       <c r="B114" t="s">
-        <v>259</v>
+        <v>218</v>
       </c>
       <c r="D114" t="s">
-        <v>300</v>
+        <v>231</v>
       </c>
       <c r="E114" t="s">
-        <v>386</v>
+        <v>313</v>
       </c>
       <c r="F114" t="s">
-        <v>443</v>
+        <v>342</v>
       </c>
       <c r="G114" t="s">
-        <v>559</v>
+        <v>460</v>
       </c>
       <c r="H114" t="s">
-        <v>671</v>
+        <v>460</v>
       </c>
       <c r="I114" t="s">
-        <v>737</v>
+        <v>625</v>
       </c>
       <c r="J114" t="s">
-        <v>825</v>
+        <v>665</v>
       </c>
       <c r="K114" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L114" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M114" t="s">
-        <v>848</v>
+        <v>672</v>
       </c>
       <c r="N114" t="s">
-        <v>854</v>
+        <v>676</v>
       </c>
       <c r="P114" t="s">
-        <v>868</v>
+        <v>748</v>
       </c>
       <c r="T114" t="s">
-        <v>1178</v>
+        <v>954</v>
       </c>
     </row>
     <row r="115" spans="1:20">
       <c r="A115" t="s">
         <v>133</v>
       </c>
       <c r="B115" t="s">
-        <v>260</v>
+        <v>147</v>
       </c>
       <c r="D115" t="s">
-        <v>300</v>
+        <v>229</v>
       </c>
       <c r="E115" t="s">
-        <v>387</v>
+        <v>264</v>
       </c>
       <c r="F115" t="s">
-        <v>449</v>
+        <v>325</v>
       </c>
       <c r="G115" t="s">
-        <v>560</v>
+        <v>461</v>
       </c>
       <c r="H115" t="s">
+        <v>461</v>
+      </c>
+      <c r="I115" t="s">
+        <v>625</v>
+      </c>
+      <c r="J115" t="s">
+        <v>641</v>
+      </c>
+      <c r="K115" t="s">
+        <v>668</v>
+      </c>
+      <c r="L115" t="s">
+        <v>669</v>
+      </c>
+      <c r="M115" t="s">
         <v>672</v>
       </c>
-      <c r="I115" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N115" t="s">
-        <v>852</v>
+        <v>674</v>
       </c>
       <c r="P115" t="s">
-        <v>868</v>
+        <v>749</v>
       </c>
       <c r="T115" t="s">
-        <v>1179</v>
+        <v>955</v>
       </c>
     </row>
     <row r="116" spans="1:20">
       <c r="A116" t="s">
         <v>134</v>
       </c>
       <c r="B116" t="s">
-        <v>261</v>
+        <v>219</v>
       </c>
       <c r="D116" t="s">
-        <v>304</v>
+        <v>226</v>
       </c>
       <c r="E116" t="s">
-        <v>388</v>
+        <v>250</v>
       </c>
       <c r="F116" t="s">
-        <v>438</v>
+        <v>339</v>
       </c>
       <c r="G116" t="s">
-        <v>561</v>
+        <v>462</v>
       </c>
       <c r="H116" t="s">
-        <v>673</v>
+        <v>462</v>
       </c>
       <c r="I116" t="s">
-        <v>777</v>
+        <v>626</v>
+      </c>
+      <c r="J116" t="s">
+        <v>652</v>
       </c>
       <c r="K116" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L116" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M116" t="s">
-        <v>848</v>
+        <v>672</v>
       </c>
       <c r="N116" t="s">
-        <v>852</v>
+        <v>681</v>
       </c>
       <c r="P116" t="s">
-        <v>929</v>
-[...2 lines deleted...]
-        <v>1052</v>
+        <v>750</v>
       </c>
       <c r="T116" t="s">
-        <v>1180</v>
+        <v>956</v>
       </c>
     </row>
     <row r="117" spans="1:20">
       <c r="A117" t="s">
         <v>135</v>
       </c>
       <c r="B117" t="s">
-        <v>262</v>
+        <v>196</v>
       </c>
       <c r="D117" t="s">
-        <v>304</v>
+        <v>225</v>
       </c>
       <c r="E117" t="s">
-        <v>389</v>
+        <v>315</v>
       </c>
       <c r="F117" t="s">
-        <v>450</v>
+        <v>322</v>
       </c>
       <c r="G117" t="s">
-        <v>562</v>
+        <v>463</v>
       </c>
       <c r="H117" t="s">
-        <v>562</v>
+        <v>536</v>
       </c>
       <c r="I117" t="s">
-        <v>724</v>
+        <v>627</v>
+      </c>
+      <c r="J117" t="s">
+        <v>666</v>
       </c>
       <c r="K117" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L117" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M117" t="s">
-        <v>849</v>
+        <v>672</v>
       </c>
       <c r="N117" t="s">
+        <v>679</v>
+      </c>
+      <c r="P117" t="s">
+        <v>751</v>
+      </c>
+      <c r="S117" t="s">
         <v>853</v>
       </c>
-      <c r="P117" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T117" t="s">
-        <v>1181</v>
+        <v>957</v>
       </c>
     </row>
     <row r="118" spans="1:20">
       <c r="A118" t="s">
         <v>136</v>
       </c>
       <c r="B118" t="s">
-        <v>263</v>
+        <v>220</v>
       </c>
       <c r="D118" t="s">
-        <v>305</v>
+        <v>225</v>
       </c>
       <c r="E118" t="s">
-        <v>390</v>
+        <v>249</v>
       </c>
       <c r="F118" t="s">
-        <v>451</v>
+        <v>360</v>
       </c>
       <c r="G118" t="s">
-        <v>563</v>
+        <v>362</v>
       </c>
       <c r="H118" t="s">
-        <v>674</v>
+        <v>537</v>
       </c>
       <c r="I118" t="s">
-        <v>778</v>
+        <v>628</v>
       </c>
       <c r="J118" t="s">
-        <v>839</v>
+        <v>666</v>
       </c>
       <c r="K118" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L118" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M118" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N118" t="s">
-        <v>855</v>
+        <v>676</v>
       </c>
       <c r="P118" t="s">
-        <v>877</v>
+        <v>750</v>
       </c>
       <c r="T118" t="s">
-        <v>1182</v>
+        <v>958</v>
       </c>
     </row>
     <row r="119" spans="1:20">
       <c r="A119" t="s">
         <v>137</v>
       </c>
       <c r="B119" t="s">
-        <v>264</v>
+        <v>196</v>
       </c>
       <c r="D119" t="s">
-        <v>288</v>
+        <v>225</v>
       </c>
       <c r="E119" t="s">
-        <v>391</v>
+        <v>302</v>
       </c>
       <c r="F119" t="s">
-        <v>452</v>
+        <v>346</v>
       </c>
       <c r="G119" t="s">
-        <v>564</v>
+        <v>464</v>
       </c>
       <c r="H119" t="s">
-        <v>675</v>
+        <v>538</v>
       </c>
       <c r="I119" t="s">
-        <v>779</v>
+        <v>628</v>
       </c>
       <c r="J119" t="s">
-        <v>840</v>
+        <v>666</v>
       </c>
       <c r="K119" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L119" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M119" t="s">
-        <v>848</v>
+        <v>672</v>
       </c>
       <c r="N119" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>1054</v>
+        <v>674</v>
+      </c>
+      <c r="P119" t="s">
+        <v>751</v>
       </c>
       <c r="T119" t="s">
-        <v>1183</v>
+        <v>959</v>
       </c>
     </row>
     <row r="120" spans="1:20">
       <c r="A120" t="s">
         <v>138</v>
       </c>
       <c r="B120" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="D120" t="s">
-        <v>290</v>
+        <v>225</v>
       </c>
       <c r="E120" t="s">
-        <v>374</v>
+        <v>316</v>
       </c>
       <c r="F120" t="s">
-        <v>410</v>
+        <v>326</v>
       </c>
       <c r="G120" t="s">
-        <v>565</v>
+        <v>465</v>
       </c>
       <c r="H120" t="s">
-        <v>565</v>
+        <v>539</v>
       </c>
       <c r="I120" t="s">
-        <v>780</v>
+        <v>628</v>
       </c>
       <c r="J120" t="s">
-        <v>807</v>
+        <v>666</v>
       </c>
       <c r="K120" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L120" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M120" t="s">
-        <v>849</v>
+        <v>672</v>
       </c>
       <c r="N120" t="s">
-        <v>853</v>
+        <v>679</v>
       </c>
       <c r="P120" t="s">
-        <v>931</v>
-[...2 lines deleted...]
-        <v>994</v>
+        <v>751</v>
+      </c>
+      <c r="S120" t="s">
+        <v>854</v>
       </c>
       <c r="T120" t="s">
-        <v>1184</v>
+        <v>960</v>
       </c>
     </row>
     <row r="121" spans="1:20">
       <c r="A121" t="s">
         <v>139</v>
       </c>
       <c r="B121" t="s">
-        <v>265</v>
+        <v>221</v>
       </c>
       <c r="D121" t="s">
-        <v>290</v>
+        <v>226</v>
       </c>
       <c r="E121" t="s">
-        <v>329</v>
+        <v>243</v>
       </c>
       <c r="F121" t="s">
-        <v>410</v>
+        <v>324</v>
       </c>
       <c r="G121" t="s">
-        <v>566</v>
+        <v>466</v>
       </c>
       <c r="H121" t="s">
-        <v>566</v>
+        <v>466</v>
       </c>
       <c r="I121" t="s">
-        <v>780</v>
+        <v>595</v>
       </c>
       <c r="J121" t="s">
-        <v>807</v>
+        <v>667</v>
       </c>
       <c r="K121" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L121" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M121" t="s">
-        <v>849</v>
+        <v>671</v>
       </c>
       <c r="N121" t="s">
-        <v>854</v>
+        <v>674</v>
       </c>
       <c r="P121" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>995</v>
+        <v>750</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>762</v>
+      </c>
+      <c r="S121" t="s">
+        <v>855</v>
       </c>
       <c r="T121" t="s">
-        <v>1185</v>
+        <v>961</v>
       </c>
     </row>
     <row r="122" spans="1:20">
       <c r="A122" t="s">
         <v>140</v>
       </c>
       <c r="B122" t="s">
-        <v>266</v>
+        <v>196</v>
       </c>
       <c r="D122" t="s">
-        <v>304</v>
+        <v>225</v>
       </c>
       <c r="E122" t="s">
-        <v>392</v>
+        <v>317</v>
       </c>
       <c r="F122" t="s">
-        <v>410</v>
+        <v>322</v>
       </c>
       <c r="G122" t="s">
-        <v>567</v>
+        <v>467</v>
       </c>
       <c r="H122" t="s">
-        <v>567</v>
+        <v>540</v>
       </c>
       <c r="I122" t="s">
-        <v>781</v>
+        <v>629</v>
+      </c>
+      <c r="J122" t="s">
+        <v>644</v>
       </c>
       <c r="K122" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L122" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M122" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N122" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>673</v>
       </c>
       <c r="P122" t="s">
-        <v>933</v>
+        <v>752</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>763</v>
       </c>
       <c r="R122" t="s">
-        <v>969</v>
-[...2 lines deleted...]
-        <v>1055</v>
+        <v>791</v>
       </c>
       <c r="T122" t="s">
-        <v>1186</v>
+        <v>962</v>
       </c>
     </row>
     <row r="123" spans="1:20">
       <c r="A123" t="s">
         <v>141</v>
       </c>
       <c r="B123" t="s">
-        <v>267</v>
+        <v>196</v>
       </c>
       <c r="D123" t="s">
-        <v>300</v>
+        <v>225</v>
       </c>
       <c r="E123" t="s">
-        <v>387</v>
+        <v>317</v>
       </c>
       <c r="F123" t="s">
-        <v>429</v>
+        <v>322</v>
       </c>
       <c r="G123" t="s">
-        <v>568</v>
+        <v>468</v>
       </c>
       <c r="H123" t="s">
-        <v>568</v>
+        <v>541</v>
       </c>
       <c r="I123" t="s">
-        <v>780</v>
+        <v>630</v>
       </c>
       <c r="J123" t="s">
-        <v>841</v>
+        <v>638</v>
       </c>
       <c r="K123" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L123" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M123" t="s">
-        <v>847</v>
+        <v>672</v>
       </c>
       <c r="N123" t="s">
-        <v>854</v>
+        <v>676</v>
       </c>
       <c r="P123" t="s">
-        <v>934</v>
+        <v>752</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>763</v>
+      </c>
+      <c r="R123" t="s">
+        <v>763</v>
+      </c>
+      <c r="S123" t="s">
+        <v>856</v>
       </c>
       <c r="T123" t="s">
-        <v>1187</v>
+        <v>963</v>
       </c>
     </row>
     <row r="124" spans="1:20">
       <c r="A124" t="s">
         <v>142</v>
       </c>
       <c r="B124" t="s">
-        <v>240</v>
+        <v>196</v>
       </c>
       <c r="D124" t="s">
-        <v>291</v>
+        <v>225</v>
       </c>
       <c r="E124" t="s">
-        <v>352</v>
+        <v>318</v>
       </c>
       <c r="F124" t="s">
-        <v>415</v>
+        <v>322</v>
       </c>
       <c r="G124" t="s">
-        <v>569</v>
+        <v>469</v>
       </c>
       <c r="H124" t="s">
-        <v>569</v>
+        <v>542</v>
       </c>
       <c r="I124" t="s">
-        <v>780</v>
+        <v>631</v>
       </c>
       <c r="J124" t="s">
-        <v>805</v>
+        <v>651</v>
       </c>
       <c r="K124" t="s">
-        <v>845</v>
+        <v>668</v>
       </c>
       <c r="L124" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="M124" t="s">
-        <v>847</v>
+        <v>671</v>
       </c>
       <c r="N124" t="s">
-        <v>852</v>
+        <v>679</v>
       </c>
       <c r="P124" t="s">
-        <v>935</v>
+        <v>753</v>
       </c>
       <c r="T124" t="s">
-        <v>1188</v>
-[...536 lines deleted...]
-      <c r="Q135" t="s">
         <v>964</v>
-      </c>
-[...1383 lines deleted...]
-        <v>1218</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>INTERVENÇÕES VIÁRIAS</vt:lpstr>