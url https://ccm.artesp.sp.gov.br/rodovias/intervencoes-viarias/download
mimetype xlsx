--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="INTERVENÇÕES VIÁRIAS" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1990" uniqueCount="965">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2113" uniqueCount="1020">
   <si>
     <t>CÓDIGO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>COMPLEMENTO</t>
   </si>
   <si>
     <t>CONCESSIONÁRIA(S)</t>
   </si>
   <si>
     <t>MUNICÍPIO(S)</t>
   </si>
   <si>
     <t>RODOVIA</t>
   </si>
   <si>
     <t>M.Q. INICIAL</t>
   </si>
   <si>
     <t>M.Q. FINAL</t>
   </si>
   <si>
@@ -72,2950 +72,3133 @@
   <si>
     <t>PISTA</t>
   </si>
   <si>
     <t>SENTIDO</t>
   </si>
   <si>
     <t>SINALIZAÇÃO</t>
   </si>
   <si>
     <t>RECURSOS</t>
   </si>
   <si>
     <t>AÇÕES OP.</t>
   </si>
   <si>
     <t>DESVIOS</t>
   </si>
   <si>
     <t>ATUALIZAÇÕES</t>
   </si>
   <si>
     <t>OBSERVAÇÕES</t>
   </si>
   <si>
-    <t>OB612</t>
+    <t>OB637</t>
+  </si>
+  <si>
+    <t>OB663</t>
+  </si>
+  <si>
+    <t>OB662</t>
+  </si>
+  <si>
+    <t>OB661</t>
+  </si>
+  <si>
+    <t>OB211</t>
+  </si>
+  <si>
+    <t>OB410</t>
+  </si>
+  <si>
+    <t>OB623</t>
+  </si>
+  <si>
+    <t>OB485</t>
+  </si>
+  <si>
+    <t>OB660</t>
+  </si>
+  <si>
+    <t>OB599</t>
+  </si>
+  <si>
+    <t>OB284</t>
   </si>
   <si>
     <t>OB549</t>
   </si>
   <si>
-    <t>OB519</t>
-[...2 lines deleted...]
-    <t>OB218</t>
+    <t>OB659</t>
+  </si>
+  <si>
+    <t>OB655</t>
+  </si>
+  <si>
+    <t>OB416</t>
+  </si>
+  <si>
+    <t>OB658</t>
+  </si>
+  <si>
+    <t>OB495</t>
+  </si>
+  <si>
+    <t>OB497</t>
+  </si>
+  <si>
+    <t>OB496</t>
+  </si>
+  <si>
+    <t>OB482</t>
+  </si>
+  <si>
+    <t>OB481</t>
+  </si>
+  <si>
+    <t>OB437</t>
+  </si>
+  <si>
+    <t>OB436</t>
+  </si>
+  <si>
+    <t>OB587</t>
+  </si>
+  <si>
+    <t>OB654</t>
+  </si>
+  <si>
+    <t>OB653</t>
+  </si>
+  <si>
+    <t>OB652</t>
+  </si>
+  <si>
+    <t>OB651</t>
+  </si>
+  <si>
+    <t>OB531</t>
+  </si>
+  <si>
+    <t>OB650</t>
+  </si>
+  <si>
+    <t>OB649</t>
+  </si>
+  <si>
+    <t>OB435</t>
+  </si>
+  <si>
+    <t>OB648</t>
+  </si>
+  <si>
+    <t>OB647</t>
+  </si>
+  <si>
+    <t>OB645</t>
+  </si>
+  <si>
+    <t>OB585</t>
+  </si>
+  <si>
+    <t>OB373</t>
+  </si>
+  <si>
+    <t>OB642</t>
+  </si>
+  <si>
+    <t>OB640</t>
+  </si>
+  <si>
+    <t>OB293</t>
+  </si>
+  <si>
+    <t>OB546</t>
+  </si>
+  <si>
+    <t>OB310</t>
+  </si>
+  <si>
+    <t>OB425</t>
+  </si>
+  <si>
+    <t>OB465</t>
+  </si>
+  <si>
+    <t>OB636</t>
+  </si>
+  <si>
+    <t>OB634</t>
+  </si>
+  <si>
+    <t>OB267</t>
+  </si>
+  <si>
+    <t>OB633</t>
+  </si>
+  <si>
+    <t>OB632</t>
+  </si>
+  <si>
+    <t>OB630</t>
+  </si>
+  <si>
+    <t>OB486</t>
+  </si>
+  <si>
+    <t>OB581</t>
+  </si>
+  <si>
+    <t>OB248</t>
+  </si>
+  <si>
+    <t>OB621</t>
+  </si>
+  <si>
+    <t>OB619</t>
+  </si>
+  <si>
+    <t>OB615</t>
+  </si>
+  <si>
+    <t>OB421</t>
+  </si>
+  <si>
+    <t>OB614</t>
+  </si>
+  <si>
+    <t>OB597</t>
   </si>
   <si>
     <t>OB457</t>
   </si>
   <si>
-    <t>OB610</t>
-[...7 lines deleted...]
-  <si>
     <t>OB607</t>
   </si>
   <si>
     <t>OB606</t>
   </si>
   <si>
     <t>OB605</t>
   </si>
   <si>
     <t>OB538</t>
   </si>
   <si>
     <t>OB512</t>
   </si>
   <si>
-    <t>OB601</t>
-[...4 lines deleted...]
-  <si>
     <t>OB289</t>
   </si>
   <si>
-    <t>OB546</t>
-[...1 lines deleted...]
-  <si>
     <t>OB389</t>
   </si>
   <si>
     <t>OB484</t>
   </si>
   <si>
     <t>OB119</t>
   </si>
   <si>
     <t>OB282</t>
   </si>
   <si>
     <t>OB234</t>
   </si>
   <si>
     <t>OB269</t>
   </si>
   <si>
-    <t>OB604</t>
-[...7 lines deleted...]
-  <si>
     <t>OB360</t>
   </si>
   <si>
     <t>OB361</t>
   </si>
   <si>
     <t>OB358</t>
   </si>
   <si>
     <t>OB359</t>
   </si>
   <si>
     <t>OB363</t>
   </si>
   <si>
     <t>OB362</t>
   </si>
   <si>
     <t>OB187</t>
   </si>
   <si>
     <t>OB326</t>
   </si>
   <si>
     <t>OB499</t>
   </si>
   <si>
-    <t>OB600</t>
-[...13 lines deleted...]
-  <si>
     <t>OB459</t>
   </si>
   <si>
     <t>OB429</t>
   </si>
   <si>
     <t>OB349</t>
   </si>
   <si>
-    <t>OB482</t>
-[...13 lines deleted...]
-  <si>
     <t>OB598</t>
   </si>
   <si>
-    <t>OB583</t>
-[...4 lines deleted...]
-  <si>
     <t>OB418</t>
   </si>
   <si>
     <t>OB300</t>
   </si>
   <si>
     <t>OB266</t>
   </si>
   <si>
-    <t>OB489</t>
-[...13 lines deleted...]
-  <si>
     <t>OB461</t>
   </si>
   <si>
     <t>OB427</t>
   </si>
   <si>
     <t>OB350</t>
   </si>
   <si>
     <t>OB424</t>
   </si>
   <si>
     <t>OB322</t>
   </si>
   <si>
-    <t>OB581</t>
-[...16 lines deleted...]
-  <si>
     <t>OB458</t>
   </si>
   <si>
     <t>OB408</t>
   </si>
   <si>
-    <t>OB293</t>
-[...1 lines deleted...]
-  <si>
     <t>OB558</t>
   </si>
   <si>
-    <t>OB577</t>
-[...4 lines deleted...]
-  <si>
     <t>OB570</t>
   </si>
   <si>
     <t>OB559</t>
   </si>
   <si>
     <t>OB79</t>
   </si>
   <si>
-    <t>OB465</t>
-[...4 lines deleted...]
-  <si>
     <t>OB200</t>
   </si>
   <si>
-    <t>OB531</t>
-[...1 lines deleted...]
-  <si>
     <t>OB163</t>
   </si>
   <si>
-    <t>OB495</t>
-[...4 lines deleted...]
-  <si>
     <t>OB428</t>
   </si>
   <si>
-    <t>OB248</t>
-[...4 lines deleted...]
-  <si>
     <t>OB476</t>
   </si>
   <si>
     <t>OB471</t>
   </si>
   <si>
     <t>OB472</t>
   </si>
   <si>
     <t>OB473</t>
   </si>
   <si>
     <t>OB469</t>
   </si>
   <si>
     <t>OB456</t>
   </si>
   <si>
     <t>OB252</t>
   </si>
   <si>
     <t>OB449</t>
   </si>
   <si>
-    <t>OB373</t>
-[...1 lines deleted...]
-  <si>
     <t>OB417</t>
   </si>
   <si>
-    <t>OB410</t>
-[...4 lines deleted...]
-  <si>
     <t>OB441</t>
   </si>
   <si>
     <t>OB311</t>
   </si>
   <si>
     <t>OB312</t>
   </si>
   <si>
     <t>OB406</t>
   </si>
   <si>
     <t>OB390</t>
   </si>
   <si>
     <t>OB423</t>
   </si>
   <si>
     <t>OB445</t>
   </si>
   <si>
     <t>OB446</t>
   </si>
   <si>
     <t>OB190</t>
   </si>
   <si>
     <t>OB443</t>
   </si>
   <si>
     <t>OB442</t>
   </si>
   <si>
     <t>OB440</t>
   </si>
   <si>
-    <t>OB439</t>
-[...4 lines deleted...]
-  <si>
     <t>OB192</t>
   </si>
   <si>
     <t>OB371</t>
   </si>
   <si>
     <t>OB374</t>
   </si>
   <si>
     <t>OB191</t>
   </si>
   <si>
     <t>OB340</t>
   </si>
   <si>
     <t>OB346</t>
   </si>
   <si>
     <t>OB255</t>
   </si>
   <si>
     <t>OB309</t>
   </si>
   <si>
-    <t>PAVIMENTAÇÃO ASFALTICA</t>
+    <t>SERVIÇOS DE MONITORAMENTO</t>
+  </si>
+  <si>
+    <t>REPARO DE PISTA.</t>
+  </si>
+  <si>
+    <t>TRAVESSIA DE CABOS DE REDE DE ENERGIA</t>
+  </si>
+  <si>
+    <t>LANÇAMENTO DE VIGAS</t>
+  </si>
+  <si>
+    <t>TRECHO 12</t>
+  </si>
+  <si>
+    <t>RECUPERAÇÃO NO PAVIMENTO</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DOS NOVOS DISPOSITIVOS</t>
+  </si>
+  <si>
+    <t>ADEQUAÇÃO DE GABARITO</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE DISPOSITIVO DE RETORNO</t>
+  </si>
+  <si>
+    <t>REPARO EM PAVIMENTO RIGIDO</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE CICLOVIA</t>
   </si>
   <si>
+    <t>CONSERVAÇÃO E MELHORIAS</t>
+  </si>
+  <si>
+    <t>REPARO NO PAVIMENTO</t>
+  </si>
+  <si>
     <t>IMPLANTAÇÃO DE FAIXA ADICIONAL</t>
   </si>
   <si>
-    <t>IMPLANTAÇÃO DE POSTES DE ENERGIA</t>
+    <t>FRESAGEM E RECOMPOSIÇÃO</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO 3ª FAIXA DE ROLAMENTO</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE FAIXA 03ª DE ROLAMENTO.</t>
+  </si>
+  <si>
+    <t>EROSÃO DE GRANDE PORTE</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DO VIÁRIO DA BASE OPERACIONAL</t>
+  </si>
+  <si>
+    <t>DESMONTAGEM PRAÇA DE PEDÁGIO</t>
+  </si>
+  <si>
+    <t>ALARGAMENTO DE OAE DEVIDO IMPLANTAÇÃO DE FAIXA ADICIONAL</t>
+  </si>
+  <si>
+    <t>REVITALIZAÇÃO DE TÚNEIS</t>
+  </si>
+  <si>
+    <t>REFORÇO E ALARGAMENTO DE OAE</t>
+  </si>
+  <si>
+    <t>SINALIZAÇÃO TEMPORÁRIA PARA MOVIMENTAÇÃO DE LAJES</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE EQUIPAMENTOS DE COMBATE A INCÊNDIO</t>
+  </si>
+  <si>
+    <t>SUBSTITUIÇÃO DE PONTE</t>
+  </si>
+  <si>
+    <t>READEQUAÇÃO NA SINALIZAÇÃO HORIZONTA</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DA TERCEIRA FAIXA.</t>
+  </si>
+  <si>
+    <t>CORREÇÃO DAS CURVAS</t>
+  </si>
+  <si>
+    <t>TRAVESSIA DE CABOS</t>
+  </si>
+  <si>
+    <t>RECUPERAÇÃO DE MARQUISE PRAÇA DE PEDÁGIO</t>
+  </si>
+  <si>
+    <t>ALARGAMENTO DE OAE</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE MARGINAL NO DISPOSITIVO</t>
+  </si>
+  <si>
+    <t>EXECUÇÃO DE BARREIRA RÍGIDA E CANALETA.</t>
+  </si>
+  <si>
+    <t>TRECHO 02</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO CASA DE EQUIPAMENTOS</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE BASE SAU</t>
+  </si>
+  <si>
+    <t>DESVIO DE EIXO.</t>
+  </si>
+  <si>
+    <t>DRENAGEM PROFUNDA E RECOMPOSIÇÃO DO PAVIMENTO</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO E CONSERVAÇÃO</t>
+  </si>
+  <si>
+    <t>DESLOCAMENTO DE EIXO PARA ALARGAMENTO DE OAE</t>
+  </si>
+  <si>
+    <t>EROSÃO</t>
+  </si>
+  <si>
+    <t>IÇAMENTO DE TRELIÇA E SALAS TÉCNICAS</t>
+  </si>
+  <si>
+    <t>EXECUÇÃO DO REFORÇO DE TERRA ARMADA</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE DISPOSITIVO</t>
   </si>
   <si>
-    <t>REPARO EM PAVIMENTO RÍGIDO</t>
-[...4 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DE CAIXAS DE PRODUTOS PERIGOSOS</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PISTA MARGINAL</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ACESSO PROVISÓRIO</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DO SISTEMA DE DRENAGEM</t>
   </si>
   <si>
-    <t>IMPLANTAÇÃO CONCRETAGEM DE BASE PARA PÓRTICO</t>
-[...4 lines deleted...]
-  <si>
     <t>TRICAS E RACHADURA</t>
   </si>
   <si>
-    <t>REPARO EM PAVIMENTO RIGIDO</t>
-[...1 lines deleted...]
-  <si>
     <t>EXECUÇÃO DAS ALÇAS DE ENTRADA E SAÍDA AO BAIRRO</t>
   </si>
   <si>
     <t>EXECUÇÃO DE OBRAS DE ARTES</t>
   </si>
   <si>
     <t>EXECUÇÃO DE MURO DE TERRA ARMADA</t>
   </si>
   <si>
     <t>EXECUÇÃO DE MURO DE CONTENÇÃO</t>
   </si>
   <si>
     <t>DESVIO DE TRÁFEGO</t>
   </si>
   <si>
-    <t>ENSAIO DE FUMAÇA QUENTE NO TÚNEL SANTA LUZIA</t>
-[...4 lines deleted...]
-  <si>
     <t>REPARO NO PAVIMENTO, CONSERVAÇÃO EM GERAL, RECUPERAÇÃO DE OAE</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ACESSOS PROVISÓRIO</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ALÇA DE ACESSO DE ALUMÍNIO</t>
   </si>
   <si>
-    <t>DESOBSTRUÇÃO DE CAIXAS SUBTERRÂNEAS E LANÇAMENTO DE CABO ÓPTICO</t>
-[...22 lines deleted...]
-  <si>
     <t>CONSTRUÇÃO DE OAE</t>
   </si>
   <si>
-    <t>IÇAMENTO DE TRELIÇA E SALAS TÉCNICAS</t>
-[...1 lines deleted...]
-  <si>
     <t>CONSTRUÇÃO DE DISPOSITIVO</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE FAIXA</t>
   </si>
   <si>
-    <t>ADEQUAÇÃO DE GABARITO</t>
-[...7 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DE ACESSO A VIAS MARGINAIS, PASSEIOS E CICLOVIAS EM PARALELO A RODOVIA</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE 03ª FAIXA</t>
   </si>
   <si>
     <t>REPARO EM EROSÃO</t>
   </si>
   <si>
-    <t>DRENAGEM PROFUNDA E RECOMPOSIÇÃO DO PAVIMENTO</t>
-[...16 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DAS VIAS MARGINAIS</t>
   </si>
   <si>
-    <t>RECUPERAÇÃO DE MARQUISE PRAÇA DE PEDÁGIO</t>
-[...1 lines deleted...]
-  <si>
     <t>DEMOLIÇÃO DAS BARREIRAS NEW JERSEY DA PRAÇA DE PEDÁGIO</t>
   </si>
   <si>
-    <t>RECUPERAÇÃO DE TERRAPLENO</t>
-[...4 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DA ÁREA DE ESCAPE</t>
   </si>
   <si>
-    <t>LANÇAMENTO DE VIGAS</t>
-[...1 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DA VIA MARGINAL</t>
   </si>
   <si>
-    <t>ALARGAMENTO DE OAE</t>
-[...16 lines deleted...]
-  <si>
     <t>REPARO EM PAVIMENTO FLEXÍVEL</t>
   </si>
   <si>
     <t>REPARO NA OAE</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BASE SAU 18</t>
   </si>
   <si>
     <t>DUPLICAÇÃO, IMPLANTAÇÃO DE DISPOSITIVOS E ADEQUAÇÃO DE OAE</t>
   </si>
   <si>
     <t>CONCRETAGEM DAS FUNDAÇÕES DA NOVA PONTE POR MEIO DA PONTE EXISTENTE</t>
   </si>
   <si>
-    <t>IMPLANTAÇÃO DA TERCEIRA FAIXA.</t>
-[...1 lines deleted...]
-  <si>
     <t>DUPLICAÇÃO DE RODOVIA</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DA 5ª FAIXA</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BASE SAU 17.</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BASE SAU 15.</t>
   </si>
   <si>
     <t>DUPLICAÇÃO, REMODELAGEM E IMPLANTAÇÃO DE NOVO DISPOSITIVOS</t>
   </si>
   <si>
     <t>DESVIO DE TRÁFEGO PARA REPARO EM PAVIMENTO FLEXÍVEL.</t>
   </si>
   <si>
-    <t>CONSTRUÇÃO DE BASE SAU</t>
-[...4 lines deleted...]
-  <si>
     <t>MANUTENÇÃO CORRETIVA DA ILUMINAÇÃO VIÁRIA</t>
   </si>
   <si>
     <t>INTERVENÇÃO NA OAE</t>
   </si>
   <si>
+    <t>SPVIAS</t>
+  </si>
+  <si>
     <t>EIXO SP</t>
   </si>
   <si>
+    <t>VIAPAULISTA</t>
+  </si>
+  <si>
+    <t>ENTREVIAS</t>
+  </si>
+  <si>
+    <t>INTERVIAS</t>
+  </si>
+  <si>
+    <t>SPMAR</t>
+  </si>
+  <si>
     <t>ECOVIAS IMIGRANTES</t>
   </si>
   <si>
+    <t>VIARONDON</t>
+  </si>
+  <si>
     <t>RODOANEL</t>
   </si>
   <si>
+    <t>ECOVIAS NOROESTE</t>
+  </si>
+  <si>
+    <t>RAPOSO CASTELLO</t>
+  </si>
+  <si>
+    <t>SOROCABANA</t>
+  </si>
+  <si>
+    <t>ECOVIAS LESTE PAULISTA</t>
+  </si>
+  <si>
     <t>AUTOBAN</t>
   </si>
   <si>
-    <t>RAPOSO CASTELLO</t>
-[...19 lines deleted...]
-  <si>
     <t>ROTA DAS BANDEIRAS</t>
   </si>
   <si>
+    <t>CART</t>
+  </si>
+  <si>
+    <t>TAMOIOS</t>
+  </si>
+  <si>
     <t>RODOVIAS DO TIETÊ</t>
   </si>
   <si>
-    <t>TAMOIOS</t>
-[...5 lines deleted...]
-    <t>ADAMANTINA</t>
+    <t>AVARÉ, ITAÍ</t>
+  </si>
+  <si>
+    <t>SANTA MARIA DA SERRA</t>
+  </si>
+  <si>
+    <t>ITAPORANGA</t>
+  </si>
+  <si>
+    <t>PARAGUAÇU PAULISTA</t>
+  </si>
+  <si>
+    <t>TARUMÃ, FLORÍNIA</t>
+  </si>
+  <si>
+    <t>SANTA RITA DO PASSA QUATRO, PIRASSUNUNGA, LEME, CORDEIRÓPOLIS, PORTO FERREIRA, ARARAS, SANTA CRUZ DA CONCEIÇÃO</t>
+  </si>
+  <si>
+    <t>CRAVINHOS</t>
+  </si>
+  <si>
+    <t>ITARARÉ</t>
+  </si>
+  <si>
+    <t>IARAS</t>
+  </si>
+  <si>
+    <t>PONGAÍ</t>
+  </si>
+  <si>
+    <t>ITAPECERICA DA SERRA, SÃO PAULO</t>
   </si>
   <si>
     <t>CUBATÃO</t>
   </si>
   <si>
-    <t>OSASCO, CARAPICUÍBA</t>
+    <t>GUARANTÃ</t>
+  </si>
+  <si>
+    <t>ITAPIRA</t>
+  </si>
+  <si>
+    <t>CARAPICUÍBA, OSASCO</t>
+  </si>
+  <si>
+    <t>SÃO JOSÉ DO RIO PRETO</t>
+  </si>
+  <si>
+    <t>ITÁPOLIS, BORBOREMA</t>
+  </si>
+  <si>
+    <t>TAQUARITINGA, JABOTICABAL</t>
+  </si>
+  <si>
+    <t>IBATÉ, ARARAQUARA, SÃO CARLOS</t>
+  </si>
+  <si>
+    <t>MIRASSOL, SÃO JOSÉ DO RIO PRETO</t>
+  </si>
+  <si>
+    <t>MIRASSOL</t>
+  </si>
+  <si>
+    <t>BARUERI</t>
+  </si>
+  <si>
+    <t>PIEDADE</t>
+  </si>
+  <si>
+    <t>VOTORANTIM</t>
+  </si>
+  <si>
+    <t>SALTO DE PIRAPORA</t>
+  </si>
+  <si>
+    <t>MATÃO</t>
+  </si>
+  <si>
+    <t>RIO CLARO</t>
+  </si>
+  <si>
+    <t>JACAREÍ</t>
+  </si>
+  <si>
+    <t>TAIÚVA</t>
+  </si>
+  <si>
+    <t>SÃO CARLOS</t>
+  </si>
+  <si>
+    <t>SANTOS</t>
+  </si>
+  <si>
+    <t>PENÁPOLIS</t>
   </si>
   <si>
     <t>CAJAMAR</t>
   </si>
   <si>
+    <t>ATIBAIA</t>
+  </si>
+  <si>
+    <t>SÃO BERNARDO DO CAMPO, CUBATÃO</t>
+  </si>
+  <si>
+    <t>BARRA BONITA</t>
+  </si>
+  <si>
+    <t>SÃO PAULO</t>
+  </si>
+  <si>
+    <t>SÃO BERNARDO DO CAMPO, SANTO ANDRÉ</t>
+  </si>
+  <si>
+    <t>CRAVINHOS, ARARAQUARA, RIBEIRÃO PRETO, SANTA LÚCIA, AMÉRICO BRASILIENSE, LUÍS ANTÔNIO, RINCÃO, GUATAPARÁ</t>
+  </si>
+  <si>
+    <t>CRAVINHOS, SANTA RITA DO PASSA QUATRO, RIBEIRÃO PRETO, SÃO SIMÃO</t>
+  </si>
+  <si>
+    <t>SANTA CRUZ DO RIO PARDO</t>
+  </si>
+  <si>
+    <t>GUARANTÃ, PONGAÍ, CAFELÂNDIA</t>
+  </si>
+  <si>
+    <t>OSASCO, SÃO PAULO</t>
+  </si>
+  <si>
+    <t>MAIRINQUE</t>
+  </si>
+  <si>
+    <t>CARAGUATATUBA</t>
+  </si>
+  <si>
+    <t>CORDEIRÓPOLIS</t>
+  </si>
+  <si>
+    <t>TAPIRAÍ</t>
+  </si>
+  <si>
+    <t>SANTANA DE PARNAÍBA, BARUERI, ITAPEVI, OSASCO, SÃO PAULO, JANDIRA, ARAÇARIGUAMA</t>
+  </si>
+  <si>
+    <t>OSASCO, SÃO PAULO, COTIA</t>
+  </si>
+  <si>
+    <t>ALUMÍNIO</t>
+  </si>
+  <si>
     <t>PIRACICABA</t>
   </si>
   <si>
-    <t>SÃO PAULO, BARUERI, SANTANA DE PARNAÍBA</t>
-[...7 lines deleted...]
-  <si>
     <t>LIMEIRA, AMERICANA</t>
   </si>
   <si>
     <t>POÁ, SUZANO</t>
   </si>
   <si>
     <t>ITAQUAQUECETUBA</t>
   </si>
   <si>
     <t>CAJAMAR, FRANCO DA ROCHA</t>
   </si>
   <si>
     <t>CAMPINAS</t>
   </si>
   <si>
-    <t>SÃO PAULO</t>
-[...1 lines deleted...]
-  <si>
     <t>IGARAPAVA</t>
   </si>
   <si>
-    <t>SÃO BERNARDO DO CAMPO, SANTO ANDRÉ</t>
-[...23 lines deleted...]
-    <t>PIEDADE, SÃO MIGUEL ARCANJO, IBIÚNA, PILAR DO SUL</t>
+    <t>SOROCABA, TAPIRAÍ, PIEDADE, JUQUIÁ, VOTORANTIM</t>
+  </si>
+  <si>
+    <t>IBIÚNA, PIEDADE, PILAR DO SUL, SÃO MIGUEL ARCANJO</t>
   </si>
   <si>
     <t>PILAR DO SUL, SÃO MIGUEL ARCANJO</t>
   </si>
   <si>
-    <t>SALTO DE PIRAPORA, PILAR DO SUL</t>
-[...2 lines deleted...]
-    <t>SALTO DE PIRAPORA</t>
+    <t>PILAR DO SUL, SALTO DE PIRAPORA</t>
   </si>
   <si>
     <t>SÃO ROQUE</t>
   </si>
   <si>
-    <t>ARAÇARIGUAMA, ITAPEVI, SANTANA DE PARNAÍBA</t>
-[...31 lines deleted...]
-  <si>
     <t>FLORÍNIA</t>
   </si>
   <si>
-    <t>RIBEIRÃO PRETO</t>
-[...7 lines deleted...]
-  <si>
     <t>BARRETOS</t>
   </si>
   <si>
-    <t>TAPIRAÍ</t>
-[...10 lines deleted...]
-  <si>
     <t>PAULÍNIA, CAMPINAS</t>
   </si>
   <si>
     <t>BORBOREMA</t>
   </si>
   <si>
-    <t>RIO CLARO</t>
-[...32 lines deleted...]
-    <t>COTIA, ITAPEVI, JANDIRA</t>
+    <t>LARANJAL PAULISTA, ANHEMBI, BOFETE, PEREIRAS, CONCHAS</t>
+  </si>
+  <si>
+    <t>CORDEIRÓPOLIS, CORUMBATAÍ, RIO CLARO, SANTA GERTRUDES</t>
+  </si>
+  <si>
+    <t>SUMARÉ, CAMPINAS</t>
+  </si>
+  <si>
+    <t>SÃO PAULO, OSASCO, ARAÇARIGUAMA, JANDIRA, SANTANA DE PARNAÍBA, BARUERI, ITAPEVI</t>
+  </si>
+  <si>
+    <t>SÃO PAULO, COTIA, OSASCO</t>
+  </si>
+  <si>
+    <t>JANDIRA, COTIA, ITAPEVI</t>
   </si>
   <si>
     <t>PIRANGI</t>
   </si>
   <si>
-    <t>PARAGUAÇU PAULISTA, QUATÁ, ASSIS, JOÃO RAMALHO, MARTINÓPOLIS, RANCHARIA</t>
+    <t>JOÃO RAMALHO, RANCHARIA, QUATÁ, MARTINÓPOLIS, PARAGUAÇU PAULISTA, ASSIS</t>
   </si>
   <si>
     <t>NOVO HORIZONTE, PONGAÍ</t>
   </si>
   <si>
     <t>JUNDIAÍ</t>
   </si>
   <si>
-    <t>ATIBAIA</t>
-[...17 lines deleted...]
-    <t>TAQUARITUBA, CORONEL MACEDO, ITAÍ, ITAPORANGA</t>
+    <t>RIO CLARO, ARARAS</t>
+  </si>
+  <si>
+    <t>JAÚ, BOA ESPERANÇA DO SUL, BOCAINA, DOURADO, ARARAQUARA</t>
+  </si>
+  <si>
+    <t>AVARÉ, BARRA BONITA, BOTUCATU, JAÚ, IGARAÇU DO TIETÊ, PRATÂNIA, SÃO MANUEL</t>
+  </si>
+  <si>
+    <t>CORONEL MACEDO, ITAPORANGA, TAQUARITUBA, ITAÍ</t>
   </si>
   <si>
     <t>SANTA MARIA DA SERRA, SÃO PEDRO</t>
   </si>
   <si>
     <t>IBATÉ</t>
   </si>
   <si>
     <t>MONTE ALTO</t>
   </si>
   <si>
     <t>BEBEDOURO</t>
   </si>
   <si>
-    <t>AMÉRICO BRASILIENSE, SÃO CARLOS, SANTA LÚCIA, RINCÃO</t>
-[...5 lines deleted...]
-    <t>CAIEIRAS, SÃO PAULO, LOUVEIRA, HORTOLÂNDIA, FRANCO DA ROCHA, VINHEDO, ITUPEVA, LIMEIRA, CAMPINAS, CORDEIRÓPOLIS, SUMARÉ, JUNDIAÍ, CAJAMAR, SANTA BÁRBARA D'OESTE</t>
+    <t>SANTA LÚCIA, AMÉRICO BRASILIENSE, RINCÃO, SÃO CARLOS</t>
+  </si>
+  <si>
+    <t>CAMPINAS, CORDEIRÓPOLIS, SUMARÉ, JUNDIAÍ, CAJAMAR, OSASCO, LOUVEIRA, VALINHOS, NOVA ODESSA, VINHEDO, SÃO PAULO, AMERICANA, LIMEIRA</t>
+  </si>
+  <si>
+    <t>CORDEIRÓPOLIS, CAMPINAS, LIMEIRA, ITUPEVA, SÃO PAULO, LOUVEIRA, HORTOLÂNDIA, JUNDIAÍ, SUMARÉ, FRANCO DA ROCHA, VINHEDO, CAJAMAR, CAIEIRAS, SANTA BÁRBARA D'OESTE</t>
+  </si>
+  <si>
+    <t>VALINHOS, CAMPINAS</t>
   </si>
   <si>
     <t>CAMPINAS, VALINHOS</t>
   </si>
   <si>
     <t>JUNDIAÍ, LOUVEIRA</t>
   </si>
   <si>
-    <t>SPA 592/294</t>
+    <t>SP 255</t>
+  </si>
+  <si>
+    <t>SP 304</t>
+  </si>
+  <si>
+    <t>SP 284</t>
+  </si>
+  <si>
+    <t>SP 333</t>
+  </si>
+  <si>
+    <t>SP 330</t>
+  </si>
+  <si>
+    <t>SP 258</t>
+  </si>
+  <si>
+    <t>SPD 283/280</t>
+  </si>
+  <si>
+    <t>SP 021</t>
   </si>
   <si>
     <t>SPI 059/150</t>
   </si>
   <si>
-    <t>SP 021</t>
-[...5 lines deleted...]
-    <t>SP 304</t>
+    <t>SPD 417/300</t>
+  </si>
+  <si>
+    <t>SP 328</t>
+  </si>
+  <si>
+    <t>SP 352</t>
+  </si>
+  <si>
+    <t>SP 310</t>
+  </si>
+  <si>
+    <t>SPM 280 E</t>
+  </si>
+  <si>
+    <t>SP 079</t>
+  </si>
+  <si>
+    <t>SP 264</t>
+  </si>
+  <si>
+    <t>SP 326</t>
+  </si>
+  <si>
+    <t>SPD 187/310</t>
+  </si>
+  <si>
+    <t>SP 070</t>
+  </si>
+  <si>
+    <t>SP 055</t>
+  </si>
+  <si>
+    <t>SP 300</t>
+  </si>
+  <si>
+    <t>SP 065</t>
+  </si>
+  <si>
+    <t>SP 150</t>
+  </si>
+  <si>
+    <t>SPD 177/310</t>
+  </si>
+  <si>
+    <t>SP 327</t>
   </si>
   <si>
     <t>SP 280</t>
   </si>
   <si>
     <t>SP 270</t>
   </si>
   <si>
+    <t>SPI 065/099</t>
+  </si>
+  <si>
+    <t>SP 250</t>
+  </si>
+  <si>
     <t>SP 348</t>
   </si>
   <si>
     <t>SPD 086/330</t>
   </si>
   <si>
-    <t>SP 328</t>
-[...7 lines deleted...]
-  <si>
     <t>SPA 103/079</t>
   </si>
   <si>
-    <t>SP 250</t>
-[...1 lines deleted...]
-  <si>
     <t>SPA 160/250</t>
   </si>
   <si>
-    <t>SP 264</t>
-[...1 lines deleted...]
-  <si>
     <t>SPA 104/079</t>
   </si>
   <si>
-    <t>SP 310</t>
-[...13 lines deleted...]
-  <si>
     <t>SPD 092/330</t>
   </si>
   <si>
-    <t>SP 326</t>
-[...1 lines deleted...]
-  <si>
     <t>SP 332</t>
   </si>
   <si>
     <t>SP 191</t>
   </si>
   <si>
-    <t>SP 150</t>
-[...10 lines deleted...]
-  <si>
     <t>SPI 097/055</t>
   </si>
   <si>
-    <t>SP 258</t>
-[...4 lines deleted...]
-  <si>
     <t>SP 029</t>
   </si>
   <si>
     <t>SP 323</t>
   </si>
   <si>
-    <t>SP 284</t>
-[...1 lines deleted...]
-  <si>
     <t>SPD 050/348</t>
   </si>
   <si>
-    <t>SP 065</t>
-[...4 lines deleted...]
-  <si>
     <t>SP 351</t>
   </si>
   <si>
     <t>SP 318</t>
   </si>
   <si>
     <t>SPI 102/330</t>
   </si>
   <si>
-    <t>8.657</t>
+    <t>278.000</t>
+  </si>
+  <si>
+    <t>236.000</t>
+  </si>
+  <si>
+    <t>353.000</t>
+  </si>
+  <si>
+    <t>464.130</t>
+  </si>
+  <si>
+    <t>432.000</t>
+  </si>
+  <si>
+    <t>158.501</t>
+  </si>
+  <si>
+    <t>294.105</t>
+  </si>
+  <si>
+    <t>338.100</t>
   </si>
   <si>
     <t>0.000</t>
   </si>
   <si>
+    <t>244.830</t>
+  </si>
+  <si>
+    <t>43.000</t>
+  </si>
+  <si>
+    <t>294.739</t>
+  </si>
+  <si>
+    <t>162.540</t>
+  </si>
+  <si>
+    <t>16.000</t>
+  </si>
+  <si>
+    <t>428.800</t>
+  </si>
+  <si>
+    <t>182.200</t>
+  </si>
+  <si>
+    <t>119.000</t>
+  </si>
+  <si>
+    <t>241.800</t>
+  </si>
+  <si>
+    <t>444.750</t>
+  </si>
+  <si>
+    <t>446.300</t>
+  </si>
+  <si>
+    <t>446.000</t>
+  </si>
+  <si>
+    <t>23.000</t>
+  </si>
+  <si>
+    <t>140.300</t>
+  </si>
+  <si>
+    <t>105.800</t>
+  </si>
+  <si>
+    <t>123.600</t>
+  </si>
+  <si>
+    <t>307.600</t>
+  </si>
+  <si>
+    <t>74.000</t>
+  </si>
+  <si>
+    <t>357.000</t>
+  </si>
+  <si>
+    <t>449.420</t>
+  </si>
+  <si>
+    <t>254.000</t>
+  </si>
+  <si>
+    <t>483.750</t>
+  </si>
+  <si>
+    <t>43.150</t>
+  </si>
+  <si>
+    <t>80.000</t>
+  </si>
+  <si>
+    <t>40.000</t>
+  </si>
+  <si>
+    <t>175.500</t>
+  </si>
+  <si>
+    <t>50.000</t>
+  </si>
+  <si>
+    <t>76.000</t>
+  </si>
+  <si>
+    <t>2.801</t>
+  </si>
+  <si>
+    <t>240.501</t>
+  </si>
+  <si>
+    <t>10.700</t>
+  </si>
+  <si>
+    <t>24.000</t>
+  </si>
+  <si>
+    <t>245.000</t>
+  </si>
+  <si>
+    <t>21.000</t>
+  </si>
+  <si>
+    <t>27.800</t>
+  </si>
+  <si>
+    <t>17.000</t>
+  </si>
+  <si>
+    <t>339.530</t>
+  </si>
+  <si>
+    <t>69.000</t>
+  </si>
+  <si>
+    <t>20.595</t>
+  </si>
+  <si>
+    <t>158.820</t>
+  </si>
+  <si>
+    <t>161.800</t>
+  </si>
+  <si>
+    <t>13.290</t>
+  </si>
+  <si>
+    <t>10.940</t>
+  </si>
+  <si>
+    <t>124.000</t>
+  </si>
+  <si>
+    <t>75.900</t>
+  </si>
+  <si>
+    <t>169.240</t>
+  </si>
+  <si>
+    <t>128.400</t>
+  </si>
+  <si>
+    <t>114.150</t>
+  </si>
+  <si>
+    <t>118.000</t>
+  </si>
+  <si>
+    <t>38.000</t>
+  </si>
+  <si>
+    <t>475.000</t>
+  </si>
+  <si>
+    <t>67.200</t>
+  </si>
+  <si>
+    <t>75.700</t>
+  </si>
+  <si>
+    <t>68.000</t>
+  </si>
+  <si>
+    <t>75.300</t>
+  </si>
+  <si>
+    <t>75.000</t>
+  </si>
+  <si>
+    <t>97.950</t>
+  </si>
+  <si>
+    <t>70.994</t>
+  </si>
+  <si>
+    <t>119.900</t>
+  </si>
+  <si>
+    <t>76.150</t>
+  </si>
+  <si>
+    <t>76.300</t>
+  </si>
+  <si>
+    <t>52.000</t>
+  </si>
+  <si>
+    <t>434.960</t>
+  </si>
+  <si>
+    <t>236.700</t>
+  </si>
+  <si>
+    <t>449.300</t>
+  </si>
+  <si>
+    <t>259.000</t>
+  </si>
+  <si>
+    <t>273.250</t>
+  </si>
+  <si>
+    <t>295.000</t>
+  </si>
+  <si>
+    <t>440.630</t>
+  </si>
+  <si>
+    <t>420.000</t>
+  </si>
+  <si>
+    <t>238.500</t>
+  </si>
+  <si>
+    <t>167.700</t>
+  </si>
+  <si>
+    <t>114.000</t>
+  </si>
+  <si>
+    <t>220.800</t>
+  </si>
+  <si>
+    <t>59.000</t>
+  </si>
+  <si>
+    <t>45.800</t>
+  </si>
+  <si>
+    <t>176.200</t>
+  </si>
+  <si>
+    <t>153.520</t>
+  </si>
+  <si>
+    <t>231.830</t>
+  </si>
+  <si>
+    <t>98.000</t>
+  </si>
+  <si>
+    <t>32.580</t>
+  </si>
+  <si>
+    <t>36.300</t>
+  </si>
+  <si>
+    <t>447.257</t>
+  </si>
+  <si>
+    <t>229.000</t>
+  </si>
+  <si>
+    <t>52.700</t>
+  </si>
+  <si>
+    <t>83.200</t>
+  </si>
+  <si>
+    <t>155.771</t>
+  </si>
+  <si>
+    <t>288.191</t>
+  </si>
+  <si>
+    <t>199.000</t>
+  </si>
+  <si>
+    <t>3.500</t>
+  </si>
+  <si>
+    <t>252.000</t>
+  </si>
+  <si>
+    <t>9.560</t>
+  </si>
+  <si>
+    <t>159.500</t>
+  </si>
+  <si>
+    <t>247.000</t>
+  </si>
+  <si>
+    <t>48.700</t>
+  </si>
+  <si>
+    <t>103.850</t>
+  </si>
+  <si>
+    <t>391.700</t>
+  </si>
+  <si>
+    <t>11.360</t>
+  </si>
+  <si>
+    <t>62.000</t>
+  </si>
+  <si>
+    <t>13.360</t>
+  </si>
+  <si>
+    <t>26.380</t>
+  </si>
+  <si>
+    <t>85.500</t>
+  </si>
+  <si>
+    <t>87.700</t>
+  </si>
+  <si>
+    <t>64.900</t>
+  </si>
+  <si>
+    <t>279.000</t>
+  </si>
+  <si>
+    <t>356.900</t>
+  </si>
+  <si>
+    <t>436.000</t>
+  </si>
+  <si>
+    <t>240.499</t>
+  </si>
+  <si>
+    <t>337.800</t>
+  </si>
+  <si>
+    <t>51.000</t>
+  </si>
+  <si>
+    <t>0.592</t>
+  </si>
+  <si>
+    <t>294.753</t>
+  </si>
+  <si>
+    <t>185.170</t>
+  </si>
+  <si>
+    <t>19.000</t>
+  </si>
+  <si>
+    <t>431.400</t>
+  </si>
+  <si>
+    <t>212.449</t>
+  </si>
+  <si>
+    <t>140.200</t>
+  </si>
+  <si>
+    <t>267.700</t>
+  </si>
+  <si>
+    <t>451.870</t>
+  </si>
+  <si>
+    <t>140.900</t>
+  </si>
+  <si>
+    <t>106.200</t>
+  </si>
+  <si>
+    <t>123.000</t>
+  </si>
+  <si>
+    <t>79.000</t>
+  </si>
+  <si>
+    <t>255.000</t>
+  </si>
+  <si>
+    <t>482.550</t>
+  </si>
+  <si>
+    <t>44.100</t>
+  </si>
+  <si>
+    <t>88.000</t>
+  </si>
+  <si>
+    <t>54.000</t>
+  </si>
+  <si>
+    <t>84.000</t>
+  </si>
+  <si>
+    <t>318.499</t>
+  </si>
+  <si>
+    <t>273.160</t>
+  </si>
+  <si>
+    <t>12.000</t>
+  </si>
+  <si>
+    <t>339.260</t>
+  </si>
+  <si>
+    <t>0.001</t>
+  </si>
+  <si>
+    <t>159.270</t>
+  </si>
+  <si>
+    <t>162.200</t>
+  </si>
+  <si>
+    <t>54.139</t>
+  </si>
+  <si>
+    <t>34.064</t>
+  </si>
+  <si>
+    <t>171.360</t>
+  </si>
+  <si>
+    <t>131.200</t>
+  </si>
+  <si>
+    <t>114.850</t>
+  </si>
+  <si>
+    <t>42.000</t>
+  </si>
+  <si>
+    <t>75.400</t>
+  </si>
+  <si>
+    <t>66.000</t>
+  </si>
+  <si>
+    <t>67.000</t>
+  </si>
+  <si>
+    <t>213.000</t>
+  </si>
+  <si>
+    <t>2.495</t>
+  </si>
+  <si>
+    <t>176.550</t>
+  </si>
+  <si>
     <t>15.900</t>
   </si>
   <si>
-    <t>40.470</t>
-[...376 lines deleted...]
-  <si>
     <t>143.525</t>
   </si>
   <si>
     <t>11.800</t>
   </si>
   <si>
     <t>58.000</t>
   </si>
   <si>
+    <t>283.000</t>
+  </si>
+  <si>
+    <t>425.000</t>
+  </si>
+  <si>
+    <t>240.400</t>
+  </si>
+  <si>
+    <t>167.350</t>
+  </si>
+  <si>
+    <t>227.000</t>
+  </si>
+  <si>
+    <t>24.500</t>
+  </si>
+  <si>
+    <t>193.550</t>
+  </si>
+  <si>
     <t>33.000</t>
   </si>
   <si>
-    <t>451.870</t>
-[...58 lines deleted...]
-  <si>
     <t>240.600</t>
   </si>
   <si>
-    <t>0.001</t>
-[...4 lines deleted...]
-  <si>
     <t>112.200</t>
   </si>
   <si>
-    <t>54.139</t>
-[...4 lines deleted...]
-  <si>
     <t>43.700</t>
   </si>
   <si>
     <t>551.530</t>
   </si>
   <si>
     <t>233.000</t>
   </si>
   <si>
-    <t>88.000</t>
-[...1 lines deleted...]
-  <si>
     <t>70.200</t>
   </si>
   <si>
-    <t>240.499</t>
-[...4 lines deleted...]
-  <si>
     <t>147.300</t>
   </si>
   <si>
     <t>237.769</t>
   </si>
   <si>
     <t>357.430</t>
   </si>
   <si>
     <t>231.000</t>
   </si>
   <si>
     <t>5.930</t>
   </si>
   <si>
     <t>251.000</t>
   </si>
   <si>
     <t>8.460</t>
   </si>
   <si>
     <t>160.600</t>
   </si>
   <si>
     <t>280.000</t>
   </si>
   <si>
     <t>158.500</t>
   </si>
   <si>
     <t>7.540</t>
   </si>
   <si>
     <t>64.600</t>
   </si>
   <si>
     <t>173.032</t>
   </si>
   <si>
     <t>87.850</t>
   </si>
   <si>
     <t>85.600</t>
   </si>
   <si>
     <t>73.000</t>
   </si>
   <si>
-    <t>19/01/2026</t>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>26/08/2024</t>
+  </si>
+  <si>
+    <t>20/06/2024</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>03/02/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
-    <t>06/10/2025</t>
-[...2 lines deleted...]
-    <t>24/09/2024</t>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>22/09/2025</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>15/09/2025</t>
+  </si>
+  <si>
+    <t>25/08/2025</t>
+  </si>
+  <si>
+    <t>08/08/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>13/10/2025</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>14/07/2025</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>29/09/2025</t>
+  </si>
+  <si>
+    <t>14/03/2025</t>
+  </si>
+  <si>
+    <t>31/07/2025</t>
+  </si>
+  <si>
+    <t>23/06/2025</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>08/01/2024</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>28/07/2025</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
   </si>
   <si>
     <t>10/03/2025</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
-    <t>15/01/2026</t>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>04/02/2025</t>
+  </si>
+  <si>
+    <t>16/06/2025</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
+  </si>
+  <si>
+    <t>08/11/2024</t>
+  </si>
+  <si>
+    <t>22/01/2025</t>
+  </si>
+  <si>
+    <t>29/04/2025</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>30/03/2025</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>02/06/2025</t>
+  </si>
+  <si>
+    <t>28/04/2025</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
-    <t>13/11/2025</t>
-[...124 lines deleted...]
-  <si>
     <t>29/08/2025</t>
   </si>
   <si>
     <t>26/06/2025</t>
   </si>
   <si>
     <t>14/04/2025</t>
   </si>
   <si>
-    <t>08/12/2025</t>
-[...10 lines deleted...]
-  <si>
     <t>13/08/2025</t>
   </si>
   <si>
     <t>15/11/2025</t>
   </si>
   <si>
-    <t>02/12/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>10/05/2023</t>
   </si>
   <si>
-    <t>23/06/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>03/06/2024</t>
   </si>
   <si>
-    <t>13/10/2025</t>
-[...7 lines deleted...]
-  <si>
     <t>24/06/2025</t>
   </si>
   <si>
     <t>10/09/2025</t>
   </si>
   <si>
     <t>10/04/2025</t>
   </si>
   <si>
     <t>16/12/2024</t>
   </si>
   <si>
     <t>20/08/2025</t>
   </si>
   <si>
-    <t>12/05/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>01/08/2024</t>
   </si>
   <si>
-    <t>20/06/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>07/05/2025</t>
   </si>
   <si>
     <t>20/06/2025</t>
   </si>
   <si>
-    <t>28/07/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>18/08/2025</t>
   </si>
   <si>
     <t>20/05/2024</t>
   </si>
   <si>
     <t>11/08/2025</t>
   </si>
   <si>
-    <t>14/08/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>05/07/2024</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>09/04/2025</t>
   </si>
   <si>
     <t>17/12/2024</t>
   </si>
   <si>
     <t>13/03/2025</t>
   </si>
   <si>
-    <t>28/02/2026</t>
-[...2 lines deleted...]
-    <t>30/12/2025</t>
+    <t>27/03/2026</t>
+  </si>
+  <si>
+    <t>31/03/2026</t>
+  </si>
+  <si>
+    <t>31/10/2026</t>
+  </si>
+  <si>
+    <t>30/03/2026</t>
+  </si>
+  <si>
+    <t>20/06/2026</t>
+  </si>
+  <si>
+    <t>30/04/2026</t>
+  </si>
+  <si>
+    <t>31/05/2026</t>
+  </si>
+  <si>
+    <t>24/04/2026</t>
+  </si>
+  <si>
+    <t>30/06/2026</t>
+  </si>
+  <si>
+    <t>30/12/2026</t>
+  </si>
+  <si>
+    <t>30/05/2026</t>
+  </si>
+  <si>
+    <t>18/04/2026</t>
+  </si>
+  <si>
+    <t>18/05/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>31/08/2026</t>
+  </si>
+  <si>
+    <t>15/03/2027</t>
+  </si>
+  <si>
+    <t>31/12/2026</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>21/11/2027</t>
+  </si>
+  <si>
+    <t>10/05/2026</t>
+  </si>
+  <si>
+    <t>23/04/2026</t>
+  </si>
+  <si>
+    <t>15/04/2026</t>
+  </si>
+  <si>
+    <t>06/04/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>22/09/2026</t>
+  </si>
+  <si>
+    <t>12/06/2026</t>
   </si>
   <si>
     <t>31/07/2026</t>
   </si>
   <si>
-    <t>18/01/2026</t>
-[...4 lines deleted...]
-  <si>
     <t>31/12/2027</t>
   </si>
   <si>
-    <t>31/03/2026</t>
-[...10 lines deleted...]
-  <si>
     <t>31/12/2025</t>
   </si>
   <si>
-    <t>25/12/2025</t>
-[...16 lines deleted...]
-  <si>
     <t>20/04/2026</t>
   </si>
   <si>
     <t>14/04/2026</t>
   </si>
   <si>
-    <t>30/03/2026</t>
-[...10 lines deleted...]
-  <si>
     <t>16/11/2026</t>
   </si>
   <si>
-    <t>23/04/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>30/06/2027</t>
   </si>
   <si>
+    <t>14/05/2026</t>
+  </si>
+  <si>
+    <t>30/04/2027</t>
+  </si>
+  <si>
+    <t>01/07/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
     <t>13/02/2026</t>
   </si>
   <si>
-    <t>14/05/2026</t>
-[...16 lines deleted...]
-  <si>
     <t>11/02/2026</t>
   </si>
   <si>
-    <t>15/04/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>14/03/2026</t>
   </si>
   <si>
     <t>NÃO</t>
   </si>
   <si>
     <t>CONCESSIONÁRIA</t>
   </si>
   <si>
     <t>SIMPLES</t>
   </si>
   <si>
     <t>DISPOSITIVO</t>
   </si>
   <si>
     <t>DUPLA</t>
   </si>
   <si>
+    <t>NORTE/SUL</t>
+  </si>
+  <si>
+    <t>LESTE</t>
+  </si>
+  <si>
+    <t>LESTE/OESTE</t>
+  </si>
+  <si>
+    <t>OESTE</t>
+  </si>
+  <si>
+    <t>NÃO SE APLICA</t>
+  </si>
+  <si>
+    <t>EXTERNO</t>
+  </si>
+  <si>
     <t>NORTE</t>
   </si>
   <si>
-    <t>OESTE</t>
+    <t>SUL</t>
   </si>
   <si>
     <t>INTERNO</t>
   </si>
   <si>
-    <t>SUL</t>
-[...16 lines deleted...]
-  <si>
     <t>NOTURNA, VIATURAS</t>
   </si>
   <si>
+    <t>PLACAS, LAMELAS E SINALIZAÇÃO NOTURNA</t>
+  </si>
+  <si>
     <t>LAMELAS COM PISTA DE LED, PLACAS DE SINALIZAÇÃO</t>
   </si>
   <si>
-    <t>CONES IMPLANTAÇÃO DE PLACAS E CONES</t>
-[...4 lines deleted...]
-  <si>
     <t>PLACAS, LAMELAS, SINALIZAÇÃO NOTURNA, ETC.</t>
   </si>
   <si>
-    <t>VCI-3005, IT-3022.</t>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, RESGATE</t>
+  </si>
+  <si>
+    <t>VCI-3002, VCI-3003, GL-3006, GP-3002, IT-3004, IT-3005, IT-3008, GLA-3003, CONSERVAÇÃO</t>
+  </si>
+  <si>
+    <t>VEÍCULOS DE APOIO, SUPERVISÃO, E OPERADORES DE CCO</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, RESGATE, SUPERVISÃO DE TRÁFEGO</t>
+  </si>
+  <si>
+    <t>BASE SAU, UNIDADE DE RESGATE, GUINCHO LEVE, INSPEÇÃO DE TRÁFEGO</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, RESGATE, CAMINHÃO IRRIGADEIRA</t>
+  </si>
+  <si>
+    <t>GUINCHO LEVE, INSPEÇÃO DE TRÁFEGO, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>GUINCHO PESADO, GUINCHO LEVE, AMBULÂNCIA, INSPEÇÃO DE TRAFEGO</t>
   </si>
   <si>
     <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CONSERVAÇÃO</t>
   </si>
   <si>
+    <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA,</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
+  </si>
+  <si>
+    <t>POSTOS SAU LOCALIZADOS NA SP-333 KM 100+260 OESTE, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
+  </si>
+  <si>
+    <t>POSTOS SAU LOCALIZADOS NA SP-333 KM 139+500 OESTE, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA.</t>
+  </si>
+  <si>
+    <t>IT-3404R, VO-3401</t>
+  </si>
+  <si>
+    <t>VIATURA OPERACIONAL, RESGATE</t>
+  </si>
+  <si>
+    <t>BASE SAU KM 197, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>GUINCHO PESADO, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA.</t>
+  </si>
+  <si>
+    <t>BASE SAU, INSPEÇÃO DE TRAFEGO, UNIDADE AVANÇADA, APREENSÃO DE ANIMAIS.</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, VIATURA OPERACIONAL, GUINCHO LEVE, GUINCHO PESADO, CAMINHÃO IRRIGADEIRA, RESGATE</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, CAMINHÃO PIPA, GUINCHO LEVE, RESGATE.</t>
+  </si>
+  <si>
+    <t>VEÍCULOS DE APOIO / SUPERVISÃO, OPERADORES DE CCO</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>BASE OPERACIONAL, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA.</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA.</t>
+  </si>
+  <si>
+    <t>GUINCHO LEVE, INSPEÇÃO DE TRAFEGO, AMBULÂNCIA, CFTV, SAT</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO IRRIGADEIRA</t>
+  </si>
+  <si>
+    <t>GUINCHO LEVE, AMBULÂNCIA, INSPEÇÃO DE TRAFEGO, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE.</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRAFEGO, AMBULÂNCIA</t>
+  </si>
+  <si>
+    <t>GUINCHO PESADO, GUINCHO LEVE, RESGATE, CAMINHÃO PIPA, VIATURA DE INSPEÇÃO, POSTO SAU.</t>
+  </si>
+  <si>
+    <t>GUINCHO LEVE, GUINCHO PESADO, RESGATE, INSPEÇÃO DE TRÁFEGO</t>
+  </si>
+  <si>
+    <t>AMBULÂNCIA, GUINCHO LEVE, GUINCHO PESADO, INSPEÇÃO DE TRAFEGO, CAMINHÃO IRRIGADEIRA</t>
+  </si>
+  <si>
+    <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA</t>
+  </si>
+  <si>
     <t>AMBULÂNCIA, GUINCHO LEVE, GUINCHO PESADO, INSPEÇÃO DE TRAFEGO.</t>
   </si>
   <si>
-    <t>BASE OPERACIONAL, GUINCHO PESADO GUINCHO LEVE, AMBULÂNCIA, CFTV</t>
-[...5 lines deleted...]
-    <t>VIATURA OPERACIONAL, INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, CAPTURA DE ANIMAIS, BASE OPERACIONAL SP021 KM 16+500</t>
+    <t>INSPEÇÃO DE TRÁFEGO, ATENDIMENTO PRÉ-HOSPITALAR</t>
   </si>
   <si>
     <t>VIATURA OPERACIONAL, AMBULÂNCIA, GUINCHO LEVE, GUINCHO PESADO</t>
   </si>
   <si>
     <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, RESGATE, BASE OPERACIONAL LOCALIZADA NA SP348 KM 036+600</t>
   </si>
   <si>
     <t>INSPEÇÃO DE TRÁFEGO/GUINCHO LEVE, BASE OPERACIONAL SPP330 KM 082+000</t>
   </si>
   <si>
-    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA</t>
-[...1 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRAFEGO</t>
   </si>
   <si>
-    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, RESGATE, SUPERVISÃO DE TRÁFEGO</t>
-[...1 lines deleted...]
-  <si>
     <t>GUINCHO LEVE, ATENDIMENTO PRÉ-HOSPITALAR</t>
   </si>
   <si>
     <t>GUINCHO PESADO, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, CAMINHÃO IRRIGADORA, AMBULÂNCIA.</t>
   </si>
   <si>
-    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, AMBULÂNCIA</t>
-[...1 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRÁFEGO, AMBULÂNCIA, BASE OPERACIONAL LOCALIZADA NA SP270 KM 078+900</t>
   </si>
   <si>
     <t>BASE OPERACIONAL, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, AMBULÂNCIA, DRONES, BONECOS</t>
   </si>
   <si>
     <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, AMBULÂNCIA</t>
   </si>
   <si>
     <t>BASE KM 078+600 LESTE, BASE KM 046+500 OESTE, INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, AMBULÂNCIA</t>
   </si>
   <si>
-    <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE,GUINCHO PESADO, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA, BASE OPERACIONAL SP160 KM 28</t>
-[...19 lines deleted...]
-  <si>
     <t>GUINCHO LEVE, AMBULÂNCIA, INSPEÇÃO DE TRAFEGO</t>
   </si>
   <si>
     <t>BASE OPERACIONAL, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA</t>
   </si>
   <si>
     <t>GL-2801, AB-2802, IT-2801, AB-2801</t>
   </si>
   <si>
-    <t>GUINCHO LEVE/VIATURA OPERACIONAL, SOCORRO MECÂNICO, CAMINHÃO PIPA, AMBULÂNCIA</t>
-[...7 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRÁFEGO, VIATURA OPERACIONAL, GUINCHO LEVE, GUINCHO PESADO, CAMINHÃO PIPA.</t>
   </si>
   <si>
     <t>POSTO SAU, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, CAMINHÃO PIPA</t>
   </si>
   <si>
     <t>GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, INSPEÇÃO DE TRAFEGO.</t>
   </si>
   <si>
-    <t>INSPEÇÃO DE TRAFEGO, AMBULÂNCIA</t>
-[...16 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRÁFEGO, CAMINHÃO PIPA, GUINCHO LEVE, GUINCHO PESADO, RESGATE.</t>
   </si>
   <si>
-    <t>GUINCHO LEVE, AMBULÂNCIA, INSPEÇÃO DE TRAFEGO, AMBULÂNCIA</t>
-[...7 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, BASE OPERACIONAL LOCALIZADA NA SP160, KM 62 E BASE AVANÇADA LOCALIZADA NO KM 56/160 NORTE.</t>
   </si>
   <si>
     <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, MOTO APH.</t>
   </si>
   <si>
-    <t>GUINCHO PESADO, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA</t>
-[...10 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, VIATURA OPERACIONAL, CAMINHÃO IRRIGADEIRA, AMBULÂNCIA, BASE OPERACIONAL SP330 KM 101+900</t>
   </si>
   <si>
     <t>AMBULÂNCIA, INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO</t>
   </si>
   <si>
     <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÃNCIA</t>
   </si>
   <si>
-    <t>INSPEÇÃO DE TRÁFEGO, CAMINHÃO PIPA, GUINCHO LEVE, RESGATE.</t>
-[...1 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO PESADO, AMBULÂNCIA, BASE 11</t>
   </si>
   <si>
-    <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO PESADO, RESGATE, CAMINHÃO IRRIGADEIRA</t>
-[...4 lines deleted...]
-  <si>
     <t>BASE SAU, AMBULÂNCIA, INSPEÇÃO DE TRÁFEGO, CAMINHÃO IRRIGADEIRA</t>
   </si>
   <si>
     <t>INSPEÇÃO DE TRAFEGO, VIATURA OPERACIONAL, GUINCHO</t>
   </si>
   <si>
     <t>VIATURA OPERACIONAL, GUINCHO LEVE, AMBULÂNCIA</t>
   </si>
   <si>
     <t>INSPEÇÃO DE TRAFEGO, RESGATE</t>
   </si>
   <si>
-    <t>GUINCHO LEVE, AMBULÂNCIA</t>
-[...4 lines deleted...]
-  <si>
     <t>INSPEÇÃO DE TRAFEGO, GUINCHO LEVE, GUINCHO LEVE, RESGATE</t>
   </si>
   <si>
     <t>BASE OPERACIONAL, INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, AMBULÂNCIA, CAMINHÃO PIPA, CFTV.</t>
   </si>
   <si>
     <t>INSPEÇÃO DE TRÁFEGO, GUINCHO LEVE, GUINCHO LEVE, RESGATE.</t>
   </si>
   <si>
+    <t>OPERAÇÃO PARE E SIGA.</t>
+  </si>
+  <si>
+    <t>PARA OS CLIENTES QUE DESEJAREM ACESSAR O DISPOSITIVO NO RAMO 600 SENTIDO LESTE PARA A CIDADE DE RIVERSUL DEVERÁ SEGUIR SENTIDO ITARARÉ E EFETUAR O RETORNO NO PRÓXIMO ACESSO</t>
+  </si>
+  <si>
+    <t>DESVIO DO SENTIDO LESTE PELO KM 279+645 E SENTIDO OESTE PELO KM 287+745.</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO PARE E SIGA</t>
+  </si>
+  <si>
+    <t>PMV MÓVEL NO LOCAL, INDICANDO PARA AS CARRETAS E CAMINHÕES ACESSAREM SAÍDA KM 22.</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO 5X3.</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO "PARE E SIGA"</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO PARE E SIGA NO SENTIDO SUL.</t>
+  </si>
+  <si>
     <t>BASE OPERACIONAL LOCALIZADA NA SP270 KM 78+600, SENTIDO LESTE.</t>
   </si>
   <si>
     <t>BASE OPERACIONAL LOCALIZADA NA SP270 KM 078+600, LESTE</t>
   </si>
   <si>
-    <t>PMV MÓVEL NO LOCAL, INDICANDO PARA AS CARRETAS E CAMINHÕES ACESSAREM SAÍDA KM 22.</t>
-[...16 lines deleted...]
-  <si>
     <t>DESVIO NO KM 32</t>
   </si>
   <si>
     <t>TRÁFEGO DESVIADO PARA PISTA MARGINAL.</t>
   </si>
   <si>
-    <t>ACOSTAMENTO. | ACOSTAMENTO.</t>
+    <t>OPERAÇÃO PARE E SIGA. | OPERAÇÃO PARE E SIGA.</t>
+  </si>
+  <si>
+    <t>NÃO HÁ. | NÃO HÁ.</t>
+  </si>
+  <si>
+    <t>DESVIO DE EIXO DA PISTA LESTE PARA PISTA OESTE E DA PISTA OESTE PARA O ACOSTAMENTO DA PISTA OESTE COMO MEDIDAS DE SEGURANÇA</t>
+  </si>
+  <si>
+    <t>PELO RETORNO DO KM 279+645. | PELO RETORNO DO KM 287+747.</t>
+  </si>
+  <si>
+    <t>NÃO HÁ. | NÃO HÁ. | NÃO HÁ. | NÃO HÁ.</t>
+  </si>
+  <si>
+    <t>NÃO HÁ.</t>
+  </si>
+  <si>
+    <t>DESVIO APENAS O TRAFEGO DE VEÍCULOS PESADOS PARA SAÍDA DO KM 22 , CARROS E MOTOS CONSEGUEM ESTAR ACESSANDO A ALÇA. | BLOQUEADO PARA TODOS OS VEÍCULOS.</t>
+  </si>
+  <si>
+    <t>USUÁRIOS QUE SEGUEM NA PISTA NORTE, SENTIDO INTERIOR DEVERÃO UTILIZAR O RETORNO NO DISPOSITIVO DO KM 190. | USUÁRIOS QUE SEGUEM NA PISTA SUL, SENTIDO CAPITAL DEVERÃO UTILIZAR O RETORNO NO DISPOSITIVO DO KM 184.</t>
+  </si>
+  <si>
+    <t>TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DE FAIXAS ALTERNADAS</t>
+  </si>
+  <si>
+    <t>DESVIO DE TRAFEGO PELA PISTA MARGINAL.</t>
+  </si>
+  <si>
+    <t>DESVIO PARA FAIXA 01 OESTE, TRÁFEGO OESTE PARA FAIXA 02.</t>
+  </si>
+  <si>
+    <t>PELA PISTA SUL</t>
   </si>
   <si>
     <t>NÃO HÁ. | NÃO HÁ. | NÃO HÁ. | NÃO HÁ. | NÃO HÁ. | NÃO HÁ.</t>
   </si>
   <si>
     <t>DESVIO DE TRAFEGO PELOS OUTROS RAMOS DO PRÓPRIO DISPOSITIVO.</t>
   </si>
   <si>
     <t>PELO KM 450 DA SP330</t>
   </si>
   <si>
-    <t>INTERDIÇÃO DE FAIXAS ALTERNADAS</t>
-[...1 lines deleted...]
-  <si>
     <t>DESVIO DE FLUXO DA VIA PARA ESTRADA VICINAL MARIO COVAS.</t>
   </si>
   <si>
     <t>DESVIO DE TRÁFEGO DA PISTA SENTIDO LESTE PARA O RAMO 100.</t>
   </si>
   <si>
-    <t>NÃO HÁ.</t>
-[...7 lines deleted...]
-  <si>
     <t>DESVIO DE TRAFEGO PELA PISTA NOVA NO SENTIDO LESTE DA RODOVIA. | DESVIO DE TRAFEGO PELA PISTA NOVA NO SENTIDO LESTE DA RODOVIA.</t>
   </si>
   <si>
-    <t>DESVIO PARA FORA DA PISTA. | DESVIO PARA FORA DA PISTA.</t>
-[...1 lines deleted...]
-  <si>
     <t>PARA A REALIZAÇÃO DA OBRA, SERÁ NECESSÁRIO REALIZAR O DESVIO DA PISTA EXISTENTE PARA PISTA PROVISÓRIA. | PARA A REALIZAÇÃO DA OBRA, SERÁ NECESSÁRIO REALIZAR O DESVIO DA PISTA EXISTENTE PARA PISTA PROVISÓRIA.</t>
   </si>
   <si>
-    <t>NÃO HÁ. | NÃO HÁ.</t>
-[...8 lines deleted...]
-    <t>TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA. | TRÁFEGO DESVIADO PARA AS PISTAS AUTOMÁTICAS DO LADO ESQUERDO DA PRAÇA.</t>
+    <t>DESVIO NO KM 114 PARA ACESSAR A AV. ALBINO J.B. DE OLIVEIRA, ESTRADA DA RHODIA, AV. DR. ROBERTO MOREIRA NA RODOVIA ZEFERINO VAZ NO KM 125 NORTE. | DESVIO NO KM 121 ACESSAR A ESTRADA MUNICIPAL PLAN. 381, SEGUIR ATÉ A RUA JOSÉ BENCOME E ACESSAR A RODOVIA ZEFERINO VAZ SP 332 NO KM 119 SUL.</t>
   </si>
   <si>
     <t>PELO KM 189 | PELO KM 227</t>
   </si>
   <si>
-    <t>DESVIO DE TRAFEGO DO RAMO F PARA FAIXA 4. | DESVIO DE TRAFEGO DO RAMO F PARA FAIXA 4. | FLUXO DA PISTA EXTERNA SEGUIRÁ PELAS FAIXAS 04 E 05 E O TRÁFEGO DO RAMO F SEGUIRÁ PELA FAIXA 06 | FLUXO DA PISTA EXTERNA SEGUIRÁ PELAS FAIXAS 04 E 05 E O TRÁFEGO DO RAMO F SEGUIRÁ PELA FAIXA 06 | FLUXO DA PISTA EXTERNA SEGUIRÁ PELAS FAIXAS 04 E 05 E O TRÁFEGO DO RAMO F SEGUIRÁ PELA FAIXA 06</t>
-[...4 lines deleted...]
-  <si>
     <t>NO PERÍODO DE FECHAMENTO PARA AS OBRAS DO CONTORNO NORTE (SENTIDO UBATUBA), OS USUÁRIOS DEVERÃO UTILIZAR O TRECHO ATUALMENTE PERCORRIDO E CONHECIDO, DENTRO DO MUNICÍPIO DE CARAGUATATUBA (SP-055). | NO PERÍODO DE FECHAMENTO PARA AS OBRAS DO CONTORNO NORTE (SENTIDO UBATUBA), OS USUÁRIOS DEVERÃO UTILIZAR O TRECHO ATUALMENTE PERCORRIDO E CONHECIDO, DENTRO DO MUNICÍPIO DE CARAGUATATUBA (SP-055).</t>
   </si>
   <si>
-    <t>DESVIO PARA FAIXA 01 OESTE, TRÁFEGO OESTE PARA FAIXA 02.</t>
-[...10 lines deleted...]
-  <si>
     <t>PELA PISTA MARGINAL</t>
   </si>
   <si>
     <t>TRÁFEGO SERÁ DESVIADO PARA A PISTA MARGINAL</t>
   </si>
   <si>
     <t>DESVIO PARA PISTA MARGINAL</t>
   </si>
   <si>
-    <t>[01/19/2026] A INSPEÇÃO DE TRÁFEGO (IT-3022) INFORMOU QUE NO LOCAL SE TRATA DE UM AFUNDAMENTO NA FAIXA DE ROLAMENTO, COM RISCO EVIDENTE DE ACIDENTE;_x000D_
-[...11 lines deleted...]
-    <t>[10/15/2024] INSERIDA FOTOS ATUALIZADAS DA OBRA. | [10/15/2024] CONFORME E-MAIL RECEBIDO EM 14/10, COMUNICAMOS QUE DEVIDO CONDIÇÕES CLIMÁTICAS NÃO FOI POSSÍVEL A CONCLUSÃO DAS ATIVIDADES COM INTERDIÇÃO DA FAIXA 02 NA DATA INICIALMENTE PREVISTA, COM ISSO, OS TRABALHOS DE INSTALAÇÃO DAS BARREIRAS NA FAIXA DE BORDO DA FAIXA 02 FORAM ADIADOS E SERÃO EXECUTADOS HOJE E AMANHÃ (14 E 15/10) DAS 22H ÀS 5H. APÓS ESSA DATA, A INTERDIÇÃO SERÁ SOMENTE NO ACOSTAMENTO ATÉ DIA 12/12/2024 DURANTE 24 HORAS. | [02/14/2025] CONFORME E-MAIL RECEBIDO EM 14/02 ÁS 13H02MIN OBRA PRORROGADA DE 31/01 A 30/06. | [06/29/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 29/06 ÀS 17H16. | [07/06/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [07/12/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [07/25/2025] CONFORME E-MAIL RECEBIDO EM 25/07 ÁS 17H38MIN OBRA PRORROGADA PARA 30/12. | [08/15/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS ATUALIZADAS. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/16/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES.</t>
+    <t>[02/07/2026] ENVIADO E-MAIL PARA A CONCESSIONÁRIA EM 07/02 ÀS 06H10 SOLICITANDO ATUALIZAÇÃO DA DATA PREVISTA PARA O TÉRMINO DA OBRA. | [02/09/2026] CONFORME E-MAIL RECEBIDO EM 06/02 ÁS 17H17, OBRA PRORROGADA DE 06/02 PARA 12/02. | [02/14/2026] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 12/02/2026 ÀS 16H10. | ÀS 12H07 DO DIA 13/02/2026, A CONCESSIONÁRIA INFORMOU VIA E-MAIL QUE A INTERVENÇÃO FOI PRORROGADA PARA 27/02/2026. | [02/28/2026] CONFORME E-MAIL RECEBIDO EM 27/02 ÁS 21H48, OBRA PRORROGADA DE 27/02 PARA 06/03. | [03/06/2026] CONFORME E-MAIL RECEBIDO EM 06/03 ÁS 11H51, OBRA PRORROGADA DE 06/03 PARA 27/03.</t>
+  </si>
+  <si>
+    <t>[03/06/2026] 26/02/2026: LOCAL PERMANECE INTERDITADO NO AGUARDO DA EQUIPE DE ENGENHARIA. EQUIPE EMPENHADA NOS SERVIÇOS._x000D_
+SEGUNDO INFORMAÇÕES DA CONCESSIONÁRIA QUE DE MOMENTO NÃO TEM NENHUMA EQUIPE NO LOCAL, ESTAMOS MONITORANDO PELO CFTV FOI IMPLANTADO UMA SINALIZAÇÃO COM CONES E NOTURNA, E EQUIPE RETORNARÁ AMANHÃ (27/02) PELA MANHÃ._x000D_
+_x000D_
+27/02/2026: AGUARDANDO EQUIPE DA ENGENHARIA E CONSERVA PARA ANALISE DO LOCAL. EQUIPE DE CONSERVA CHEGOU AO LOCAL PARA INICIO DA MANUTENÇÃO. _x000D_
+_x000D_
+28/02/2026: EQUIPE PERMANECE EFETUANDO OS REPAROS NA RODOVIA. ÀS 17H30, A EQUIPE FINALIZOU OS TRABALHOS DE HOJE PARA RETORNAR AMANHÃ (01/03)._x000D_
+_x000D_
+02/03/2026: ÀS 08H39MIN DO DIA 02/03/2026, VERFICADO PELA CFTV A EQUIPE PERMANECE TRABALHANDO NA RECUPERAÇÃO DA VIA. ÀS 17H45, A EQUIPE FINALIZOU OS TRABALHOS DE HOJE PARA RETORNAR AMANHÃ (03/03)._x000D_
+_x000D_
+04/03/2026: ÀS 07H20MIN DA DATA DE HOJE (04/03/2026), A EQUIPE RETORNOU AO LOCAL. ÀS 15H17, A EQUIPE FINALIZOU OS TRABALHOS DE ONTEM PARA RETORNAR HOJE (05/03).</t>
+  </si>
+  <si>
+    <t>[10/13/2024] EM 13/10/2024 ÀS 11H10MIN FOI ENVIADO E-MAIL À CONCESSIONÁRIA SOLICITANDO FOTOS ATUALIZADAS. | [10/13/2024] 13/10/2024 ÀS 12H29MIN - RECEBIDO FOTOS ATUALIZADAS DA OBRA. | [12/01/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 01/12 ÁS 11H12MIN SOLICITANDO ATUALIZAÇÃO DO CENÁRIO. | [12/09/2024] ÀS 10H41MIN DO DIA 04/12, A CONCESSIONÁRIA INFORMOU QUE NO MOMENTO NÃO EXISTEM ATIVIDADES SENDO REALIZADAS NO LOCAL EM QUESTÃO. EM MOMENTO OPORTUNO, UM NOVO PLANO OPERACIONAL SERÁ ENVIADO QUANDO HOUVER MOBILIZAÇÃO DE EQUIPES PARA CONSTRUÇÃO DO DISPOSITIVO PREVISTO NO KM 433. | [03/18/2025] CONFORME E-MAIL RECEBIDO EM 06/03 ÁS 11H15MIN, AS OBRAS FORAM RETOMADAS. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/08/2025] CONFORME E-MAIL RECEBIDO ÀS 16H40MIN OBRA FOI PRORROGADA PARA FEVEREIRO DE 2026. | [03/02/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [03/05/2026] CONFORME E-MAIL RECEBIDO EM 02/03 ÀS 15H59MIN OBRA FOI PRORROGADA DE 28/02 PARA PARA 31/03.</t>
+  </si>
+  <si>
+    <t>[08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS DA OBRA. | [08/19/2025] ÀS 16H06, A CONCESSIONÁRIA NOS ENCAMINHOU POR E-MAIL ATUALIZAÇÃO DAS IMAGENS DA OBRA. | [03/02/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [03/05/2026] CONFORME E-MAIL RECEBIDO EM 04/03 ÁS 09H56MIN OBRA PRORROGADA DE 28/02 PARA 31/10/2026.</t>
+  </si>
+  <si>
+    <t>[02/09/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [02/10/2026] EM TORNO DAS 14H42MIN, A CONCESSIONÁRIA INFORMOU VIA E-MAIL QUE DEVIDO AS CHUVAS CONSTANTES NA REGIÃO, NÃO FOI POSSÍVEL REALIZAR A OBRA. TERÃO QUE AGENDAR UMA NOVA DATA E ENCAMINHARÃO UM NOVO POE. | [02/12/2026] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 12/02/2026 ÀS 16H13, SOLICITANDO UM POE ATUALIZADO. | [03/05/2026] CONFORME E-MAIL RECEBIDO EM 04/03 ÁS 16H20 ATIVIDADE PRORROGADA PARA 15/03.</t>
+  </si>
+  <si>
+    <t>[01/20/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/30/2026] A CONCESSIONÁRIA RESPONDEU O E-MAIL ENVIADO NO DIA 30/01 ÀS 16H59MIN. A DATA DE TÉRMINO FOI PRORROGADA PARA O DIA 28/02/2026. | [03/02/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [03/04/2026] CONFORME O CONTATO POR E-MAIL EM 04/03 ÀS 18H28, INFORMAÇÃO QUE A OBRA FOI PRORROGADA DO 28/02 PARA O DIA 30/03.</t>
+  </si>
+  <si>
+    <t>[03/01/2025] CONFORME E-MAIL RECEBIDO EM 28/02 ÁS 16H15, OBRA PRORROGADA DE 03/03 PARA 31/03. | [04/01/2025] CONFORME E-MAIL RECEBIDO EM 01/04 ÁS 15H33MIN OBRA PRORROGADA DE 31/03 PARA 05/05, ALTERADO O TRECHO DE OBRA DE KM 43 AO KM 46 PARA KM 43 PARA KM 49. | [04/18/2025] CONFORME E-MAIL RECEBIDO EM 17/04 ÁS 18H38MIN OBRA PRORROGADA DE 05/05 PARA 02/06, ALTERADO O TRECHO DE OBRA DE KM 43 AO KM 49 PARA KM 43 PARA KM 51 EM AMBO OS SENTIDOS. | [06/04/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO. | [06/08/2025] CONFORME E-MAIL RECEBIDO EM 05/06 ÁS 12H55, OBRA PRORROGADA DE 02/06 PARA 15/06. | [06/16/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO. | [06/19/2025] CONFORME E-MAIL RECEBIDO EM 18/06 ÁS 18H21 A CONCESSIONÁRIA ESTÁ PROVIDENCIANDO NOVO POE DE PRORROGAÇÃO DA OBRA. | [06/30/2025] CONFORME E-MAIL RECEBIDO EM 30/06 ÁS 18H08, OBRA FOI FINALIZADA E SERÁ RETOMADA EM BREVE._x000D_
+O POE APRESENTADOS ANTERIORMENTE, FORAM PARA AVALIAÇÃO DA TÉCNICA DE REABILITAÇÃO DO PAVIMENTO FATC (FRAÇÃO ASFÁLTICA TRATADA COM CIMENTO) E POSTERIOR DEFINIÇÃO DO PROJETO._x000D_
+AS ETAPAS DE TESTES PARA DEFINIÇÃO DO PROJETO FORAM CONCLUÍDAS, DESTA FORMA INFORMAMOS QUE SERÁ ELABORADO NOVO POE PARA A EFETIVA OBRA DE RECUPERAÇÃO DO PAVIMENTO RÍGIDO, ENTRE KM 43+200 AO KM 51+000, PISTA INTERNA E EXTERNA. | [10/31/2025] CONFORME E-MAIL RECEBIDO EM 31/10 ÁS 15H25MIN OBRA RETOMADA. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/08/2025] CONFORME E-MAIL RECEBIDO EM 08/12 ÁS 10H36MIN, OBRA FOI PRORROGADA PARA 17/12/2025. | [12/18/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME POE RECEBIDO VIA SEI, OBRA FOI RETOMADA AS ATIVIDADES. | [03/02/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [03/02/2026] OBRA PRORROGADA DE 28/02 PARA 31/05.</t>
+  </si>
+  <si>
+    <t>[12/23/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/23/2025] CONFORME ORIENTAÇÃO VIA E-MAIL, EM 23/12 ÀS 11H06MIN, OBRA PRORROGADA DE 23/12/2025 PARA 31/12/2025. | [01/08/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/17/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | ÀS 16H48MIN DO DIA 16/01/2026, A CONCESSIONÁRIA SOLICITOU POSTERGAÇÃO DO PRAZO PARA 28/02/2026. | [03/02/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [03/02/2026] ÀS 13H45MIN DO DIA 02/03/2026, A CONCESSIONÁRIA INFORMOU QUE A OBRA PRORROGADA PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[03/02/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES.</t>
+  </si>
+  <si>
+    <t>[08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS DA OBRA. | [08/18/2025] ÀS 16H03, A CONCESSIONÁRIA NOS ENCAMINHOU POR E-MAIL ATUALIZAÇÃO DAS IMAGENS DA OBRA. | [03/02/2026] CONFORME E-MAIL RECEBIDO EM 27/02 ÁS 11H19MIN, OBRA PRORROGADA DE 28/02 PARA 31/10.</t>
+  </si>
+  <si>
+    <t>[02/26/2026] CONFORME E-MAIL RECEBIDO EM 26/02 ÁS 12H04MIN OBRA PRORROGADA DE 22/01/2026 PARA 30/06/2026.</t>
+  </si>
+  <si>
+    <t>[01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS. | [02/26/2026] CONFORME E-MAIL RECEBIDO EM 26/02 ÁS 12H04MIN OBRA PRORROGADA DE 31/12/2025 PARA 30/04/2026.</t>
+  </si>
+  <si>
+    <t>[01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS. | [02/26/2026] CONFORME E-MAIL RECEBIDO EM 26/02 ÁS 12H04MIN OBRA PRORROGADA DE 31/12/2025 PARA 30/12/2026.</t>
+  </si>
+  <si>
+    <t>[12/28/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 28/12 ÀS 06H50MIN. | [01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS. | [02/26/2026] CONFORME E-MAIL RECEBIDO EM 26/02 ÁS 12H04MIN OBRA PRORROGADA DE 25/12/2025 PARA 30/06/2026.</t>
+  </si>
+  <si>
+    <t>[01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS. | [02/26/2026] CONFORME E-MAIL RECEBIDO EM 26/02 ÁS 12H04MIN OBRA PRORROGADA DE 31/12/2025 PARA 30/06/2026.</t>
+  </si>
+  <si>
+    <t>[12/10/2025] ÀS 13H00MIN, FEITO DESVIO PARA RUA PARALELA “RUA BAHIA” E ORIENTADO AOS USUÁRIOS ACESSAR SAÍDA KM 22._x000D_
+ÀS 14H00MIN, FOI DESVIADO APENAS O TRÁFEGO DE VEÍCULOS PESADOS PARA SAÍDA DO KM 22, CARROS E MOTOS CONSEGUEM ESTAR ACESSANDO A ALÇA. | [12/10/2025] O LOCAL NÃO ESTÁ GERANDO CONGESTIONAMENTO, PORÉM A ALÇA PERMANECERÁ BLOQUEADA PELO PERÍODO ESTIMADO DE 05 DIAS. | [12/12/2025] ÀS 12H47MIN, DO DIA 12/12/2025, ALÇA DE DESVIO PARA A VIA PARALELA (RUA BAHIA) ENCONTRA-SE TOTALMENTE BLOQUEADA, DEVIDO À INTENSA MOVIMENTAÇÃO DE VEÍCULOS NO LOCAL, O TALUDE ESTÁ SE DESPRENDENDO E HÁ RISCO DE DESLIZAMENTO. NÃO HÁ PREVISÃO DE LIBERAÇÃO. A ORIENTAÇÃO AOS USUÁRIOS ESTÁ SENDO REALIZADA POR MEIOS DO PMV DO KM 29+500 LESTE, DO PMV MÓVEL NO KM 24+200 LESTE E PELA URA. | [12/12/2025] ÀS 14H44MIN, A ALÇA DE DESVIO PARA VIA PARALELA FOI LIBERADA, EQUIPE DE OBRA NO LOCAL, REALIZOU UM PALIATIVO NO TALUDE. | [12/12/2025] A EQUIPE RETIFICOU A INFORMAÇÃO DE QUE O DESVIO PARA VIA PARALELA TENHA SIDO LIBERADO, A ALÇA DE DESVIO PARA A VIA PARALELA (RUA BAHIA) PERMANECE FECHADA, E PISTA MARGINAL. O TRÁFEGO ESTÁ SENDO DESVIADO PARA VIA PARALELA (RUA SÃO PAULO). | [02/23/2026] CONCESSIONÁRIA REALIZOU UMA ATUALIZAÇÃO EM 23/02/2026 ÁS 09H22, INFORMANDO QUE O LOCAL PERMANECE EM OBRA E ENCAMINHOU FOTOS ATUALIZADAS.</t>
+  </si>
+  <si>
+    <t>[02/20/2026] CONFORME POE RECEBIDO VIA SEI, OBRA PRORROGADA DE 13/02 PARA 31/03.</t>
+  </si>
+  <si>
+    <t>[01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS. | [02/20/2026] CONFORME POE ATUALIZADO RECEBIDO EM 20/02, OBRA PRORROGADA DE 31/12/2025 PARA 02/03.</t>
+  </si>
+  <si>
+    <t>[02/04/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [02/14/2026] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 12/02/2026 ÀS 16H06. | ÀS 11H32 DO DIA 13/02/2026, A CONCESSIONÁRIA INFORMOU VIA E-MAIL QUE A INTERVENÇÃO FOI PRORROGADA PARA 30/04/2026.</t>
+  </si>
+  <si>
+    <t>[08/19/2025] INSERIDAS FOTOS ATUALIZADAS DA OBRA. | [02/04/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [02/12/2026] ENVIADO E-MAIL AO RESPONSÁVEL PELO POE, SOLICITANDO ATUALIZAÇÃO EM 12/02/2026 ÀS 15H57. | [02/12/2026] CONFORME E-MAIL RECEBIDO EM 12/02 ÁS 16H37MIN OBRA PRORROGADA DE 31/01 PARA 30/03/2026.</t>
+  </si>
+  <si>
+    <t>[03/09/2025] INCLUÍDA FOTOS ATUALIZADAS. | [04/01/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [04/06/2025] CONFORME E-MAIL RECEBIDO EM 03/04 ÁS 16H49MIN OBRA FOI PRORROGADA DE 03/04 PARA 30/05. | [05/31/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [06/12/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [06/14/2025] CONFORME E-MAIL RECEBIDO EM 13/06 ÁS 08H00MIN OBRA FOI PRORROGADA DE 30/05 PARA 31/10. | [11/03/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [11/04/2025] ÀS 10H33MIN DO DIA 03/11/2025, A CONCESSIONÁRIA INFORMOU QUE CONTINUA EM EXECUÇÃO, IRÃO ATUALIZAR O POE. | [11/11/2025] CONFORME E-MAIL RECEBIDO EM 11/11 ÁS 14H39MIN OBRA FOI PRORROGADA DE 31/10 PARA 30/11. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/08/2025] CONFORME E-MAIL RECEBIDO EM 08/12 ÁS 11H44MIN OBRA FOI PRORROGADA DE 30/11 PARA 30/01/2026. | [02/02/2026] ÀS 10H12MIN, SOLICITADO UM PARECER DA CONCESSIONÁRIA QUANTO A RECUPERAÇÃO DA MARQUISE. | [02/09/2026] CONFORME RECEBIDO VIA SEI, POE PRORROGADO DE 30/01/2026 PARA 20/03/2026.</t>
+  </si>
+  <si>
+    <t>[12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/08/2025] CONFORME E-MAIL RECEBIDO EM 08/12 ÁS 10H36MIN, OBRA FOI PRORROGADA PARA 17/12/2025. | [12/18/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME POE RECEBIDO VIA SEI, OBRA FOI RETOMADA AS ATIVIDADES. | [02/06/2026] CONFORME POE RECEBIDO VIA SEI, EM DECORRÊNCIA A CONTINUIDADE DAS OBRAS DE RECUPERAÇÃO DO PAVIMENTO RÍGIDO, NO PERÍODO ENTRE 02/02/2026 E 30/04/2026. _x000D_
+CONFORME DETALHADO NO POE, AS OBRAS ESTÃO PROGRAMADAS PARA SEREM EXECUTADAS ENTRE OS KM 84+000 AO KM 76+000 – PISTA INTERNA, E NA IMPOSSIBILIDADE DE FECHAMENTO DA PISTA INTERNA, COMO PLANO DE CONTINGÊNCIA, A OBRA SERÁ EXECUTADA ENTRE OS KM 76+000 AO KM 84+000 – PISTA EXTERNA, AMBOS SEGUIMENTOS DA RODOVIA SP-021 RODOANEL MARIO COVAS – TRECHO SUL.</t>
+  </si>
+  <si>
+    <t>[08/18/2025] INSERIDO FOTOS ATUALIZADAS DA OBRA. | [12/06/2025] A CONCESSIONÁRIA ENVIOU E-MAIL NO DIA 03/12 ÀS 14H23MIN INFORMANDO SOBRE INTERDIÇÃO NO TRECHO DA SP 255 DO KM 002,800 AO 48,100 KM, INTERDIÇÃO DE FAIXAS E ALÇAS NO DIA 01/12 AO 20/12.</t>
+  </si>
+  <si>
+    <t>[08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS. | [08/13/2025] ADICIONADO FOTOS ATUALIZADAS DA OBRA. | [08/30/2025] ÀS 12H12MIN FOI ENVIADA VIA E-MAIL A PRORROGAÇÃO DA OBRA ATÉ O DIA 30/09/2025. | [09/29/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 29/09 ÀS 10H06. | [10/01/2025] CONFORME E-MAIL RECEBIDO EM 30/09 ÁS 15H29MIN OBRA FOI PRORROGADA PARA 31/10/2025. | [11/03/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [11/04/2025] CONFORME E-MAIL RECEBIDO EM 03/11 ÁS 15H53MIN OBRA FOI PRORROGADA PARA 30/11/2025. | [12/06/2025] A CONCESSIONÁRIA ENVIOU O E-MAIL NO DIA 03/12 ÀS 14H23MIN COM A DATA DE PRORROGAÇÃO DA OBRA. SERÁ EXECUTADO NO DIA 01/12 ATÉ 20/12. | [12/23/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/29/2025] A CONCESSIONÁRIA ENVIOU O E-MAIL NO DIA 29/12 ÀS 08H51MIN COM A DATA DE PRORROGAÇÃO DA OBRA. SERÁ EXECUTADO NO DIA 20/12 ATÉ 19/04/2026. | [02/07/2026] CONFORME O CONTATO POR E-MAIL EM 06/02 ÀS 09H13, INFORMAÇÃO QUE A OBRA FOI PRORROGADA DO 19/04 PARA O DIA 10/05.</t>
+  </si>
+  <si>
+    <t>[11/03/2025] CONFORME POE RECEBIDO VIA WHATSAPP EM 03/11 ÁS 11H05 DO CCO DA CONCESSIONÁRIA, OBRA PRORROGADA DE 23/10 PARA 23/04/2026. | [02/06/2026] CONFORME POE RECEBIDO PELO SEI, EM DECORRÊNCIA A RODOVIA RECEBERÁ A INTERDIÇÃO DA FAIXA 01 DE ROLAMENTO EXISTENTE, NO SENTIDO NORTE, ENTRE O KM 175 E O KM 177._x000D_
+ESTE ESTREITAMENTO VIABILIZARÁ A MOVIMENTAÇÃO DOS VEÍCULOS DE CARGA DAS VIGAS. AS VIGAS PRÉ-MOLDADAS SERÃO CARREGADAS NO PÁTIO EM QUE FORAM EXECUTADAS E COLOCADAS NOS PARA O TRANSPORTE. ESTES VEÍCULOS TRANSITARÃO PELA FAIXA 01 DE ROLAMENTO INTERDITADA, ATÉ O PONTO DE DESCARREGAMENTO JUNTO A OAE E LÁ PERMANECERÃO ESTACIONADOS. | [02/06/2026] O GUINDASTE QUE FARÁ O IÇAMENTO ESTARÁ PATOLADO NA PASSAGEM INFERIOR DA OAE, QUE ESTARÁ DESDE O INÍCIO DA OPERAÇÃO, INTERDITADA PARA O FLUXO VIÁRIO EM AMBOS OS SENTIDOS CENTRO-BAIRRO-CENTRO. ATÉ O TÉRMINO DA OPERAÇÃO, PREVISTO PARA O FINAL DO SEGUNDO DIA DE ATIVIDADES, O FLUXO VIÁRIO PERMANECERÁ INTERDITADO. O FLUXO PEDONAL SERÁ PERMITIDO ATRAVÉS DOS PASSEIOS EXISTENTES, APENAS NOS MOMENTOS EM QUE NÃO OCORRER IÇAMENTO DAS VIGAS PRÉ-MOLDADAS OU MOVIMENTAÇÃO DOS VEÍCULOS PESADOS. | [02/06/2026] TODA A SINALIZAÇÃO VIÁRIA DE OBRAS ESTARÁ IMPLANTADA CONFORME O MANUAL E PADRÕES JÁ ESTABELECIDOS, DE ACORDO COM PROJETO DE SINALIZAÇÃO QUE SEGUE EM ANEXO. PARA MAIOR SEGURANÇA DOS USUÁRIOS, JUNTO A ALÇA DE ACESSO PARA A RODOVIA, HAVERÁ SINALIZAÇÃO POR CONES DELIMITANDO O FLUXO VIÁRIO ENTRE A ALÇA DE ACELERAÇÃO E OS VEÍCULOS JÁ EM TRÂNSITO NA RODOVIA E, LOGO APÓS, ESTARÁ O TÉRMINO DA INTERDIÇÃO DA FAIXA 1, LIBERANDO O FLUXO PARA O TRÂNSITO NORMAL. | [02/06/2026] AS DATAS PRETENDIDAS PARA EXECUÇÃO DO LANÇAMENTO DAS VIGAS SERÃO NOS DIAS 07/02/2026 E 08/02/2026, DURANTE TODO O PERÍODO, A DEPENDER DAS CONDIÇÕES CLIMÁTICAS FAVORÁVEIS, PODENDO SER POSTERGADA PARA NOVAS DATAS, CASO NECESSÁRIO, SEGUINDO AS MESMAS CONDIÇÕES AQUI DESCRITAS.</t>
+  </si>
+  <si>
+    <t>[02/04/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | ÀS 14H07MIN, A CONCESSIONÁRIA SOLICITOU PRORROGAÇÃO PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>[01/20/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/30/2026] A CONCESSIONÁRIA RESPONDEU O E-MAIL NO DIA 30/01 ÀS 16H01MIN. A DATA DE TÉRMINO FOI PRORROGADA PARA O DIA 27/03.</t>
+  </si>
+  <si>
+    <t>[12/16/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/17/2025] CONFORME E-MAIL RECEBIDO EM 16/12/2025 ÁS 17H05MIN, OBRA PRORROGADA DE 12/12 PARA 30/01/2026</t>
+  </si>
+  <si>
+    <t>[08/18/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [08/27/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [09/03/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 03/09 ÀS 07H03MIN. | [09/05/2025] CONFORME INFORMAÇÃO RECEBIDA VIA WHATSAPP OBRA PRORROGADA DE 16/08 PARA 30/09. | [10/01/2025] CONFORME E-MAIL RECEBIDO EM 01/10 ÁS 11H50MIN OBRA FOI PRORROGADA PARA 04/10/2025. | [10/04/2025] CONFORME E-MAIL RECEBIDO EM 03/10 AS 17H30 A OBRA FOI PRORROGADA PARA 11/10/2025. | [10/11/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 11/10 ÀS 12H08MIN. | [10/13/2025] CONFORME E-MAIL RECEBIDO EM 13/10 ÁS 16H59MIN OBRA FOI PRORROGADA PARA 18/10/2025.</t>
   </si>
   <si>
     <t>[01/12/2026] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/16/2026] CONFORME E-MAIL RECEBIDO EM 15/01 ÁS 17H55 OBRA FOI PRORROGADA DE 10/01 PARA 31/07/2026.</t>
   </si>
   <si>
     <t>[12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/14/2026] DATA PREVISTA PARA O TÉRMINO ALTERADA, DO DIA 31/12/2025 PARA 31/07/2026</t>
   </si>
   <si>
     <t>[11/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [11/14/2025] CONFORME E-MAIL RECEBIDO EM 14/11 ÁS 16H30MIN, CONCESSIONÁRIA INFORMOU QUE AS ATIVIDADES FORAM PRORROGADAS PARA 31/12/2025. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/14/2026] CONFORME E-MAIL RECEBIDO EM 14/01 ÁS 12H51 OBRA PRORROGADA DE 31/12/2025 PARA 31/03/2026.</t>
   </si>
   <si>
     <t>[02/06/2025] PREVISÃO QUE DURANTE A SEMANA SERÁ REALIZADA NOVA AVALIAÇÃO DO LOCAL. | [04/04/2025] NO DIA 03/04/2025, A CONCESSIONÁRIA CONTATOU A ENGENHARIA DA PREFEITURA DE IGARAPAVA, INFORMOU QUE O PROCESSO DE REPARO DA PONTE PODERÁ SE ESTENDER POR UM PERÍODO SUPERIOR A 06 MESES. A QUESTÃO JÁ FOI RESOLVIDA JUDICIALMENTE, UMA VEZ QUE O DER E A PREFEITURA POSSUEM OPINIÕES DIVERGENTES QUANTO A RESPONSABILIDADE PELA RESTAURAÇÃO DA OAE. DE ACORDO COM E-MAIL RECEBIDO ÀS 10H21MIN DO DIA 04/04/2025, CONFORME ALINHADO COM A SUPERVISÃO DO CCI, SERÁ CONCLUÍDO O ENVIO DE ATUALIZAÇÃO DIÁRIA, SOMENTE QUANDO HOUVER NOVAS INFORMAÇÕES RELEVANTES SERÃO RETOMADAS AS NOTIFICAÇÕES. | [08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [08/12/2025] A EMPRESA TERCEIRIZADA DE OBRAS A SERVIÇO DA ENTREVIAS, REALIZOU UMA RECUPERAÇÃO DE BARREIRA RÍGIDA KM 475+690 NORTE DA SP328, ALÉM DE INSTALAÇÃO DE DEFENSA METÁLICA NO ACESSO DELIMITADO NA FAIXA DE DOMÍNIO._x000D_
 LOCAL SEGUE INTERDITADO SEM PREVISÃO DE LIBERAÇÃO. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] ÀS 16H12MIN, INCLUÍDAS FOTOS ATUALIZADAS DO LOCAL.</t>
   </si>
   <si>
-    <t>[12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/08/2025] CONFORME E-MAIL RECEBIDO EM 08/12 ÁS 10H36MIN, OBRA FOI PRORROGADA PARA 17/12/2025. | [12/18/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME POE RECEBIDO VIA SEI, OBRA FOI RETOMADA AS ATIVIDADES.</t>
-[...1 lines deleted...]
-  <si>
     <t>[08/26/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 26/08 ÀS 07H13. | [08/30/2025] A CONCESSIONÁRIA ENVIOU A RESPOSTA DIA 29/08 ÀS 19H46MIN, OBRA PRORROGADA ATÉ O DIA 22/09/2025. | [09/26/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [10/08/2025] A CONCESSIONÁRIA ENVIOU A RESPOSTA DIA 08/10 ÀS 14H49MIN, OBRA PRORROGADA DE 22/09 PARA 31.12/2025. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 13H00 OBRA PRORROGADA PARA 31/03/2026.</t>
   </si>
   <si>
     <t>[12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 12H47 OBRA PRORROGADA PARA 31/03/2026.</t>
   </si>
   <si>
     <t>[11/24/2023] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 24/11 ÁS 21H32MIN SOLICITANDO FOTOS ATUALIZADAS. | [11/26/2023] A CONCESSIONÁRIA NÃO CONCLUIU OS REGISTROS FOTOGRÁFICOS SOLICITADOS, IRÃO ENCAMINHAR NO PRIMEIRO HORÁRIO DA MANHÃ DA SEGUNDA FEIRA 27/11/2023. | [06/13/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 13/06 ÁS 08H26MIN SOLICITANDO FOTOS ATUALIZADAS. | [09/03/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 03/09 ÁS 08H42MIN SOLICITANDO FOTOS ATUALIZADAS. | [10/11/2024] INCLUÍDA FOTOS ATUALIZADAS DA OBRA. | [03/15/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 15/03 ÀS 16H20. | [03/22/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 22/03 ÀS 20H58. | [03/24/2025] CONFORME E-MAIL RECEBIDO EM 24/03 ÁS 16H56 OBRA PRORROGADA DE 15/03 PARA 29/03. | [03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 16H49MIN, OBRA PRORROGADA DE 29/03 PARA 31/01/2026. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [04/01/2025] CONFORME E-MAIL RECEBIDO EM 31/03 ÀS 18H22, A OBRA FOI ANTECIPADA DE 31/01/2026 PARA 31/12/2025. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONÁRIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. _x000D_
 ENVIADO E-MAIL À CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO DE IMAGENS DA OBRA EM 01/04 ÀS 08H33. | [12/28/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 28/12/2025 ÀS 17H24MIN. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 12H38 OBRA PRORROGADA PARA 31/03/2026.</t>
   </si>
   <si>
     <t>[03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 16H56MIN, OBRA PRORROGADA DE 29/03 PARA 30/04. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [04/01/2025] CONCESSIONÁRIA ATUALIZOU A PREVISÃO DE ENCERRAMENTO DE ABRIL PARA DEZEMBRO DE 2025. SR-PCO-0016/2025 - PLANO OPERACIONAL ESPECÍFICO - SP270 KM 068+000 AO 067+000 LESTE.  (01/04/2025 08H09). | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 12H18 OBRA PRORROGADA PARA 31/03/2026.</t>
   </si>
   <si>
     <t>[03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 17H24MIN, OBRA PRORROGADA DE 29/03 PARA 30/04. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [04/01/2025] CONCESSIONÁRIA ATUALIZOU A PREVISÃO DE ENCERRAMENTO DE ABRIL PARA DEZEMBRO DE 2025. SR-PCO-0021/2025 -PLANO OPERACIONAL ESPECÍFICO - SP270 KM 075+300 OESTE  (01/04/2025 08H28). | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 11H53 OBRA PRORROGADA PARA 31/03/2026.</t>
   </si>
   <si>
     <t>[03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 17H17MIN, OBRA PRORROGADA DE 29/03 PARA 30/04. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [04/01/2025] CONCESSIONÁRIA ATUALIZOU A PREVISÃO DE ENCERRAMENTO DE ABRIL PARA DEZEMBRO DE 2025. SR-PCO-0020/2025 - PLANO OPERACIONAL ESPECÍFICO - SP270 KM 075+000 AO 075+300 LESTE OESTE.  (01/04/2025 08H22). | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/13/2026] CONFORME E-MAIL RECEBIDO EM 13/01 ÁS 11H39 OBRA PRORROGADA PARA 31/03/2026.</t>
   </si>
   <si>
-    <t>[01/13/2026] POE RECEBIDO VIA SEI.</t>
-[...6 lines deleted...]
-  <si>
     <t>[01/12/2026] CONFORME E-MAIL RECEBIDO EM 12/01 ÁS 16H59 OBRA PRORROGADA PARA 31/07/2026.</t>
   </si>
   <si>
     <t>[12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/12/2026] CONFORME E-MAIL RECEBIDO EM 12/01 ÁS 16H59 OBRA PRORROGADA PARA 31/07/2026.</t>
   </si>
   <si>
     <t>[09/03/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 03/09, SOLICITANDO ATUALIZAÇÃO DO CENÁRIO. | [10/11/2024] INCLUÍDA FOTOS ATUALIZADAS DA OBRA. | [01/06/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 06/01 ÀS 10H19. | [01/16/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 15/01 ÀS 22H12MIN. | ÀS 15H36 DO DIA 16/01/2025, A CONCESSIONÁRIA INFORMOU VIA E-MAIL QUE A OBRA FOI PRORROGADA PARA 29/03/2025. | [03/28/2025] CONFORME E-MAIL RECEBIDO EM 28/03 ÁS 17H32MIN, OBRA PRORROGADA DE 29/03 PARA 30/04. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA. | [04/01/2025] CONCESSIONÁRIA ATUALIZOU A PREVISÃO DE ENCERRAMENTO DE ABRIL PARA DEZEMBRO DE 2025. SR-PCO-0022/2025 - PLANO OPERACIONAL ESPECÍFICO - SP270 KM 076+150 LESTE OESTE (01/04/2025 08H31). | [07/24/2025] SOLICITADO A CONCESSIONÁRIA FOTOS ATUALIZADAS DA OBRA. | [08/14/2025] INSERIDA FOTOS ATUALIZADAS. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/12/2026] CONFORME E-MAIL RECEBIDO EM 12/01 ÁS 16H58 OBRA PRORROGADA DE 31/12 PARA 31/03/2026.</t>
   </si>
   <si>
     <t>[04/01/2025] CONCESSIONÁRIA ATUALIZOU A PREVISÃO DE ENCERRAMENTO DE ABRIL PARA DEZEMBRO DE 2025. SR-PCO-0023/2025 - PLANO OPERACIONAL ESPECÍFICO - SP270 KM 076+300.  (01/04/2025 08H33). | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/12/2026] CONFORME E-MAIL RECEBIDO EM 12/01 ÁS 15H21 OBRA PRORROGADA DE 31/12/2025 PARA 31/03/2026.</t>
   </si>
   <si>
     <t>[12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [01/12/2026] CONFORME E-MAIL, DATA DE ENCERRAMENTO POSTERGADA, DO DIA 31/12/2025 PARA 31/03/2026.</t>
   </si>
   <si>
     <t>[01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS.</t>
   </si>
   <si>
-    <t>[12/28/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 28/12 ÀS 06H50MIN. | [01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS.</t>
-[...1 lines deleted...]
-  <si>
     <t>[09/02/2025] CONFORME INFORMAÇÃO RECEBIDA VIA WHATSAPP, OBRA FOI PRORROGADA DE 02/09 PARA 31/12. | [01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS.</t>
   </si>
   <si>
     <t>[09/02/2025] CONFORME INFORMAÇÃO RECEBIDA VIA WHATSAPP, OBRA FOI PRORROGADA DE 28/08 PARA 31/12. | [01/08/2026] EM CONTATO COM O RESPONSÁVEL PELAS OBRAS INFORMOU QUE A CONCESSIONÁRIA IRA SOLICITAR PRORROGAÇÃO A ARTESP POR MAIS 120 DIAS.</t>
   </si>
   <si>
-    <t>[12/10/2025] ÀS 13H00MIN, FEITO DESVIO PARA RUA PARALELA “RUA BAHIA” E ORIENTADO AOS USUÁRIOS ACESSAR SAÍDA KM 22._x000D_
-[...8 lines deleted...]
-  <si>
     <t>[12/30/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | CONFORME E-MAIL RECEBIDO EM 30/12/2025 ÁS 10H12MIN, OBRA PRORROGADA DE 31/12 PARA 31/03/2026.</t>
   </si>
   <si>
     <t>[06/29/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 29/06 ÀS 17H20. | [07/02/2025] CONFORME E-MAIL RECEBIDO EM 30/06 ÁS 17H32MIN OBRA PRORROGADA DE 30/06 PARA 31/12. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/09/2025] CONFORME E-MAIL RECEBIDO EM 09/12 ÁS 10H31, OBRA SEGUE EM ANDAMENTO. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/30/2025] CONFORME E-MAIL RECEBIDO EM 30/12 ÁS 08H26MIN OBRA PRORROGADA DE 31/12 PARA 31/03/2026.</t>
   </si>
   <si>
     <t>[07/10/2025] ÀS 09H31MIN DO DIA 04/07 FOI ENCAMINHADO A RESPOSTA DA CONCESSIONÁRIA ATUALIZANDO O FIM DA OBRA, PREVISÃO DE TÉRMINO PARA O DIA 30/09. | [10/01/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [10/01/2025] CONFORME E-MAIL RECEBIDO EM 01/10 ÁS 12H02MIN OBRA PRORROGADA DE 30/09 PARA 31/12/2025. | [12/29/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/30/2025] CONFORME E-MAIL RECEBIDO EM 30/12 ÁS 08H42MIN OBRA PRORROGADA DE 31/12 PARA 31/03/2026.</t>
   </si>
   <si>
-    <t>[12/30/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | ÀS 08H22MIN DO DIA 30/12/2025, A CONCESSIONÁRIA INFORMOU POR E-MAIL QUE A INTERVENÇÃO FOI PRORROGADA PARA 16/02/2026.</t>
-[...10 lines deleted...]
-  <si>
     <t>[10/27/2025] ÀS 16H02MIN DE 27/10/2025 A CONCESSIONÁRIA INFORMOU VIA E-MAIL, CONFORME ORIENTAÇÃO DO ENGENHEIRO RESPONSÁVEL PELA OBRA QUE A OBRA FOI PRORROGADA PARA 20/12/2025. | [12/22/2025] ENVIADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÃO EM 22/12 ÀS 14H18. | [12/23/2025] SOLICITADO ATUALIZAÇÕES A CONCESSIONÁRIA VIA WHATSAPP. | [12/23/2025] CONFORME ORIENTAÇÃO VIA WHATSAPP RECEBIDA EM 23/12 ÀS 10H01MIN OBRA PRORROGADA DE 20/12 PARA 20/04/2026.</t>
   </si>
   <si>
     <t>[07/18/2025] ENVIADO E-MAIL PARA A CONCESSIONÁRIA EM 18/07 ÀS 00H38 SOLICITANDO ATUALIZAÇÃO DA DATA PREVISTA PARA O TÉRMINO DA OBRA. | [07/26/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/16/2025] ENCAMINHADO E-MAIL SOLICITANDO ATUALIZAÇÕES. | [12/23/2025] SOLICITADO ATUALIZAÇÕES A CONCESSIONÁRIA VIA WHATSAPP. | [12/23/2025] CONFORME ORIENTAÇÃO VIA WHATSAPP RECEBIDA EM 23/12 ÀS 10H01MIN OBRA PRORROGADA DE 14/12 PARA 14/04/2026.</t>
   </si>
   <si>
     <t>[12/16/2025] ENCAMINHADO E-MAIL A CONCESSIONARIA SOLICITANDO ATUALIZAÇÕES. | [12/23/2025] SOLICITADO ATUALIZAÇÕES A CONCESSIONÁRIA VIA WHATSAPP. | [12/23/2025] CONFORME ORIENTAÇÃO VIA WHATSAPP RECEBIDA EM 23/12 ÀS 10H01MIN OBRA PRORROGADA DE 14/12 PARA 14/04/2026.</t>
   </si>
   <si>
     <t>[09/26/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [10/09/2025] ÀS 16H16MIN DO DIA 10/09/2025, A CONCESSIONÁRIA INFORMOU VIA E-MAIL QUE A OBRA CONTINUA EM EXECUÇÃO, SENDO QUE ESTÁ PREVISTO PARA CONCLUSÃO NO DIA 15/12/2025. | [12/16/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/17/2025] CONFORME E-MAIL RECEBIDO EM 15/12/2025, ÀS 18H37MIN, OBRA PRORROGADA DE 07/12/2025, PARA 30/03/2026.</t>
   </si>
   <si>
-    <t>[12/16/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/17/2025] CONFORME E-MAIL RECEBIDO EM 16/12/2025 ÁS 17H05MIN, OBRA PRORROGADA DE 12/12 PARA 30/01/2026</t>
-[...10 lines deleted...]
-  <si>
     <t>[12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | CONFORME E-MAIL RECEBIDO EM 08/12 ÁS 12H16MIN, OBRA FOI PRORROGADA PARA ATÉ MARÇO/2026.</t>
   </si>
   <si>
-    <t>[03/09/2025] INCLUÍDA FOTOS ATUALIZADAS. | [04/01/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [04/06/2025] CONFORME E-MAIL RECEBIDO EM 03/04 ÁS 16H49MIN OBRA FOI PRORROGADA DE 03/04 PARA 30/05. | [05/31/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [06/12/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [06/14/2025] CONFORME E-MAIL RECEBIDO EM 13/06 ÁS 08H00MIN OBRA FOI PRORROGADA DE 30/05 PARA 31/10. | [11/03/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [11/04/2025] ÀS 10H33MIN DO DIA 03/11/2025, A CONCESSIONÁRIA INFORMOU QUE CONTINUA EM EXECUÇÃO, IRÃO ATUALIZAR O POE. | [11/11/2025] CONFORME E-MAIL RECEBIDO EM 11/11 ÁS 14H39MIN OBRA FOI PRORROGADA DE 31/10 PARA 30/11. | [12/08/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [12/08/2025] CONFORME E-MAIL RECEBIDO EM 08/12 ÁS 11H44MIN OBRA FOI PRORROGADA DE 30/11 PARA 30/01/2026.</t>
-[...4 lines deleted...]
-  <si>
     <t>[10/27/2024] EM 27/10 ÁS 21H03MIN ENVIADO E-MAIL SOLICITANDO FOTOS ATUALIZADAS. | [10/28/2024] DIA 28/10/2024 ÀS 09H06MIN, RECEBIDO AS FOTOS SOLICITADAS VIA E-MAIL. | [04/09/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES EM 07/04 ÁS 23H57MIN. | PARECER DA CCR RODOVIAS ÀS 15H44MIN DO DIA 08/04: "EM RAZÃO DO TÉRMINO DA CONCESSÃO DA VIAOESTE, INFORMAMOS QUE A CONTINUIDADE DESTE POE FOI TRANSFERIDA PARA A CONCESSIONARIA ECOVIAS RAPOSO CASTELLO A QUAL NOS INFORMOU QUE IRÁ PROTOCOLAR JUNTO A ARTESP". | [04/09/2025] CONFORME E-MAIL RECEBIDO EM 09/04 ÁS 17H34 DA CONCESSIONÁRIA ECOVIAS RAPOSO CASTELLO, OBRA PRORROGADA PARA 23/07/2026. | [11/07/2025] EM 07/11 PISTA MARGINAL SENTIDO LESTE ENTRES OS KMS 24 AO KM 22 LIBERADA AO TRAFEGO.</t>
   </si>
   <si>
-    <t>[11/03/2025] CONFORME POE RECEBIDO VIA WHATSAPP EM 03/11 ÁS 11H05 DO CCO DA CONCESSIONÁRIA, OBRA PRORROGADA DE 23/10 PARA 23/04/2026.</t>
-[...5 lines deleted...]
-  <si>
     <t>[10/29/2025] CONFORME E-MAIL RECEBIDO EM 24/10 ÁS 17H35MIN OBRA PRORROGADA DE 03/06/2026 PARA 30/06/2027.</t>
   </si>
   <si>
     <t>[10/13/2024] EM 13/10/2024 ÀS 11H13MIN FOI ENVIADO E-MAIL À CONCESSIONÁRIA SOLICITANDO FOTOS ATUALIZADAS. | [10/13/2024] INSERIDA FOTOS ATUALIZADAS. | [12/01/2024] ENVIADO E-MAIL PARA CONCESSIONÁRIA EM 01/12 ÁS 11H08MIN SOLICITANDO ATUALIZAÇÃO DO CENÁRIO.</t>
   </si>
   <si>
     <t>[09/16/2025] CONFORME E-MAIL RECEBIDO EM 15/09 ÁS 17H05MIN, A OBRA ESTENDIDA DO KM 234 AO KM 240+600 E PRORROGADO PRAZO DE 15/09 PARA 15/05/2026.</t>
   </si>
   <si>
     <t>[08/26/2025] ÀS 16H07MIN, ADICIONADAS FOTOS ATUALIZADAS DA OBRA EM ANDAMENTO.</t>
   </si>
   <si>
-    <t>[08/19/2025] INSERIDAS FOTOS ATUALIZADAS DA OBRA.</t>
-[...1 lines deleted...]
-  <si>
     <t>[08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS DA OBRA. | [08/19/2025] ÀS 16H07, A CONCESSIONÁRIA NOS ENCAMINHOU POR E-MAIL ATUALIZAÇÃO DAS IMAGENS DA OBRA.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS DA OBRA. | [08/18/2025] ÀS 16H03, A CONCESSIONÁRIA NOS ENCAMINHOU POR E-MAIL ATUALIZAÇÃO DAS IMAGENS DA OBRA.</t>
   </si>
   <si>
     <t>[08/18/2025] INSERIDO FOTOS ATUALIZADAS DA OBRA.</t>
   </si>
   <si>
     <t>[07/18/2025] CONFORME E-MAIL RECEBIDO EM 18/07 ÁS 12H45MIN INCLUÍDO PREVISÃO DE TÉRMINO DA OBRA.</t>
   </si>
   <si>
     <t>[10/11/2024] EM 11/10/2024 ÀS 12H41MIN FOI ENVIADO E-MAIL À CONCESSIONÁRIA SOLICITANDO FOTOS ATUALIZADAS. | [10/17/2024] INSERIDA FOTOS ATUALIZADAS DA OBRA. | [04/19/2025] 17/04/2025 - DESVIO DO KM 248+600 AO KM 252+000. ACESSO ALTERNATIVO KM 248+900. | [08/11/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO FOTOS.</t>
   </si>
   <si>
     <t>[10/15/2024] INSERIDAS FOTOS DA OBRA. | [05/19/2025] CONFORME E-MAIL RECEBIDO EM 19/05/2025 ÁS 15H23MIN OBRA FOI PRORROGADA DE 15/03/2026 PARA 15/04/2026.</t>
   </si>
   <si>
     <t>[10/15/2024] INSERIDA FOTOS ATUALIZADAS DA OBRA. | [10/26/2024] INSERIDA FOTO DA OBRA EM ANDAMENTO. | [04/12/2025] ÀS 10H23MIN DO DIA 11/04/2025, INICIADO REPARO PELA EMPRESA DE SANEAMENTO BÁSICO. | [05/19/2025] CONFORME E-MAIL RECEBIDO EM 19/05/2025 ÁS 15H23MIN OBRA FOI PRORROGADA DE 15/03/2026 PARA 15/04/2026.</t>
   </si>
   <si>
     <t>[05/11/2025] SEGUNDO INFORMAÇÕES DA PMRV, FOI REPORTADO UM DESMORONAMENTO NO CANTEIRO DE OBRAS DA CCR. AO CHEGAREM AO LOCAL, OS RECURSOS CONSTATARAM QUE UMA TUBULAÇÃO DE ÁGUA SE ROMPEU, E O GRANDE VOLUME DE ÁGUA ESTÁ TRAZENDO RISCO DE DESMORONAMENTO PARA O TALUDE. HOUVE A NECESSIDADE DE INTERDIÇÃO DA FAIXA 04. | [05/11/2025] CONGESTIONAMENTO DO KM 20 AO KM 26 EM PISTA EXPRESSA E DO KM 20 AO KM 24 EM PISTA MARGINAL. | [05/11/2025] ÀS 19H37MIN TRAFEGO NORMALIZADO NA PISTA MARGINAL. | [05/11/2025] ÀS 20H42MIN TRAFEGO NORMALIZADO NA PISTA EXPRESSA. | [05/11/2025] ÀS 18H50MIN REGISTRO DE ÁGUA FECHADO._x000D_
 ÀS 22H47MIN LIMPEZA DA PISTA CONCLUÍDA, FAIXA 04 LIBERADA.</t>
   </si>
   <si>
     <t>[04/01/2025] ENCAMINHADO E-MAIL A CONCESSIONÁRIA SOLICITANDO ATUALIZAÇÕES. | [04/07/2025] CONFORME E-MAIL RECEBIDO EM 07/04 ÁS 15H53MIN DE 31/03/2025 PARA 31/03/2026.</t>
+  </si>
+  <si>
+    <t>OS SERVIÇOS ESTÃO PREVISTOS PARA OCORREREM NO PERÍODO DE 04/02/2026 A 06/02/2026 DAS 09H00 ÀS 16H00 COM OPERAÇÃO PARE E SIGA PARA VIABILIZAR MONITORAMENTO NA PONTE CARVALHO PINTO.</t>
+  </si>
+  <si>
+    <t>LOCALIZADO EROSÃO NA FAIXA DE ROLAMENTO PELO KM CITADO, COM RISCO EVIDENTE DE ACIDENTE.</t>
+  </si>
+  <si>
+    <t>O EVENTO INTERDIÇÃO PARA TRAVESSIA DE CABOS DE REDE DE ENERGIA (CONCESSIONÁRIA DE ENERGIA) SERÁ REALIZADO NA RODOVIA JURANDIR SICILIANO – SP255 KM 356 AO KM 356+900, CRAVINHOS - SP, SENTIDO NORTE/SUL, NO MUNICÍPIO DE ITAPORANGA/SP, NO DIA 17 DE MARÇO DE 2026, COM INÍCIO PREVISTO PARA AS 09H E TÉRMINO PREVISTO PARA AS 14H, SENDO EFETUADO O SISTEMA DE PARE E SIGA.</t>
+  </si>
+  <si>
+    <t>PLANO OPERACIONAL PARA TRATAR DO LANÇAMENTO DE 11 VIGAS DO DISPOSITIVO 3 DA SP-284 KM 464+130, ENTRE OS DIAS 07/03/2026 E 09/03/2026, QUE FAZEM PARTE DA OBRA DE DUPLICAÇÃO._x000D_
+AS ATIVIDADES PODEM SOFRER ALTERAÇÕES DE EXECUÇÃO DE DIAS, HORÁRIOS E TURNO CONFORME AS VARIÁVEIS LIGADAS AO PROCESSO – PLANO OCUPAÇÃO, INTEMPÉRIES, VDM, SOLICITAÇÕES PMRV ETC. – CASO SEJAM NECESSÁRIAS.</t>
+  </si>
+  <si>
+    <t>DESVIO DE TRÁFEGO ENTRE OS KM’S 432+000 AO 436+000 PARA AS INTERVENÇÕES NO DISPOSITIVO DE ACESSO E RETORNO A SER IMPLANTADO NO KM 433+950._x000D_
+O DESVIO DE TRÁFEGO SERÁ FEITO INICIALMENTE COM A TRANSFERÊNCIA DO TRÁFEGO PARA A PISTA PROVISORIAMENTE PROJETADA FORA DA FAIXA DE ROLAMENTO, QUE TRANSITARÁ EM FLUXOS OPOSTOS E RETORNARÁ PARA A CONFIGURAÇÃO NORMAL APÓS A ÁREA DE INTERVENÇÃO.</t>
+  </si>
+  <si>
+    <t>OBRA DE RECAPEAMENTO DA RODOVIA SP330 (RODOVIA ANHANGUERA), ENTRE O TRECHO DE CORDEIRÓPOLIS (KM 158+500) A SANTA RITA DO PASSA QUATRO (KM 240+500)._x000D_
+OS SERVIÇOS SERÃO REALIZADOS EM TODAS AS FAIXAS DE ROLAMENTO, PRAÇAS DE PEDÁGIO, MARGINAIS E DISPOSITIVOS_x000D_
+DE RETORNO SOB RESPONSABILIDADE DA CONCESSIONÁRIA INTERVIAS.</t>
+  </si>
+  <si>
+    <t>O EVENTO INTERDIÇÃO PARA TRAVESSIA DE CABOS DE REDE DE ENERGIA (CONCESSIONÁRIA DE ENERGIA) SERÁ REALIZADO NA RODOVIA ANHANGUERA – SP330 KM 294+105, CRAVINHOS - SP, NO DIA 08 DE FEVEREIRO DE 2026, COM INÍCIO PREVISTO PARA AS 08H00 E TÉRMINO PREVISTO PARA AS 15H00, SENDO QUE A INTERDIÇÃO DO FLUXO DAS FAIXAS DE ROLAMENTO OCORRERÁ EM 03 ETAPAS DE 10 MINUTOS: A PRIMEIRA PARADA PREVISTA PARA AS 10H00 ATÉ 10H10, E A  SEGUNDA PARADA PREVISTA PARA AS 10H30 ATÉ 10H40 E A TERCEIRA PARADA PARA AS 11H00 ATÉ 11H10.</t>
+  </si>
+  <si>
+    <t>OS SERVIÇOS PARA IMPLANTAÇÃO DOS NOVOS DISPOSITIVOS ESTÃO PREVISTOS PARA OCORRER NO PERÍODO DAS 06H00 ÀS 20H00 ENTRE OS DIAS DE 16/09/2025 E 16/01/2026. PARA VIABILIZAR AS ATIVIDADES SE FAZ NECESSÁRIO AS SEGUINTES INTERDIÇÕES: _x000D_
+INTERDITAR O ACOSTAMENTO ENTRE O KM 337+800 AO KM 338+110 SENTIDO LESTE DA SP258, ONDE SERÁ NECESSÁRIO UM PEQUENO DESVIO DE EIXO DA PISTA LESTE PARA PISTA OESTE E DA PISTA OESTE PARA O ACOSTAMENTO DA PISTA OESTE COMO MEDIDAS DE SEGURANÇA; _x000D_
+INTERDITAR O ACOSTAMENTO SOBRE O VIADUTO NA SP281 RODOVIA SOB JURISDIÇÃO DO DER (DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DE SÃO PAULO).</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DO DISPOSITIVO DE RETORNO NO QUILÔMETRO 282+740 DA RODOVIA PRES. CASTELLO BRANCO – SP280 PARA VIABILIZAR ADEQUAÇÃO DO GABARITO VERTICAL DA OAE. EM DECORRÊNCIA DESSA INTERVENÇÃO, AS ALÇAS DE ACESSO E SAÍDA DO RETORNO DEVERÃO SER DEMOLIDAS E POSTERIORMENTE RECONSTRUÍDAS. DURANTE A EXECUÇÃO DOS SERVIÇOS, HAVERÁ NECESSIDADE DE INTERDIÇÃO TOTAL DO LOCAL.</t>
+  </si>
+  <si>
+    <t>INÍCIO DAS ATIVIDADES DE IMPLANTAÇÃO DO DISPOSITIVO DE ACESSO E RETORNO NO KM 244+830._x000D_
+PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADA A IMPLANTAÇÃO DE DESVIO PERMANENTE DE TRÂNSITO (DURANTE A EXECUÇÃO DAS OBRAS) ENTRE OS KMS 244+300 E 245+200.</t>
+  </si>
+  <si>
+    <t>A OBRA DE RECUPERAÇÃO ESTÁ PROGRAMADA PARA SER EXECUTADA ENTRE OS KM 43+000 E KM 46+000 PISTA EXTERNA. DIANTE A INTERFERÊNCIA AO TRÁFEGO CAUSADA PELA EXECUÇÃO DA OBRA, A CONCESSIONÁRIA ADOTARÁ ESQUEMAS ESPECIAIS, VISANDO ATENDER OS USUÁRIOS COM EXCELÊNCIA. _x000D_
+PERÍODO DE INTERDIÇÃO SERÁ DAS 22H00 DE (SEXTA-FEIRA) ATÉ AS 05H00 DA (SEGUNDA-FEIRA).</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE CILCOVIA NA SPI059/150._x000D_
 AS ALÇAS DE ACESSO SERÃO INTERDITADAS DE SEGUNDA A QUINTA-FEIRA, DAS 9H ÀS 16H, PARA A EXECUÇÃO DE BARREIRAS DE CONCRETO MOLDADAS IN LOCO. _x000D_
 O PRÓXIMO RETORNO PARA ACESSO À INTERLIGAÇÃO BAIXADA - SPI-059/150 NO SENTIDO OESTE, ESTÁ LOCALIZADO APROXIMADAMENTE 1 KM DO LOCAL DA OBRA NO KM 60 DA RODOVIA ANCHIETA NO SENTIDO _x000D_
 SUL.</t>
   </si>
   <si>
-    <t>INTERDIÇÃO DO ACOSTAMENTO E PARCIALMENTE A FAIXA DE DESACELERAÇÃO DO RETORNO OPERACIONAL ENTRE O QUILÔMETRO 015+900 AO 015+500, PISTA INTERNA DO RODOANEL MARIO COVAS – SP021 PARA VIABILIZAR OBRAS DE IMPLANTAÇÃO DE FAIXA ADICIONAL._x000D_
-[...108 lines deleted...]
-    <t>INTERVENÇÃO PARA DESOBSTRUÇÃO DE CAIXAS SUBTERRÂNEAS E LANÇAMENTO DE CABO ÓPTICO. OS SERVIÇOS SERÃO EXECUTADOS NO PERÍODO DE 06 DE JANEIRO A 31 DE JANEIRO DE 2026, COM HORÁRIO PREVISTO DAS 23H00MIN ÀS 05H00MIN. COM NECESSIDADE DE INTERRUPÇÃO DA FAIXA 01 DE ROLAMENTO.</t>
+    <t>EM VIRTUDE DAS OBRAS DE CONSERVAÇÃO E MELHORIA NA VICINAL GRT 010 (FORA DO TRECHO DE CONCESSÃO) E DE RESPONSABILIDADE DE PREFEITURA MUNICIPAL DE GUARANTÃ, CONFORME OFICIO ANEXO, _x000D_
+FOI SOLICITADO EM CARÁTER EMERGENCIAL, A INTERDIÇÃO DO ACESSO AO MUNICÍPIO, NA ALTURA DO KM 416 (SPD ROTATÓRIA DA PISTA LESTE). SERÁ NECESSÁRIO REALIZAR A INTERDIÇÃO DO ACESSO QUE SE ENCONTRA NO SENTIDO LESTE DO SPD 416. A OBRA ESTÁ PREVISTA COM DURAÇÃO DE 60 DIAS.</t>
+  </si>
+  <si>
+    <t>O EVENTO INTERDIÇÃO PARA TRAVESSIA DE CABOS DE REDE DE ENERGIA (CONCESSIONÁRIA DE ENERGIA) SERÁ REALIZADO NA RODOVIA ANHANGUERA – SP328 KM 294+746, CRAVINHOS - SP, NO DIA 28 DE FEVEREIRO DE 2026, COM INÍCIO PREVISTO PARA AS 09H00 E TÉRMINO PREVISTO PARA AS 16H00, SENDO EFETUADO 02 PARALIZAÇÕES NO TRÁFEGO, A 1ª PARADA DAS 10H ÀS 10H10 E A 2ªPARADA DAS 10H30 ÀS 10H40.</t>
+  </si>
+  <si>
+    <t>PLANO OPERACIONAL PARA A INTERVENÇÃO NA PISTA E ACOSTAMENTO SENTIDOS NORTE E SUL, COM A UTILIZAÇÃO DE SINALIZAÇÃO DO TIPO “PARE E SIGA” EVENTUAIS PARA A EXECUÇÃO DOS SERVIÇOS DE INTERVENÇÃO DE PAVIMENTO DA SP-352 DO KM 162+540 AO KM 185+171.</t>
+  </si>
+  <si>
+    <t>REPARO NO PAVIMENTO ENTRE OS KMS 016+000 AO KM 019+000, PISTA EXTERNA DA RODOVIA RODOANEL MARIO COVAS SP021._x000D_
+OS SERVIÇOS ESTÃO PREVISTOS PARA OCORREREM A PARTIR DAS 22H00MIN DO DIA 27/02/2026 ÁS 22H00MIN DO DIA 01/03/2026, COM INTERDIÇÃO DAS FAIXAS 03, 04, 05 E ACOSTAMENTO.</t>
+  </si>
+  <si>
+    <t>OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO SEGMENTO 08 (KM 428+800 A 431+400, SENTIDO NORTE)._x000D_
+A SINALIZAÇÃO SERÁ IMPLANTADA DE ACORDO COM A FRENTE DE SERVIÇO. DE MANEIRA GERAL, TEREMOS AS FRENTES DE SERVIÇO PARA A IMPLANTAÇÃO DA 3ª FAIXA NO SENTIDO NORTE, ALÉM DAS EQUIPES DE ALARGAMENTO DE OAES QUE ATUARÃO PONTUALMENTE EM CADA OAE EXISTENTE NO TRECHO.</t>
+  </si>
+  <si>
+    <t>A INTERDIÇÃO DA FAIXA DE ROLAMENTO É NECESSÁRIA PARA EXECUÇÃO DOS SERVIÇOS DE REABILITAÇÃO DO PAVIMENTO, INCLUINDO FRESAGEM, TRATAMENTO DE TRINCAS, IMPRIMAÇÃO, RECOMPOSIÇÃO COM CBUQ E PINTURA DA SINALIZAÇÃO HORIZONTAL.</t>
+  </si>
+  <si>
+    <t>O LOCAL DE IMPLANTAÇÃO SERÁ NO SEGUIMENTO ENTRE O KM 241+800 AO KM 267+700, DA RODOVIA SP310.</t>
+  </si>
+  <si>
+    <t>O LOCAL DE IMPLANTAÇÃO SERÁ INICIADO NO SEGMENTO 6 (KM 446+000 A 444+750, PISTA NORTE E SUL, DA RODOVIA SP310.</t>
+  </si>
+  <si>
+    <t>O LOCAL DE IMPLANTAÇÃO SERÁ INICIADO NO SEGMENTO 08, ENTRE O KM 449+300 A 451+870, PISTA NORTE E SUL, DA RODOVIA SP-310.</t>
+  </si>
+  <si>
+    <t>O LOCAL DE IMPLANTAÇÃO SERÁ INICIADO NO SEGMENTO 07, ENTRE O KM 449+300 A 446+000, PISTA NORTE E SUL, DA RODOVIA SP-310.</t>
+  </si>
+  <si>
+    <t>EROSÃO NO PAVIMENTO PELA ALÇA DE SAÍDA LESTE DA SP280 KM 23+907, COM PROFUNDIDADE DE 20 METROS, CIRCUNFERÊNCIA DE 3 METROS.</t>
+  </si>
+  <si>
+    <t>A ATIVIDADE ESTÁ PREVISTA PARA SER REALIZADA NO PERÍODO DE 23/02/2026 A 30/05/2026 DAS 07H00 ÀS 18H00, COM INTERDIÇÃO DO ACOSTAMENTO PARA VIABILIZAR A IMPLANTAÇÃO DO VIÁRIO DA BASE OPERACIONAL. NÃO HAVERÁ INTERFERÊNCIA COM OS ACESSOS.</t>
+  </si>
+  <si>
+    <t>A ATIVIDADE ESTÁ PREVISTA PARA SER REALIZADA NO PERÍODO DE 23/02/2026 A 30/05/2026 DAS 07H00 ÀS 18H00, COM INTERDIÇÃO DA FAIXA 02 DE ROLAMENTO PARA VIABILIZAR IMPLANTAÇÃO DO VIÁRIO DA BASE OPERACIONAL. NÃO HAVERÁ INTERFERÊNCIA COM OS ACESSOS.</t>
+  </si>
+  <si>
+    <t>PLANO OPERACIONAL ESPECIAL DA OBRA DE DESMONTAGEM DA PRAÇA DE PEDÁGIO DE TAIUVA, DEVIDO A IMPLANTAÇÃO DOS PÓRTICOS FREE FLOW: SP-326 – NORTE 307+820 SP-326 – SUL 307+620._x000D_
+FASE 1 – DESMONTAGEM DE CABINES E ESTRUTURAS DE SUBMARINOS – 12/02/2026 A 16/04/2026_x000D_
+FASE 2 – IÇAMENTO DE TELHAS E VIGAS DE COBERTURA DA PRAÇA – 20/02/2026 A 14/03/2026_x000D_
+FASE 3 – DEMOLIÇÃO DE PILARES – 20/03/2026 A 16/04/2026_x000D_
+FASE 4 – DESMONTAGEM DO PRÉDIO OPERACIONAL/APOIO – 14/03/2026 A 28/03/2026</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO TOTAL DE DISPOSITIVO PARA EXECUÇÃO DO ALARGAMENTO DE SUAS OAE’S NO KM 187+118 PARA IMPLANTAÇÃO DE 3ª FAIXA NA SP310. SERÁ EXECUTADO O FECHAMENTO DA PASSAGEM INFERIOR, QUE É UTILIZADA APENAS COMO RETORNO, COM SINALIZAÇÃO VERTICAL E BARREIRAS DE CONCRETO.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DAS GALERIAS DOS TÚNEIS PARA A REALIZAÇÃO DAS OBRAS DE REVITALIZAÇÃO PREVISTAS PARA OS TÚNEIS T01 (KM 75), T02 (KM 76) E T03 (KM 79) DA RODOVIA SP-070 – RODOVIA CARVALHO_x000D_
+PINTO. COM A FINALIDADE DE SE MANTER A RODOVIA DISPONÍVEL PARA OS USUÁRIOS, SERÁ EFETUADA UMA OPERAÇÃO COM FLUXO BIDIRECIONAL NA GALERIA PARALELA À GALERIA INTERDITADA PARA AS OBRAS.</t>
+  </si>
+  <si>
+    <t>PLANO OPERACIONAL ESPECIAL DA OBRA DE DESMONTAGEM DA PRAÇA DE PEDÁGIO DE TAIUVA, DEVIDO A IMPLANTAÇÃO DOS PÓRTICOS FREE FLOW: SP-326 – NORTE 356+876 SP-326 – SUL 356+645.</t>
   </si>
   <si>
     <t>O PRESENTE RELATÓRIO TEM COMO PRINCIPAL OBJETIVO APRESENTAR A CONCESSIONÁRIA ECOVIAS NOROESTE _x000D_
 PAULISTA E A AGÊNCIA REGULADORA, ARTESP, AS OBRAS DE REFORÇO E ALARGAMENTO DE OAES NA SP-310 NOS _x000D_
 SENTIDOS NORTE E SUL, DO KM 449+420._x000D_
 EM RELAÇÃO A ESTE POE, OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS.</t>
   </si>
   <si>
-    <t>O LOCAL DE IMPLANTAÇÃO SERÁ INICIADO NO SEGMENTO 07, ENTRE O KM 449+300 A 446+000, PISTA NORTE E SUL, DA RODOVIA SP-310.</t>
-[...5 lines deleted...]
-    <t>O LOCAL DE IMPLANTAÇÃO SERÁ INICIADO NO SEGMENTO 6 (KM 446+000 A 444+750, PISTA NORTE E SUL, DA RODOVIA SP310.</t>
+    <t>PLANO OPERACIONAL PARA TRATAR DA MOVIMENTAÇÃO DE LAJES DO CANTEIRO DE VIGAS/LAJES KM 236+000 NORTE (R. JORGE CAMARGO, 61 - SÃO CARLOS, ) AO KM 236+100 NORTE DA OBRA DE INTERVENÇÃO DA SP-310, PASSANDO PELA RODOVIA SP318.</t>
+  </si>
+  <si>
+    <t>PARA A REALIZAÇÃO DAS INTERVENÇÕES NO ACOSTAMENTO DA RODOVIA CÔNEGO DOMÊNICO RANGONI (SP-055), SENTIDO OESTE, ENTRE OS KM 254 E 255, NA REGIÃO DO TÚNEL DO QUILOMBO, SERÁ NECESSÁRIO SOMENTE O BLOQUEIO DO ACOSTAMENTO, PERMANECENDO AS DUAS FAIXAS DE ROLAMENTO TOTALMENTE LIBERADAS PARA O TRÁFEGO DURANTE TODO O PERÍODO DAS OBRAS._x000D_
+AS ATIVIDADES OCORRERÃO PREFERENCIALMENTE NO PERÍODO NOTURNO PARA IMPLANTAÇÃO DE EQUIPAMENTOS DE COMBATE A INCÊNDIO NO INTERIOR DO TÚNEL, COM O OBJETIVO DE MINIMIZAR INTERFERÊNCIAS À FLUIDEZ DO TRÁFEGO E SEGUIR CONFORME AS NECESSIDADES TÉCNICAS DA OBRA._x000D_
+A LIBERAÇÃO DO ACOSTAMENTO OCORRERÁ IMEDIATAMENTE APÓS A CONCLUSÃO DAS ATIVIDADES TODOS OS DIAS, COM PREVISÃO DE EXECUÇÃO ENTRE 22H00 E 06H00.</t>
+  </si>
+  <si>
+    <t>ESTE PLANO OPERACIONAL TEM COMO OBJETIVO VIABILIZAR A INTERDIÇÃO TOTAL DA RODOVIA SP-300 NO SENTIDO LESTE ENTRE OS KM 483+750 AO 482+550 DURANTE O PERÍODO DE EXECUÇÃO DAS OBRAS DE _x000D_
+SUBSTITUIÇÃO DA PONTE SOBRE O RIBEIRÃO LAJEADO LOCALIZADO NO MUNICÍPIO DE PENÁPOLIS. _x000D_
+A OBRA ESTA PREVISTA PARA ACONTECER ENTRE 15/03/2026 A 15/03/2027 TENDO INÍCIO COM A IMPLANTAÇÃO DO DESVIO NO LOCAL INDICADO CONFORME PROJETO ELABORADO COM BASE NAS NORMAS E _x000D_
+RECOMENDAÇÕES PREVISTAS NO MANUAL BRASILEIRO DE TRÂNSITO – CONTRAN, NO CÓDIGO DE TRÂNSITO BRASILEIRO - CTB E NO MANUAL DE SINALIZAÇÃO RODOVIÁRIA DO DER VLLL. TODAS AS PLACAS E SINALIZAÇÃO DA OBRA SEGUIRAM AS ESPECIFICAÇÕES PREVISTAS ABNT (ASSOCIAÇÃO BRASILEIRA DE NORMAS TÉCNICAS) E SERÁ MANTIDO DURANTE A EXECUÇÃO DA OBRA TODOS OS MATÉRIAS E EQUIPAMENTOS NECESSÁRIOS PARA GARANTIR A REPOSIÇÃO IMEDIATA DE QUALQUER ELEMENTO SEM QUE SEJA COMPROMETIDO O FUNCIONAMENTO DA SINALIZAÇÃO.</t>
+  </si>
+  <si>
+    <t>OS SERVIÇOS DE DESVIO DE EIXO E READEQUAÇÃO DE SINALIZAÇÃO HORIZONTAL ESTÃO PREVISTOS PARA OCORREREM NOS DIAS 08 E 09/12/2025 A PARTIR DAS 22H00 ÀS 05H00, COM FECHAMENTO DE FAIXA INTERCALADA, SENDO A PRIMEIRA NOITE COM INTERDIÇÃO DA FAIXA 01 E A SEGUNDA NOITE COM INTERDIÇÃO DA FAIXA 02 (EM CASO DE CONDIÇÕES CLIMÁTICAS ADVERSAS ESSAS DATAS PODERÃO SOFRER ALTERAÇÕES). APÓS A CONCLUSÃO DOS SERVIÇOS DE MUDANÇA DE EIXO A PREVISÃO É QUE ESSA CONDIÇÃO SEJA MANTIDA ATÉ O DIA 31/01/2026 DURANTE 24H00.</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DA TERCEIRA FAIXA DE ROLAMENTO DO KM 80 AO 88 PISTA NORTE SP 065. TERRAPLENAGEM, PAVIMENTAÇÃO, DRENAGEM SUPERFICIAL, BARREIRA RÍGIDA, PAISAGISMO E_x000D_
+BARREIRA MÓVEL.</t>
+  </si>
+  <si>
+    <t>EXECUÇÃO DAS OBRAS DE CORREÇÃO DAS CURVAS NO TRECHO DE SERRA DA SP-150, INCLUINDO ADEQUAÇÕES GEOMÉTRICAS, MELHORIAS DE SEGURANÇA ENTRE OS KM 41+700 E KM 46+920, ABRANGENDO AS PISTAS SUL E NORTE, CONFORME A NECESSIDADE E EVOLUÇÃO DAS ETAPAS EXECUTIVAS. A CONSERVAÇÃO DE ROTINA SERÁ EXECUTADA PREFERENCIALMENTE AOS SÁBADOS, ALTERNANDO-SE O BLOQUEIO ENTRE PISTA SUL E PISTA NORTE._x000D_
+_x000D_
+LOCALIZAÇÃO DAS INTERVENÇÕES:_x000D_
+SENTIDO SUL (PISTA SUL)_x000D_
+• CURVA 01: KM 41+700_x000D_
+• CURVA 02: KM 44+580_x000D_
+• CURVA 03: KM 46+920_x000D_
+SENTIDO NORTE (PISTA NORTE)_x000D_
+• CURVA 04: KM 44+410_x000D_
+• CURVA 05: KM 43+260_x000D_
+• CURVA 06: KM 41+730</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO PARA TRAVESSIA DE CABOS DE REDE DE ENERGIA, SERÁ REALIZADO NA RODOVIA SP255 KM 175+500. COM INÍCIO PREVISTO PARA AS 09H E TÉRMINO PREVISTO PARA AS 17H00, COM UMA INTERRUPÇÃO DO TRÁFEGO DAS 14H ÀS 14:30H. SENDO NECESSÁRIO A INTERDIÇÃO DO FLUXO EM AMBOS OS SENTIDOS DA RODOVIA.</t>
+  </si>
+  <si>
+    <t>DEVIDO A UM SINISTRO DE TRÂNSITO OCORRIDO NO DIA 03 DE FEVEREIRO DE 2025 (SEGUNDA-FEIRA) ÀS 15H24MIN, ONDE O VEÍCULO VOLVO, PERDEU O CONTROLE E CHOCOU-SE INICIALMENTE COM O "SUBMARINO" DA CABINE 4, POSTERIORMENTE, COM A COLUNA DE SUSTENTAÇÃO DA PRAÇA DE PEDÁGIO P1, EM PARELHEIROS, NO KM 50+000 DA PISTA INTERNA, QUE VEIO A COLAPSAR PARCIALMENTE A MARQUISE.</t>
+  </si>
+  <si>
+    <t>CORTE DAS PLACAS A SEREM DEMOLIDAS PARA EVITAR DANOS NAS PLACAS ADJACENTES, DEMOLIÇÃO DAS PLACAS DE CONCRETO, REMOÇÃO DO ENTULHO, LIMPEZA DA CAIXA, REGULARIZAÇÃO DA BASE SE NECESSÁRIO, APLICAÇÃO DE LONA PLÁSTICA PARA EVITAR A PERDA DE ÁGUA, EXECUÇÃO DE FUROS NAS PLACAS EXISTENTES PARA FIXAÇÃO DAS BARRAS DE LIGAÇÃO E DE TRANSFERÊNCIA, APLICAÇÃO DAS BARRAS DE TRANSFERÊNCIA E DE LIGAÇÃO DA ARMAÇÃO DAS PLACAS, APLICAÇÃO DE CONCRETO, ACABAMENTO, CURA QUÍMICA, CURA ÚMIDA, CORTE DAS JUNTAS, LIMPEZA DA PISTA E SINALIZAÇÃO HORIZONTAL.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO PROVISÓRIA DE FAIXA DE ROLAMENTO, COM A UTILIZAÇÃO DE SINALIZAÇÃO DO TIPO “PARE E SIGA” PARA A EXECUÇÃO DO SERVIÇO DE REPARO NO PAVIMENTO.</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO DE INTERDIÇÃO DE DISPOSITIVOS DE ACESSO, PARA EXECUÇÃO DE REPARO DE PAVIMENTO. OS SERVIÇOS SERÃO REALIZADOS NA SP330 ENTR E O KM 240+500 E 318+500.</t>
+  </si>
+  <si>
+    <t>O SEGMENTO DA RODOVIA QUE SERÁ EXECUTADO O ALARGAMENTO PARA IMPLANTAÇÃO DA TERCEIRA FAIXA NAS OBRAS DE ARTE DO KM 176+618 DA SP 310 NO MUNÍCIPIO DE RIO CLARO/SP É CARACTERIZADO COMO TRECHO DE PISTA DUPLA, COM DUAS FAIXAS DE ROLAMENTO EM CADA SENTIDO (NORTE E SUL)._x000D_
+O DESVIO DE OBRA SERÁ IMPLANTADO NA REGIÃO DA PASSAGEM INFERIOR DOS DOIS VIADUTOS, ONDE O TRÁFEGO SENTIDO CENTRO X BAIRRO SERÁ MANTIDO E O TRÁFEGO SENTIDO BAIRRO X CENTRO SERÁ DESVIADO PARA A MARGINAL SUL DA SP 310 ACESSANDO O MUNICÍPIO NO TREVO DE ACESSO DO KM 176 “TREVO DA VIVIANI” PELA AVENIDA PRESIDENTE TANCREDO DE ALMEIDA NEVES.</t>
+  </si>
+  <si>
+    <t>O INÍCIO DA OBRA ESTÁ PREVISTO PARA 15/02/2026 COM PREVISÃO DE TÉRMINO EM 15/04/2026 DEPENDENDO DAS CONDIÇÕES CLIMÁTICAS OU OUTROS IMPREVISTOS._x000D_
+A INTERDIÇÃO TOTAL DO DISPOSITIVO SERÁ INFORMADA EM RELEASE PARA A POPULAÇÃO LOCAL COM AS ORIENTAÇÕES. SERÁ IMPLANTADA AS SINALIZAÇÕES PERTINENTES CONTIDAS NO MANUAL DE SINALIZAÇÃO INTERNO DA CART, CONHECIDO E RECONHECIDO POR ESTA RESPEITÁVEL AGÊNCIA. NO KM 07+000 OESTE DA SP 327 SERÁ IMPLANTADA PLACA DE COMUNICAÇÃO QUE O DISPOSITIVO DO KM 07+200.</t>
+  </si>
+  <si>
+    <t>ESTA OPERAÇÃO REFERE-SE À EXECUÇÃO DE BARREIRA RÍGIDA E CANALETA NO SEGMENTO DA PISTA EXPRESSA LESTE NA ALTURA DO KM 24+000, QUE CONSISTE NO FECHAMENTO TEMPORÁRIO DA FAIXA 4 DA RODOVIA PRESIDENTE CASTELLO BRANCO (SP-280) PARA MOBILIZAÇÃO DE BARREIRAS MÓVEIS QUE FICARÃO TEMPORARIAMENTE PRESERVANDO O LOCAL PARA EXECUÇÃO DAS ATIVIDADES DEFINITIVAS. _x000D_
+O FECHAMENTO DA FAIXA 4 SERÁ REALIZADO POR UM PERÍODO DE 04 (QUATRO) DIAS, COM INTERDIÇÕES TEMPORÁRIAS NO PERÍODO NOTURNO, DESTINADAS EXCLUSIVAMENTE À IMPLANTAÇÃO DAS_x000D_
+BARREIRAS MÓVEIS NO ACOSTAMENTO, QUE OCORRERÃO NO HORÁRIO DAS 22H ÀS 5H, DE FORMA GRADUAL.RESSALTA-SE QUE O PERÍODO PREVISTO PARA ESTA ATIVIDADE PODERÁ SER REDUZIDO, POSSIBILITANDO O INÍCIO DA EXECUÇÃO DAS ATIVIDADES DEFINITIVAS. _x000D_
+ETAPA 1 - PROGRAMAÇÃO DE FECHAMENTO:_x000D_
+LOCAL: PISTA EXPRESSA LESTE DATA: 04/02/2026 A 07/02/2026 HORÁRIO: 22H ÀS 05H _x000D_
+CRONOLOGIA DE ATIVIDADES 04/02 E 07/02: 22:00 ÀS 23:00 – FECHAMENTO PROVISÓRIO DA FAIXA 4, CONFORME MANUAL DE SINALIZAÇÃO ECOVIAS RAPOSO CASTELLO._x000D_
+23:00 ÀS 04:00 – POSICIONAMENTO DAS BARREIRAS MÓVEIS. 04:00 ÀS 05:00 – RETIRADA DA SINALIZAÇÃO PROVISÓRIA E LIBERAÇÃO DO TRÁFEGO._x000D_
+_x000D_
+ETAPA 2 - PROGRAMAÇÃO DE EXECUÇÃO DE ATIVIDADE DEFINITIVA:_x000D_
+LOCAL: PISTA EXPRESSA LESTE DATA: 07/02/2026 A 06/04/2026 HORÁRIO: 07H ÀS 17H_x000D_
+CRONOLOGIA DE ATIVIDADES 07/02 E 06/04:_x000D_
+INÍCIO: 07/02/2026 HORÁRIO: 07:00 ÀS 17:00 – EXECUÇÃO DA BARREIRA DEFINITIVA E DRENAGEM SUPERFICIAL (CANALETA). DATA DE CONCLUSÃO: 06/04/2026</t>
+  </si>
+  <si>
+    <t>DUPLICAÇÃO DA SP-333 KM 245+000 AO KM273+160 E IMPLANTAÇÃO DE OBRAS DE ARTES ESPECIAIS._x000D_
+CONFORME CRONOGRAMA ESTÁ PREVISTO PARA O MÊS DE 10/2024 O INÍCIO DAS ATIVIDADES PARA DUPLICAÇÃO DA SP333 KM 245+000 AO 273+160 E IMPLANTAÇÃO DE QUATRO DISPOSITIVOS, ALÉM DAS OBRAS DE ARTES ESPECIAIS, NO PERÍODO DIURNO, PARA ATENDER CONDIÇÕES MOMENTÂNEAS ESPECIFICAS DA OBRA, MEDIANTE ALINHAMENTO E APROVAÇÃO DA CONCESSIONÁRIA COM ANTECEDÊNCIA._x000D_
+PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADA A IMPLANTAÇÃO DE DESVIOS DE TRÁFEGO NAS ÁREAS OPERACIONAIS NOS SENTIDOS LESTE E OESTE, ATENDENDO AS ESPECIFICAÇÕES DO MANUAL DO DER VOL III E ET-DOP-GOE-OPE-POE, UTILIZANDO PLACAS, LAMELAS E SINALIZAÇÃO NOTURNA.</t>
+  </si>
+  <si>
+    <t>INTERVENÇÃO É CARACTERIZADA PELA IMPLANTAÇÃO CASA DE EQUIPAMENTOS NO KM 21+000. PARA O PROCEDIMENTO FAZ-SE NECESSÁRIO O FECHAMENTO DO ACOSTAMENTO. OS SERVIÇOS SERÃO REALIZADOS EM PERÍODO DIURNO, NO INTERVALO COMPREENDIDO ENTRE 08H00MIN E 17H30MIN.</t>
+  </si>
+  <si>
+    <t>INTERVENÇÃO É CARACTERIZADA PELA CONSTRUÇÃO DA BASE SAU NO KM 27+800. PARA A IMPLANTAÇÃO DA BASE SAU, FAZ-SE NECESSÁRIO O FECHAMENTO DO ACOSTAMENTO. OS SERVIÇOS SERÃO REALIZADOS EM PERÍODO DIURNO, NO INTERVALO COMPREENDIDO ENTRE 08H00MIN E 17H30MIN.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO TOTAL DA PISTA EXPRESSA NO KM 017+400, DIRECIONANDO O TRÁFEGO PARA VIA MARGINAL PARA VIABILIZAR OBRA DE REPARO EM PAVIMENTO FLEXÍVEL ENTRE OS QUILÔMETROS 017+000 AO 012+000 DA PISTA EXPRESSA.</t>
+  </si>
+  <si>
+    <t>DESVIO DE EIXO SENTIDO LESTE PARA VIABILIZAR OBRA DE DUPLICAÇÃO DA RODOVIA FRANCISCO ALVES NEGRÃO - SP258 ENTRE OS QUILOMETROS 339+260 AO339+530 NO SENTIDO LESTE. SERÁ NECESSÁRIO O DESVIO DE EIXO DA PISTA LESTE PARA FAIXA 01 OESTE, E DA PISTA OESTE PARA FAIXA 02.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DO DISPOSITIVO DE RETORNO LOCALIZADO NO QUILÔMETRO 069+000 DA RODOVIA RAPOSO TAVARES – SP270 PARA VIABILIZAR IMPLANTAÇÃO DE DRENAGEM.</t>
+  </si>
+  <si>
+    <t>NOVA SERRA FECHADA PARA AJUSTES DE EQUIPAMENTOS ENTRE SEGUNDA-FEIRA E QUINTA-FEIRA DAS 22H00 ÀS 06H00, TENDO SEXTA-FEIRA, SÁBADO E DOMINGO COM O TRÂNSITO LIBERADO 24H. NO PERÍODO DE FECHAMENTO PARA AS OBRAS NA SERRA NOVA NORTE (SENTIDO SÃO JOSÉ DOS CAMPOS), OS USUÁRIOS DEVERÃO UTILIZAR O TRECHO ANTIGO DA PISTA SUL.</t>
+  </si>
+  <si>
+    <t>DESLOCAMENTO DO EIXO DA RODOVIA SP310 ENTRE O KM 158+820 E KM 159+270, DA PISTA NORTE, NO MUNICÍPIO DE CORDEIRÓPOLIS/SP, PARA VIABILIZAR A EXECUÇÃO DO ALARGAMENTO DA SUA OAE E PERMITIR A CONTINUIDADE DA IMPLANTAÇÃO DAS FAIXAS ADICIONAIS NESTA RODOVIA CONFORME OBRIGAÇÃO CONTRATUAL DA CONCESSIONÁRIA.</t>
+  </si>
+  <si>
+    <t>AS ATIVIDADES ESTÃO PREVISTAS PARA OCORREREM NO PERÍODO DE 24/01/2026 A 12/06/2026, DAS 07H00 ÀS 18H00 COM INTERDIÇÃO DA PISTA DO SENTIDO NORTE E OPERAÇÃO PARE E SIGA OCORRENDO NO SENTIDO SUL.</t>
+  </si>
+  <si>
+    <t>INTERVENÇÃO PARA MANUTENÇÃO DO PAVIMENTO RÍGIDO, SERÁ NECESSÁRIO O FECHAMENTO DE 02 Á 03 FAIXAS DA RODOVIA, POR ATIVIDADE, PARA GARANTIR A SEGURANÇA DOS COLABORADORES QUE ESTARÃO À FRENTE DA MANUTENÇÃO DO PAVIMENTO RÍGIDO, BEM COMO DOS USUÁRIOS DA VIA.</t>
+  </si>
+  <si>
+    <t>PARA EXECUÇÃO DOS SERVIÇOS, SERÁ NECESSÁRIO O FECHAMENTO DA FAIXA DA RODOVIA, POR ATIVIDADE, PARA GARANTIR A SEGURANÇA DOS COLABORADORES QUE ESTARÃO A FRENTE DA MANUTENÇÃO DO PAVIMENTO FLEXÍVEL, BEM COMO DOS USUÁRIOS DA VIA.</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO PARA IÇAMENTO DE TRELIÇA E SALA TÉCNICA NO QUILÔMETRO 124+000, LESTE E OESTE DA RODOVIA BUNJIRO NAKAO – SP250.</t>
+  </si>
+  <si>
+    <t>PLANO OPERACIONAL ESPECÍFICO PARA OBRA DE EXECUÇÃO DO REFORÇO DE TERRA ARMADA NO KM 075+900, SENTIDO OESTE PARA VIABILIZAR O AVANÇO DA DUPLICAÇÃO NA RODOVIA RAPOSO TAVARES – SP270.</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE DISPOSITIVO NA RODOVIA LUIZ DE QUEIROZ (SP 304) NO KM 169+240 E KM 171+360, NO MUNÍCIPIO DE PIRACICABA/SP._x000D_
+O TRÁFEGO DA RODOVIA SERÁ CANALIZADO PARA A PISTA OESTE NA CONDIÇÃO DE UMA FAIXA DE ROLAMENTO PARA CADA SENTIDO (MÃO DUPLA), ESTA CONDIÇÃO SERÁ NO TRECHO DE OBRAS DOS DISPOSITIVOS. A PISTA LESTE DESTA REGIÃO SERÁ DEMOLIDA EM FUNÇÃO DA IMPLANTAÇÃO DOS NOVOS DISPOSITIVOS. _x000D_
+O SEGMENTO DE RODOVIA QUE INTERLIGA OS DOIS DISPOSITIVOS E NÃO SOFRERÃO INTERVENÇÃO EM FUNÇÃO DAS OBRAS SERÁ MANTIDO EM PISTA DUPLA, OU SEJA, EM SUA CONDIÇÃO ORIGINA</t>
+  </si>
+  <si>
+    <t>PLANO OPERACIONAL ESPECÍFICO PARA INTERDIÇÃO DO ACOSTAMENTO E CANTEIRO CENTRAL ENTRE OS QUILÔMETROS 128+400 AO 131+200, PISTA NORTE E SUL DA RODOVIA ANHANGUERA – SP330 PARA VIABILIZAR IMPLANTAÇÃO DO SISTEMA DE PROTEÇÃO CONTRA PRODUTOS PERIGOSOS.</t>
+  </si>
+  <si>
+    <t>DEVIDO A EXECUÇÃO DE OBRAS DO COMPLETO DO ALTO TIETÊ, SERÁ NECESSÁRIO O FECHAMENTO DO ACOSTAMENTO ENTRE OS KM 114+150 E KM 114+850 DA PISTA EXTERNA, CONFORME CRONOGRAMA DA CONSTRUTORA (SUJEITO A ALTERAÇÕES CONFORME A NECESSIDADE DA OBRA). _x000D_
+O PROJETO DO COMPLEXO ALTO TIETÊ CONTEMPLA A CONSTRUÇÃO DE UMA PISTA MARGINAL EM OAE, COM EXTENSÃO DE APROXIMADAMENTE 1,90 KM , PARALELA A PISTA EXTERNA DA SP021 RODOANEL MÁRIO COVAS.</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE ACESSO A CAMINHO DE SERVIÇO PARA EXECUÇÃO DE OBRAS DO COMPLEXO ALTO TIÊTE (ACESSO PROVISÓRIO). _x000D_
+DEVIDO ÀS OBRAS EM ANDAMENTO PARA A IMPLANTAÇÃO DO COMPLEXO ALTO TIETÊ, TORNA-SE NECESSÁRIA A CRIAÇÃO DE UM ACESSO PROVISÓRIO PELA BAIA LOCALIZADA NO KM 118+000 DA SP-021 – RODOANEL MÁRIO COVAS, PISTA INTERNA, À RUA NAZARÉ PAULISTA, COM POSTERIOR ACESSO À AVENIDA MIGUEL BRADA E À ESTRADA GOVERNADOR MÁRIO COVAS, TENDO COMO DESTINO O CANTEIRO DE OBRAS DO REFERIDO COMPLEXO. _x000D_
+A OBRA NÃO CAUSARÁ INTERFERÊNCIA DIRETA AO TRÁFEGO. NO ENTANTO, EM RESPEITO AO COMPROMISSO COM A SEGURANÇA VIÁRIA E VISANDO MINIMIZAR OS IMPACTOS AO TRÁFEGO E AOS MORADORES DO BAIRRO ESTAÇÃO, AS AÇÕES ESTÃO SENDO REALIZADAS EM CONFORMIDADE COM O QUE FOI ACORDADO JUNTO À DIRETORIA DE ENGENHARIA DE TRÁFEGO DO MUNICÍPIO DE ITAQUAQUECETUBA.</t>
+  </si>
+  <si>
+    <t>PLANO OPERACIONAL ESPECÍFICO PARA INTERDIÇÃO DAS FAIXAS 04, 05 E ACOSTAMENTO ENTRE OS QUILÔMETROS 038+000 AO 042+000, PISTAS NORTE E SUL DA RODOVIA DOS BANDEIRANTES – SP348 PARA VIABILIZAR IMPLANTAÇÃO DE CAIXAS DE PRODUTOS PERIGOSOS.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO PARCIAL DO DISPOSITIVO PARA VIABILIZAR ADEQUAÇÃO DO SISTEMA DE DRENAGEM NA ALÇA DE ACESSO. COMO ROTA ALTERNATIVA OS CLIENTES PODERÃO UTILIZAR OUTROS RAMOS DO PRÓPRIO DISPOSITIVO.</t>
+  </si>
+  <si>
+    <t>PREFEITURA DE ITUVERAVA SOLICITA APOIO DA CONCESSIONÁRIA PARA INTERDIÇÃO DA ALÇA DE ACESSO SP328 KM 475, DEVIDO O ASFALTO DA PONTE DE CIDADE DE DELTA/MG (FORA DO TRECHO) APRESENTAR TRINCAS E RACHADURAS.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DO ACESSO AO BAIRRO VILA SOROCABANA – MAIRINQUE/SP, LOCALIZADO NO KM 067+200, LESTE DA RODOVIA RAPOSO TAVARES – SP270 PARA VIABILIZAR EXECUÇÃO DAS ALÇAS DE ENTRADA E SAÍDA AO BAIRRO. COMO ROTA ALTERNATIVA, OS CLIENTES DEVERÃO SEGUIR PELA SP270 ATÉ A PRÓXIMA ENTRADA/SAÍDA AO BAIRRO NO KM 066+500,</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DA FAIXA 02 ENTRE OS QUILÔMETROS 075+700 AO 075+400, LESTE DA RODOVIA RAPOSO TAVARES – SP270 PARA VIABILIZAR OBRA DE IMPLANTAÇÃO DO RAMO 200._x000D_
+OS SERVIÇOS ESTÃO PREVISTOS PARA OCORREREM NO PERÍODO DE 15/09/2025 A 31/12/2025 DURANTE 24H00, COM INTERDIÇÃO DA FAIXA 02 PARA VIABILIZAR A IMPLANTAÇÃO DO RAMO 200. O ACESSO PARA OS PEDESTRE SERÁ ALTERADO 50 METROS A FRENTE PELA R. RIO GRANDE DO SUL, CONFORME PROJETO ANEXO. _x000D_
+OS DEMAIS ACESSOS NÃO SOFRERÃO INTERFERÊNCIA.</t>
+  </si>
+  <si>
+    <t>CONFORME A CONCESSIONÁRIA HÁ NECESSIDADE DE INTERDIÇÃO TOTAL DO TRECHO COMPREENDIDO ENTRE OS QUILÔMETROS 066+000 AO 068+000, SENTIDOS LESTE E OESTE DA RODOVIA RAPOSO TAVARES – SP270, COM DESVIO DE FLUXO DA VIA PARA ESTRADA VICINAL MARIO COVAS, PARA EXECUÇÃO DE OBRAS DE ARTE E PISTAS MARGINAIS.</t>
+  </si>
+  <si>
+    <t>CONFORME O PLANO OPERACIONAL, PARA VIABILIZAR A EXECUÇÃO DE MURO DE TERRA ARMADA, SE FAZ NECESSÁRIO REALIZAR DESVIO DE TRÁFEGO DA PISTA SENTIDO LESTE PARA O RAMO 100. RESSALTANDO QUE O SENTIDO OESTE ENTRE O KM 066+000 E 068+000 ENCONTRA-SE COM DESVIO.</t>
+  </si>
+  <si>
+    <t>PARA VIABILIZAR A EXECUÇÃO DAS ATIVIDADES, SE FAZ NECESSÁRIO O FECHAMENTO DO ACOSTAMENTO NA ALTURA DO KM 075+300, SENTIDO INTERIOR, E CONSEQUENTEMENTE, DE UM DOS ACESSOS À RUA OURO PRETO, NO BAIRRO VILA PARAISO, ALUMÍNIO/SP. O ACESSO EM QUESTÃO SERÁ FECHADO DE FORMA PERMANENTE DEVIDO ALTERAÇÕES NA GEOMETRIA DA RODOVIA. O OUTRO ACESSO QUE PERMANECERÁ LIBERADO SERÁ APENAS SENTIDO BAIRRO, NÃO PODENDO UTILIZÁ-LO PARA ACESSAR A RODOVIA.</t>
+  </si>
+  <si>
+    <t>DESVIO DE TRÁFEGO PARA POSSIBILITAR A EXECUÇÃO DE TRANSPOSIÇÃO DO CANAL ENTRE O QUILÔMETRO 075+000 E O 075+300 DA RODOVIA RAPOSO TAVARES – SP270. PARA VIABILIZAR AS OBRAS DE IMPLANTAÇÃO DE CONTENÇÕES E AMPLIAÇÃO DA VIA NO SENTIDO OESTE, SE FAZ NECESSÁRIO REALIZAR DESVIO DE TRÁFEGO DA PISTA OESTE PARA FAIXA 01 LESTE, E O TRÁFEGO DA PISTA LESTE SEGUINDO PELA FAIXA 02 LESTE, CONFORME CROQUI ANEXO.</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO PARE E SIGA VIABILIZANDO SERVIÇOS E OBRAS EM TRECHOS DE PISTA SIMPLES COMO: RECUPERAÇÃO DE PAVIMENTO, PODA DE GRAMA, PODA DE ÁRVORE, RECUPERAÇÃO DE DRENAGEM, RECUPERAÇÃO DE TERRAPLENOS, SINALIZAÇÃO VERTICAL, SINALIZAÇÃO HORIZONTAL, COLETA DE RESÍDUOS, RECUPERAÇÃO DE OAE, REPARO OU IMPLANTAÇÃO DE DEFENSA METÁLICA E DISPOSITIVOS DE SEGURANÇA, SERVIÇOS EMERGENCIAIS DE CONSERVAÇÃO (REMOÇÃO DE CARGA E ESCORREGAMENTOS).</t>
+  </si>
+  <si>
+    <t>DESVIO DE ACESSOS PROVISÓRIOS EM AMBOS OS SENTIDOS PARA VIABILIZAR IMPLANTAÇÃO DAS CONTENÇÕES PARA ALTEAMENTO DA RODOVIA. NO SENTIDO LESTE O TRÁFEGO SERÁ DESVIADO PARA RUA RIO GRANDE DO SUL, VILA PEDÁGIO, ALUMÍNIO/SP, ENQUANTO NO SENTIDO OESTE, O ACESSO EXISTENTE SERÁ "DESLOCADO" 50 METROS À FRENTE.</t>
+  </si>
+  <si>
+    <t>INTERDIÇÃO DA RUA LAMARTINE OLIVEIRA. OS MORADORES E COMERCIANTES LOCAIS NÃO SERÃO AFETADOS, EM VIRTUDE DA INTERDIÇÃO A RUA FICARÁ SOMENTE SEM SAÍDA. PLANO OPERACIONAL ESPECÍFICO INICIADO NA CONCESSIONARIA CCR VIAOESTE QUE SE MANTERÁ NA CONCESSIONÁRIA CCR SOROCABANA.</t>
+  </si>
+  <si>
+    <t>DESVIO DE TRÁFEGO PARA VIABILIZAR OBRA DE DUPLICAÇÃO ENTRE O QUILÔMETRO 052+000 E O 058+000 DA RODOVIA RAPOSO TAVARES – SP270. PARA VIABILIZAR AS OBRAS DE IMPLANTAÇÃO DE CONTENÇÕES E AMPLIAÇÃO DA VIA NO SENTIDO OESTE, SE FAZ NECESSÁRIO REALIZAR DESVIO DE TRÁFEGO DA PISTA OESTE PARA FAIXA 01 LESTE, E O TRÁFEGO DA PISTA LESTE SEGUINDO PELA FAIXA 02 LESTE.</t>
   </si>
   <si>
     <t>O PLANO DE OCUPAÇÃO EM QUESTÃO FAZ-SE NECESSÁRIO DEVIDO AS OBRAS DE REFORÇO E ALARGAMENTO DE OAES NA SP-310 SENTIDOS NORTE E SUL, KM 434+960._x000D_
 OS PRIMEIROS 45 DIAS DE TRABALHO NÃO HAVERÁ INTERDIÇÃO DA PISTA (TOTAL OU PARCIAL). APÓS ESSE PERÍODO, A PARTE SUPERIOR E INFERIOR SERÁ NECESSÁRIO FAZER O FECHAMENTO DO ACOSTAMENTO E FAIXA 2, EM AMBAS AS PISTAS PARA A DEMOLIÇÃO DAS BARREIRAS EXISTENTES, CONFORME ESTUDO REALIZADO PARA APRESENTAÇÃO DA PROPOSTA DE EXECUÇÃO DOS SERVIÇOS, VISANDO O ATENDIMENTO DOS PRAZOS CONTRATUAIS, A SEGURANÇA PARA OS COLABORADORES, USUÁRIOS E SEQUÊNCIA DAS ATIVIDADES PREVISTAS EM PROJETO, TAIS COMO:_x000D_
 • DEMOLIÇÃO DAS BARREIRAS RÍGIDAS E PARTE DA LAJE PRÓXIMO A FAIXA 1 DA RODOVIA. _x000D_
 • SERVIÇOS DE EXECUÇÃO DE ESTACAS RAIZ, QUE ENVOLVE A ESCAVAÇÃO DO PAVIMENTO NA PISTA INFERIOR, _x000D_
 PARA ARRASAMENTO DAS ESTACAS, EXECUÇÃO DOS BLOCOS DE REFORÇO, REATERRO E EXECUÇÃO DO PAVIMENTO _x000D_
 AO TÉRMINO DAS ATIVIDADES._x000D_
 • SERVIÇO DE EXECUÇÃO DA PASSAGEM DE PEDESTRE COM ESTRUTURA METÁLICA, QUE HÁ A NECESSIDADE DE_x000D_
 MONTAGEM DE ANDAIMES E PLATAFORMAS DE TRABALHO PARA EXECUÇÃO DE FUROS E TRAVAMENTO DAS VIGAS _x000D_
 METÁLICAS NA ESTRUTURA EXISTENTE DA OAE.</t>
   </si>
   <si>
     <t>EM RELAÇÃO A ESTE POE, OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/ PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO SEGMENTO 09 (KM 236+700 AO KM 238+500, AMBOS OS SENTIDOS).</t>
   </si>
   <si>
     <t>OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO SEGMENTO 08 (KM 449+300 A 451+870, AMBOS OS SENTIDOS)._x000D_
 A SINALIZAÇÃO SERÁ IMPLANTADA DE ACORDO COM A FRENTE DE SERVIÇO. DE MANEIRA GERAL, TEREMOS AS FRENTES DE SERVIÇO PARA A IMPLANTAÇÃO DA 3ª FAIXA EM AMBOS OS SENTIDOS, ALÉM DAS EQUIPES DE ALARGAMENTO DE OAES QUE ATUARÃO PONTUALMENTE EM CADA OAE EXISTENTE NO TRECHO.</t>
   </si>
   <si>
-    <t>O LOCAL DE IMPLANTAÇÃO SERÁ NO SEGUIMENTO ENTRE O KM 241+800 AO KM 267+700, DA RODOVIA SP310.</t>
-[...11 lines deleted...]
-  <si>
     <t>INTERVENÇÃO PARA CONSTRUÇÃO DO ALARGAMENTO DA PONTE SOBRE O RIO DOURADOS, NO KM259, NA PISTA NOVA NO SENTIDO LESTE DA RODOVIA. PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADO UM DESVIO PARA A PISTA NOVA (NO SENTIDO LESTE), TANTO PARA O USUÁRIO QUE VEM NO SENTIDO LESTE QUANTO NO SENTIDO OESTE DA PISTA EXISTENTE.</t>
-  </si>
-[...4 lines deleted...]
-    <t>ESTÁ PREVISTO PARA O MÊS DE FEVEREIRO DE 2025 O INÍCIO DAS ATIVIDADES DA CONSTRUÇÃO DE DOIS VIADUTOS NO KM 274 DA SP-333. OS VIADUTOS FARÃO PARTE DE UM NOVO DISPOSITIVO A SER IMPLANTADO NO MESMO QUILÔMETRO. PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADO UM DESVIO PARA FORA DA PISTA (NO SENTIDO OESTE), TANTO PARA O USUÁRIO QUE VEM NO SENTIDO LESTE, QUANTO NO SENTIDO OESTE. O DESVIO SE DARÁ DA RODOVIA SP333, ATENDENDO AS ESPECIFICAÇÕES DO MANUAL DO DER VOL III E ET-DOP-GOE-OPE-POE, UTILIZANDO BARREIRA RÍGIDA MÓVEL, PLACAS, LAMELAS E SINALIZAÇÃO NOTURNA.</t>
   </si>
   <si>
     <t>ESTÁ PREVISTO PARA O MÊS DE JULHO DE 2025 O INÍCIO DAS ATIVIDADES DA CONSTRUÇÃO DO ALARGAMENTO DO VIADUTO SOBRE LINHA FÉRREA NO KM 273+250 DA SP333. O VIADUTO EXISTENTE SERÁ ALARGADO PARA SE ADEQUAR À OBRA DE DUPLICAÇÃO DO SENTIDO LESTE DA RODOVIA._x000D_
 PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADO O BLOQUEIO DE TODAS AS FAIXAS NO SENTIDO LESTE DA RODOVIA SP333, APENAS NO TRECHO DETERMINADO CONFORME PROJETO, REALIZANDO UM DESVIO DO TRÁFEGO PARA O SENTIDO OESTE, ATENDENDO AS ESPECIFICAÇÕES DO MANUAL DO DER VOL III E ET-DOP-SUROD-OPE-POE, UTILIZANDO BARREIRA RÍGIDA MÓVEL, PLACAS, LAMELAS E SINALIZAÇÃO NOTURNA.</t>
   </si>
   <si>
     <t>OBRA DE DUPLICAÇÃO COM INTERDIÇÃO DA FAIXA ADICIONAL E ACOSTAMENTO DO KM283 AO KM 295 DO SENTIDO LESTE. PARA A REALIZAÇÃO DA OBRA, SERÁ NECESSÁRIO REALIZAR O DESVIO DA PISTA EXISTENTE PARA PISTA PROVISÓRIA.</t>
   </si>
   <si>
     <t>O DESVIO DE TRÁFEGO EM QUE SE TRATA ESTE PLANO OPERACIONAL ESPECÍFICO, SERÁ REALIZADO ATRAVÉS DE UMA AÇÃO DE DESVIO EM AMBOS OS LADOS DA RODOVIA ONDE O SENTIDO PARA TARUMÃ SERÁ DESVIADO PELAS ALÇAS DO DISPOSITIVO PROJETADO E O LADO OPOSTO, SERÁ DESVIADO PELA PISTA EXISTENTE.</t>
   </si>
   <si>
-    <t>INTERDIÇÃO DA FAIXA 04 E ACOSTAMENTO ENTRE OS QUILÔMETROS 013+500 AO 013+000, PISTA INTERNA DA RODOVIA RODOANEL MARIO COVAS – SP021 PARA VIABILIZAR ADEQUAÇÃO DE GABARITO VERTICAL NA OAE DO KM 013+000.</t>
-[...10 lines deleted...]
-  <si>
     <t>OBRA DE REPARO EM PAVIMENTO FLEXÍVEL NOS RAMOS A, D E F DO DISPOSITIVO NO QUILÔMETRO 092+161 DA RODOVIA ANHANGUERA – SP330.</t>
   </si>
   <si>
     <t>EM RELAÇÃO A ESTE POE, OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/ PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO RAMO 100 E 200 (KM 420 A 421, SENTIDO NORTE).</t>
   </si>
   <si>
     <t>OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO SEGMENTO 10 (KM 238+500 A 240+400, AMBOS OS SENTIDOS)._x000D_
 A SINALIZAÇÃO SERÁ IMPLANTADA DE ACORDO COM A FRENTE DE SERVIÇO. DE MANEIRA GERAL, TEREMOS AS FRENTES DE SERVIÇO PARA A IMPLANTAÇÃO DA 3ª FAIXA EM AMBOS OS SENTIDOS, ALÉM DAS EQUIPES DE ALARGAMENTO DE OAES QUE ATUARÃO PONTUALMENTE EM CADA OAE EXISTENTE NO TRECHO.</t>
   </si>
   <si>
     <t>A OBRA É CARACTERIZADA PELA IMPLANTAÇÃO DE 3ª FAIXA DE ROLAMENTO NA SP-310. A IMPLANTAÇÃO SERÁ EXECUTADA NA REGIÃO DO CANTEIRO CENTRAL EM AMBOS OS SENTIDOS, COM OS DEVIDOS ALARGAMENTOS DE OAES NO CANTEIRO CENTRAL.</t>
   </si>
   <si>
     <t>INTERDIÇÃO DA FAIXA 1 ENTRE OS QUILÔMETROS 167+350 AO KM 167+700 DA PISTA SUL. TAL INTERDIÇÃO COM OPERAÇÃO PARE E SIGA É NECESSÁRIA PARA VIABILIZAR OBRA DE RECUPERAÇÃO DE TALUDE E REPARO EM PAVIMENTO FLEXÍVEL NA RODOVIA TENENTE CELESTINO AMÉRICO – SP079.</t>
   </si>
   <si>
-    <t>INTERDIÇÃO DO DISPOSITIVO DE RETORNO LOCALIZADO NO QUILÔMETRO 069+000 DA RODOVIA RAPOSO TAVARES – SP270 PARA VIABILIZAR IMPLANTAÇÃO DE DRENAGEM.</t>
-[...20 lines deleted...]
-  <si>
     <t>IMPLANTAÇÃO DE MARGINAIS E FAIXAS ADICIONAIS NA RODOVIA PROFESSOR ZEFERINO VAZ SP 332 DO KM 114 AO 119.</t>
   </si>
   <si>
     <t>INÍCIO DAS ATIVIDADES DE IMPLANTAÇÃO DA OAE NO KM 220+800, DANDO SEQUÊNCIA ÀS OBRAS DE IMPLANTAÇÃO DO DISPOSITIVO DE ACESSO E RETORNO DO KM 219+850._x000D_
 PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADA A IMPLANTAÇÃO DE DESVIO PERMANENTE DE TRÂNSITO (DURANTE A EXECUÇÃO DAS OBRAS) ENTRE OS KMS 220+600 E 221+020.</t>
-  </si>
-[...1 lines deleted...]
-    <t>DEVIDO A UM SINISTRO DE TRÂNSITO OCORRIDO NO DIA 03 DE FEVEREIRO DE 2025 (SEGUNDA-FEIRA) ÀS 15H24MIN, ONDE O VEÍCULO VOLVO, PERDEU O CONTROLE E CHOCOU-SE INICIALMENTE COM O "SUBMARINO" DA CABINE 4, POSTERIORMENTE, COM A COLUNA DE SUSTENTAÇÃO DA PRAÇA DE PEDÁGIO P1, EM PARELHEIROS, NO KM 50+000 DA PISTA INTERNA, QUE VEIO A COLAPSAR PARCIALMENTE A MARQUISE.</t>
   </si>
   <si>
     <t>DEVIDO AO AVANÇO DA OBRA DE DUPLICAÇÃO DA SP191, ENTRE OS DIAS 15 E 17/11/2025, SERÁ DEMOLIDA A BARREIRA NEW JERSEY DO EIXO CENTRAL DO GARRAFÃO DA PRAÇA DE PEDÁGIO DE RIO CLARO, LOCALIZADA NO KM 59._x000D_
 O PROJETO CONSISTE NA DEMOLIÇÃO DAS BARREIRAS EXISTENTES E CONSTRUÇÃO DAS NOVAS BARREIRAS, SENTIDO LESTE E OESTE E SE FAZ NECESSÁRIA PARA POSSIBILITAR A CANALIZAÇÃO DO TRÁFEGO DA PRAÇA PEDÁGIO COMPORTANDO A PISTA DUPLICADA. _x000D_
 APÓS A DEMOLIÇÃO SERÁ IMPLANTADA SINALIZAÇÃO PROVISÓRIA, NO EIXO CENTRAL COM CILINDROS CANALIZADORES DE TRÁFEGO E SINALIZADORES DO TIPO LED. ESTA SINALIZAÇÃO SERÁ MANTIDA ATÉ A LIBERAÇÃO DO TRÁFEGO NA PISTA DUPLICADA, QUANDO SERÁ REMOVIDA E IMPLANTADA A SINALIZAÇÃO COM BARREIRAS NEW JERSEY DEFINITIVAS.</t>
   </si>
   <si>
-    <t>OBRAS DE RECUPERAÇÃO DE DESLIZAMENTO NO KM 36+800 DA PISTA OESTE DA SP-280 IMPLANTARAM BARREIRAS RÍGIDAS ENTRE A FAIXA 3 E O ACOSTAMENTO, REALIZANDO O FECHAMENTO DO ACOSTAMENTO.</t>
-[...4 lines deleted...]
-  <si>
     <t>OBRA PARA IMPLANTAÇÃO DA ÁREA DE ESCAPE NO KM 45+800 DA PISTA NORTE NA SP-150. AS OBRAS SERÃO REALIZADAS FORA DA PISTA PRINCIPAL, NÃO SENDO NECESSÁRIO FECHAMENTO DE PISTA. PARA A EXECUÇÃO DO PAVIMENTO ASFÁLTICO E ENCAIXE COM A PISTA EXISTENTE HAVERÁ NECESSIDADE DE BLOQUEIO PARCIAL DE APENAS UMA FAIXA. AS ATIVIDADES OCORRERÃO NO PERÍODO DIURNO. NO ENTANTO, EM SITUAÇÕES EXTRAORDINÁRIAS, PODERÁ SER NECESSÁRIO O BLOQUEIO DA PISTA TAMBÉM DURANTE A NOITE.</t>
   </si>
   <si>
     <t>LANÇAMENTO DE VIGAS TRANSVERSINAS NO KM 215+350M DA SP-300. _x000D_
 A OBRA SERÁ REALIZADA COM INÍCIO DOS SERVIÇOS E INTERDIÇÃO TOTAL DA RODOVIA SP300 EM 15/11/2025 E PREVISTA PARA TÉRMINO EM 16/11/2026, COM HORÁRIO DE TRABALHO ENTRE 18H E 06H.</t>
   </si>
   <si>
-    <t>O SEGMENTO DA RODOVIA QUE SERÁ EXECUTADO O ALARGAMENTO PARA IMPLANTAÇÃO DA TERCEIRA FAIXA NAS OBRAS DE ARTE DO KM 176+618 DA SP 310 NO MUNÍCIPIO DE RIO CLARO/SP É CARACTERIZADO COMO TRECHO DE PISTA DUPLA, COM DUAS FAIXAS DE ROLAMENTO EM CADA SENTIDO (NORTE E SUL)._x000D_
-[...5 lines deleted...]
-  <si>
     <t>O PLANO OPERACIONAL FAZ-SE NECESSÁRIO PARA IMPLANTAÇÃO DA TERCEIRA (3°) FAIXA DE ROLAMENTO NA SP310 – RODOVIA WASHINGTON LUÍS ENTRE O KM 153+520 E 193+550 NO CANTEIRO CENTRAL. PARA ESTA INTERVENÇÃO SERÁ REALIZADO PROVISORIAMENTE O FECHAMENTO DA FAIXA 1 (ESQUERDA) DA VIA.</t>
   </si>
   <si>
-    <t>INTERDIÇÃO TOTAL DE DISPOSITIVO PARA EXECUÇÃO DO ALARGAMENTO DE SUAS OAE’S NO KM 187+118 PARA IMPLANTAÇÃO DE 3ª FAIXA NA SP310. SERÁ EXECUTADO O FECHAMENTO DA PASSAGEM INFERIOR, QUE É UTILIZADA APENAS COMO RETORNO, COM SINALIZAÇÃO VERTICAL E BARREIRAS DE CONCRETO.</t>
-[...1 lines deleted...]
-  <si>
     <t>TRÁFEGO INTERROMPIDO PARA CONTINUIDADE DAS OBRAS ENTRE SEGUNDA-FEIRA E QUINTA-FEIRA DAS 22H00 ÀS 06H00, TENDO SEXTA-FEIRA, SÁBADO E DOMINGO COM O TRÂNSITO LIBERADO 24H. NO PERÍODO DE FECHAMENTO PARA AS OBRAS DO CONTORNO NORTE (SENTIDO UBATUBA), OS USUÁRIOS DEVERÃO UTILIZAR O TRECHO ATUALMENTE PERCORRIDO E CONHECIDO, DENTRO DO MUNICÍPIO DE CARAGUATATUBA (SP-055).</t>
   </si>
   <si>
-    <t>OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO SEGMENTO 08 (KM 428+800 A 431+400, SENTIDO NORTE)._x000D_
-[...5 lines deleted...]
-  <si>
     <t>EM RELAÇÃO A ESTE POE, OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/ PAVIMENTAÇÃO, DRENAGEM, OAE, SINALIZAÇÃO HORIZONTAL E VERTICAL E REMOÇÃO DE INTERFERÊNCIAS. OS SERVIÇOS SERÃO INICIADOS PELO TRECHO DO SEGMENTO 04 (KM 231+830 AO KM 232+900, AMBOS OS SENTIDOS) E SEGMENTO 05 (KM 231+830 AO KM 232+900, AMBOS OS SENTIDOS).</t>
-  </si>
-[...6 lines deleted...]
-INTERDITAR O ACOSTAMENTO SOBRE O VIADUTO NA SP281 RODOVIA SOB JURISDIÇÃO DO DER (DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DE SÃO PAULO).</t>
   </si>
   <si>
     <t>INTERDIÇÃO TOTAL DA PISTA EXPRESSA NO KM 098+000, DIRECIONANDO O TRÁFEGO PARA VIA MARGINAL PARA VIABILIZAR OBRA DE REPARO EM PAVIMENTO FLEXÍVEL NA ALTURA DO KM 102 DA PISTA EXPRESSA. A ALÇA DE SAÍDA DA VIA MARGINAL PARA PISTA EXPRESSA NO KM 102 TAMBÉM ESTARÁ INTERDITADA, COM ISSO, O TRÁFEGO RETORNARÁ PARA PISTA EXPRESSA DA SP330 NO DISPOSITIVO DO KM 103+464 OU NO KM 112+200.</t>
   </si>
   <si>
     <t>INTERVENÇÃO NO TRECHO MENCIONADO PARA REPAROS EM OAES (JUNTAS DE DILATAÇÃO, LIMPEZA DE BUZINOTES E CORREÇÃO DE DEPRESSÕES DE CABECEIRAS)._x000D_
 AS ATIVIDADES DEMANDARÃO INTERDIÇÕES DAS RODOVIAS DE MANEIRA INTERCALADA, CONTEMPLANDO FAIXA 1 E 2 E DEPOIS A FAIXA 3 E 4.</t>
   </si>
   <si>
     <t>A OBRA É CARACTERIZADA PELA CONSTRUÇÃO DA BASE SAU 18. A IMPLANTAÇÃO SERÁ EXECUTADA NA REGIÃO DA FAIXA DE DOMÍNIO NO SENTIDO SUL.</t>
   </si>
   <si>
     <t>O PLANO OPERACIONAL TRATA A SINALIZAÇÃO VERTICAL DA OBRA DE DUPLICAÇÃO DA SP 284, TOTALIZANDO 58,9 QUILÔMETROS DE EXTENSÃO. _x000D_
 O PRAZO PREVISTO PARA O TÉRMINO DA DUPLICAÇÃO DA SP 284 LOTE 01 E LOTE 02 É ABRIL DE 2027. EM RELAÇÃO A ESTE POE, OS SERVIÇOS SERÃO EXECUTADOS POR EQUIPES DE TERRAPLENAGEM/PAVIMENTAÇÃO, DRENAGEM, OAE E SINALIZAÇÃO HORIZONTAL E VERTICAL. _x000D_
 OS SERVIÇOS SERÃO INICIADOS PELO LOTE 01 KM 447+257 AO KM 475+000 EM AMBOS OS SENTIDOS, DEPOIS SE ESTENDENDO AO LOTE 02 KM 520+360 AO KM 551+530.</t>
   </si>
   <si>
     <t>ESTÁ PREVISTO PARA O MÊS DE DEZEMBRO DE 2024 O INÍCIO DAS ATIVIDADES DE DUPLICAÇÃO DA SP333 DO KM 229 AO KM 233 PARA EXECUÇÃO DA NOVA PONTE SOBRE O RIO TIETÊ COM EXTENSÃO TOTAL DE 2400M (MAIOR PONTE DO ESTADO DE SÃO PAULO)._x000D_
 TRATANDO-SE DA DIMENSÃO E PORTE DESTA OBRA, SERÁ NECESSÁRIA A IMPLANTAÇÃO DE CANTEIRO DE OBRAS COM PARTICULARIDADES A FIM DE ATENDER ÀS NECESSIDADES OPERACIONAIS DE EXECUÇÃO DO EMPREENDIMENTO._x000D_
 PARA EXECUÇÃO DAS ATIVIDADES SERÁ REALIZADA A IMPLANTAÇÃO DE RETORNOS OPERACIONAIS À FRENTE DA CENTRAL DE CONCRETO INSTALADA NA OBRA, LOCALIZADA NO KM 233+300, DEVIDAMENTE SINALIZADOS, UTILIZANDO-SE SINALIZAÇÃO E RECURSOS OPERACIONAIS ESPECÍFICOS E REFORÇADOS PARA ESTE FIM._x000D_
 NO PERÍODO FESTIVO DE FINAL DE ANO, DE 20/12/2024 ATÉ 06/01/2025 E EM PERÍODOS DE FERIADOS E DATAS ESPECIAIS AO LONGO DOS ANOS, CONFORME DIRETRIZES DA PMRV, NÃO SERÃO REALIZADAS ATIVIDADES RELACIONADAS À ENTRADA E SAÍDA DE VEÍCULOS DO LOCAL.</t>
   </si>
   <si>
     <t>INTERDIÇÃO DO DISPOSITIVO DE RETORNO DO QUILÔMETRO 049+661, PISTA NORTE E SUL DA RODOVIA DOS BANDEIRANTES – SP348 PARA VIABILIZAR EXECUÇÃO DO ALARGAMENTO DA OAE._x000D_
 O DISPOSITIVO ESTÁ PREVISTO PARA FICAR INTERDITADO ENTRE OS DIAS 20/08/2025 E 01/07/2026 DURANTE 24H00 PARA VIABILIZAR EXECUÇÃO DO ALARGAMENTO DA OAE. COMO ROTA ALTERNATIVA, PARA OS VEÍCULOS_x000D_
 QUE SEGUEM PELA PISTA SUL PARA RETORNAR PARA PISTA NORTE, DEVEM UTILIZAR O DISPOSITIVO DO KM 045+830, JÁ PARA OS VEÍCULOS QUE SEGUEM PELA PISTA NORTE PARA RETORNAR PARA PISTA SUL, DEVEM UTILIZAR O DISPOSITIVO DO KM 060+427.</t>
   </si>
   <si>
-    <t>IMPLANTAÇÃO DA TERCEIRA FAIXA DE ROLAMENTO DO KM 80 AO 88 PISTA NORTE SP 065. TERRAPLENAGEM, PAVIMENTAÇÃO, DRENAGEM SUPERFICIAL, BARREIRA RÍGIDA, PAISAGISMO E_x000D_
-[...2 lines deleted...]
-  <si>
     <t>INTERVENÇÃO NA PISTA E ACOSTAMENTO SENTIDOS LESTE E OESTE, PARA A EXECUÇÃO DO SERVIÇO DE DUPLICAÇÃO DA SP-191 DO KM 52+700 AO KM 70+200, E IMPLANTAÇÃO DO NOVO DISPOSITIVO NO KM 57+300._x000D_
 DURANTE A EXECUÇÃO DE SERVIÇOS DE ENCAIXE DE PAVIMENTOS NOVOS COM O EXISTENTE E IMPLANTAÇÃO DE BARREIRAS DE CONCRETO, SENDO NECESSÁRIAS INTERDIÇÕES PONTUAIS, COM OPERAÇÕES DO TIPO “SIGA-PARE”, QUE SERÃO INFORMADAS PREVIAMENTE NAS PROGRAMAÇÕES A SEREM ENVIADAS SEMANALMENTE.</t>
-  </si>
-[...6 lines deleted...]
-    <t>PLANO OPERACIONAL PARA A INTERVENÇÃO NA PISTA E ACOSTAMENTO SENTIDOS NORTE E SUL, COM A UTILIZAÇÃO DE SINALIZAÇÃO DO TIPO “PARE E SIGA” EVENTUAIS PARA A EXECUÇÃO DOS SERVIÇOS DE INTERVENÇÃO DE PAVIMENTO DA SP-352 DO KM 162+540 AO KM 185+171.</t>
   </si>
   <si>
     <t>O SEGMENTO DA RODOVIA QUE SERÁ EXECUTADA A OBRA DE DUPLICAÇÃO DA RODOVIA GERALDO DE BARROS (SP304) ENTRE O KM 199+000 AO KM 231+000 NOS MUNÍCIPIOS DE SÃO PEDRO E SANTA MARIA DA SERRA/SP É CARACTERIZADO COMO TRECHO DE PISTA SIMPLES, COM UMA FAIXA DE ROLAMENTO EM CADA SENTIDO.</t>
   </si>
   <si>
     <t>INTERDIÇÃO DA FAIXA 01 ENTRE OS QUILÔMETROS 003+000 AO 006+500, PISTA EXTERNA DA RODOVIA RODOANEL MARIO COVAS – SP021 PARA VIABILIZAR IMPLANTAÇÃO DE FAIXA ADICIONAL ENTRE_x000D_
 OS KM 003+500 AO 005+930._x000D_
 A INTERDIÇÃO DA FAIXA 01 ENTRE OS KM 003+000 AO 006+500 PISTA EXTERNA DA SP021 ESTÁ PREVISTA PARA OCORRER ENTRE 20/06/2025 E 20/06/2026 DURANTE 24H00. TAL INTERDIÇÃO É NECESSÁRIA PARA_x000D_
 VIABILIZAR AS ATIVIDADE DE IMPLANTAÇÃO DE FAIXA ADICIONAL ENTRE OS KM 003+500 AO 005+930 PELA PISTA EXTERNA. COMO MEDIDA COMPENSATÓRIA PARA NÃO IMPACTAR A FLUIDEZ NO LOCAL, SERÁ_x000D_
 DISPONIBILIZADO O USO DO ACOSTAMENTO AO TRÁFEGO PELO KM 3+500 AO KM 4+900 PISTA EXTERNA DA SP021 PARA ABSORVER O FLUXO ORIUNDO DA SP348 PISTA SUL.</t>
   </si>
   <si>
     <t>A OBRA É CARACTERIZADA PELA IMPLANTAÇÃO DE ACESSO A VIAS MARGINAIS, PASSEIOS E CICLOVIAS EM PARALELO A SP310. _x000D_
 A IMPLANTAÇÃO SERÁ EXECUTADA NA REGIÃO DA FAIXA DE DOMÍNIO NO SENTIDO SUL._x000D_
 A SINALIZAÇÃO SERÁ IMPLANTADA DE ACORDO COM A FRENTE DE SERVIÇO. DE MANEIRA GERAL, TEREMOS AS FRENTES DE SERVIÇO PARA A IMPLANTAÇÃO DAS VIAS MARGINAIS NO SENTIDO NORTE._x000D_
 A INTERDIÇÃO DA FAIXA DE ACOSTAMENTO, NO SENTIDO NORTE, SERÁ EXECUTADA PARA PERMITIR O ACESSO E SAÍDA DO PESSOAL E EQUIPAMENTOS DA FAIXA DE DOMÍNIO. PORTANTO, A FAIXA DE ACOSTAMENTO FUNCIONARÁ COMO FAIXA DE ACELERAÇÃO E DESACELERAÇÃO DOS VEÍCULOS DA OBRA._x000D_
 A SINALIZAÇÃO DE FECHAMENTO DE FAIXAS DE ACOSTAMENTO PARA ACESSO NORTE SERÁ REALIZADA DIARIAMENTE.</t>
   </si>
   <si>
     <t>A OBRA É CARACTERIZADA PELA CONSTRUÇÃO DA BASE SAU 17. A IMPLANTAÇÃO SERÁ EXECUTADA NA REGIÃO DA FAIXA DE DOMÍNIO NO SENTIDO SUL.</t>
   </si>
   <si>
     <t>A OBRA É CARACTERIZADA PELA CONSTRUÇÃO DA BASE SAU 15. A IMPLANTAÇÃO SERÁ EXECUTADA NA REGIÃO DA FAIXA DE DOMÍNIO NO SENTIDO OESTE.</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DA OBRA DE DUPLICAÇÃO DA RODOVIA SP318, SEGMENTO DO KM 247,000 AO KM 280,000, REMODELAÇÃO DO DISPOSITIVO EXISTENTE LOCALIZADO NO KM 269+050 E IMPLANTAÇÃO DOS NOVOS DISPOSITIVOS NOS KM 249+100, KM 253+130, KM 259+130, KM 263+840, KM 274+330, KM 277+800 E KM 279+300.</t>
   </si>
   <si>
     <t>DESVIO DE TRÁFEGO DO RAMO D (SAÍDA DA SP348, NORTE COM ACESSO À SP330, NORTE) PARA PISTA MARGINAL, LOCALIZADO NO QUILÔMETRO 048+700 DA RODOVIA ANHANGUERA – SP330 PARA VIABILIZAR OBRA DE REPARO EM PAVIMENTO FLEXÍVEL.</t>
   </si>
   <si>
     <t>DESVIO DE TRÁFEGO DA ALÇA DE SAÍDA DA RODOVIA DOM PEDRO – SP065 PARA PISTA MARGINAL SUL, LOCALIZADA NO QUILÔMETRO 103+850 DA RODOVIA ANHANGUERA – SP330 PARA VIABILIZAR OBRA DE REPARO EM PAVIMENTO FLEXÍVEL.</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DAS BASE SAU PARA CONCESSIONÁRIA ECOVIAS RAPOSO CASTELO.</t>
-  </si>
-[...7 lines deleted...]
-A CONCESSIONÁRIA SERÁ RESPONSÁVEL PELA IMPLANTAÇÃO E ACOMPANHAMENTO DAS MEDIDAS OPERACIONAIS, GARANTINDO A SEGURANÇA DOS USUÁRIOS E DOS TRABALHADORES ENVOLVIDOS NA INTERVENÇÃO.</t>
   </si>
   <si>
     <t>PLANO OPERACIONAL ESPECÍFICO PARA VIABILIZAR 5ª INTERVENÇÃO DO PAVIMENTO EM TODO TRECHO DA RODOVIA ANHANGUERA.</t>
   </si>
   <si>
     <t>5ª INTERVENÇÃO DO PAVIMENTO EM TODO TRECHO DA RODOVIA ADALBERTO PANZAN.</t>
   </si>
   <si>
     <t>PLANO OPERACIONAL ESPECÍFICO PARA VIABILIZAR 5ª INTERVENÇÃO DO PAVIMENTO EM TODO TRECHO DA RODOVIA DOM GABRIEL PAULINO BUENO COUTO.</t>
   </si>
   <si>
     <t>PLANO OPERACIONAL ESPECÍFICO PARA VIABILIZAR 5ª INTERVENÇÃO DO PAVIMENTO EM TODO TRECHO DA RODOVIA DOS BANDEIRANTES.</t>
   </si>
   <si>
     <t>INTERVENÇÃO DE LONGA DURAÇÃO OAE DO KM 26+380 OESTE TREVO BARUERI COM INTERDIÇÃO DO LADO SUL DA OAE PARA VIABILIZAR O SEU PROLONGAMENTO._x000D_
 AS OBRAS ESTÃO PREVISTAS PARA SEREM REALIZADAS NO PERÍODO DE 14/04/2025 A 14/03/2026. PARA VIABILIZAR ESSAS ATIVIDADES SERÁ REALIZADO INTERDIÇÃO TOTAL DA ALÇA DE ACESSO DA PISTA OESTE DA SP280 AO DISPOSITIVO E, INTERDIÇÃO TOTAL DA OAE NO SENTIDO SUL. O LADO NORTE DA OAE PERMANECERÁ OPERANDO E SERÁ READEQUADO PARA OPERAR COM 3 FAIXAS DE ROLAMENTOS, OPERANDO ASSIM EM MÃO DUPLA, CONSIDERANDO 2 FAIXAS NO SENTIDO SUL E 1 FAIXA NO SENTIDO NORTE. COMO ALTERNATIVA DE DESVIO, OS CLIENTES QUE ACESSARIAM O DISPOSITIVO TENDO ORIGEM DA PISTA EXPRESSA OESTE DA SP280, SERÃO ORIENTADOS A SEGUIREM ATÉ O RETORNO DO KM 32 PARA RETORNO AO DISPOSITIVO DO KM 26.</t>
   </si>
   <si>
     <t>DESVIO DE TRÁFEGO DA PISTA EXPRESSA PARA PISTA MARGINAL NO QUILÔMETRO 085+500, PISTA NORTE DA RODOVIA ANHANGUERA – SP330 PARA VIABILIZAR REPARO DE PAVIMENTO NO KM 085+500  ATÉ KM 087+850 DA VIA EXPRESSA. COM RETORNO A PISTA EXPRESSA NO QUILÔMETRO 087+850 DA SP330.</t>
   </si>
   <si>
     <t>DESVIO DE TRÁFEGO DA PISTA EXPRESSA PARA PISTA MARGINAL NO QUILÔMETRO 087+700, PISTA SUL DA RODOVIA ANHANGUERA – SP330 PARA VIABILIZAR REPARO DE PAVIMENTO NO KM 087+000 DA VIA EXPRESSA. COM RETORNO A PISTA EXPRESSA NO QUILÔMETRO 085+600 DA SP330.</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DE PAVIMENTO NOS DISPOSITIVOS DOS QUILÔMETROS 064+900, 071+253 E 073+000 DA RODOVIA ANHANGUERA – SP330.</t>
@@ -3358,51 +3541,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:T124"/>
+  <dimension ref="A1:T132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
@@ -3431,6199 +3614,6584 @@
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="D2" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="E2" t="s">
-        <v>237</v>
+        <v>250</v>
       </c>
       <c r="F2" t="s">
-        <v>319</v>
+        <v>340</v>
       </c>
       <c r="G2" t="s">
-        <v>361</v>
+        <v>384</v>
       </c>
       <c r="H2" t="s">
-        <v>361</v>
+        <v>497</v>
       </c>
       <c r="I2" t="s">
-        <v>543</v>
+        <v>575</v>
+      </c>
+      <c r="J2" t="s">
+        <v>669</v>
       </c>
       <c r="K2" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L2" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M2" t="s">
-        <v>670</v>
+        <v>711</v>
       </c>
       <c r="N2" t="s">
-        <v>673</v>
+        <v>714</v>
       </c>
       <c r="P2" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-        <v>764</v>
+        <v>727</v>
       </c>
       <c r="S2" t="s">
-        <v>792</v>
+        <v>834</v>
+      </c>
+      <c r="T2" t="s">
+        <v>902</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="D3" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="E3" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="F3" t="s">
-        <v>320</v>
+        <v>341</v>
       </c>
       <c r="G3" t="s">
-        <v>362</v>
+        <v>385</v>
       </c>
       <c r="H3" t="s">
-        <v>470</v>
+        <v>385</v>
       </c>
       <c r="I3" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-        <v>632</v>
+        <v>576</v>
       </c>
       <c r="K3" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L3" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M3" t="s">
-        <v>671</v>
+        <v>711</v>
       </c>
       <c r="N3" t="s">
-        <v>674</v>
+        <v>715</v>
       </c>
       <c r="P3" t="s">
-        <v>688</v>
+        <v>728</v>
       </c>
       <c r="S3" t="s">
-        <v>793</v>
+        <v>835</v>
       </c>
       <c r="T3" t="s">
-        <v>857</v>
+        <v>903</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="E4" t="s">
-        <v>239</v>
+        <v>252</v>
       </c>
       <c r="F4" t="s">
-        <v>321</v>
+        <v>340</v>
       </c>
       <c r="G4" t="s">
-        <v>363</v>
+        <v>386</v>
       </c>
       <c r="H4" t="s">
-        <v>471</v>
+        <v>498</v>
       </c>
       <c r="I4" t="s">
-        <v>545</v>
+        <v>577</v>
       </c>
       <c r="J4" t="s">
-        <v>633</v>
+        <v>577</v>
       </c>
       <c r="K4" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L4" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M4" t="s">
-        <v>671</v>
+        <v>711</v>
       </c>
       <c r="N4" t="s">
-        <v>675</v>
+        <v>714</v>
       </c>
       <c r="P4" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-        <v>794</v>
+        <v>729</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>796</v>
+      </c>
+      <c r="R4" t="s">
+        <v>808</v>
       </c>
       <c r="T4" t="s">
-        <v>858</v>
+        <v>904</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="D5" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="E5" t="s">
-        <v>240</v>
+        <v>253</v>
       </c>
       <c r="F5" t="s">
-        <v>322</v>
+        <v>342</v>
       </c>
       <c r="G5" t="s">
-        <v>364</v>
+        <v>387</v>
       </c>
       <c r="H5" t="s">
-        <v>472</v>
+        <v>387</v>
       </c>
       <c r="I5" t="s">
-        <v>546</v>
+        <v>578</v>
       </c>
       <c r="J5" t="s">
-        <v>633</v>
+        <v>583</v>
       </c>
       <c r="K5" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L5" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M5" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N5" t="s">
-        <v>676</v>
+        <v>716</v>
       </c>
       <c r="P5" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>795</v>
+        <v>730</v>
       </c>
       <c r="T5" t="s">
-        <v>859</v>
+        <v>905</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="D6" t="s">
-        <v>222</v>
+        <v>235</v>
       </c>
       <c r="E6" t="s">
-        <v>241</v>
+        <v>254</v>
       </c>
       <c r="F6" t="s">
-        <v>323</v>
+        <v>343</v>
       </c>
       <c r="G6" t="s">
-        <v>365</v>
+        <v>388</v>
       </c>
       <c r="H6" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="I6" t="s">
-        <v>547</v>
+        <v>579</v>
       </c>
       <c r="J6" t="s">
-        <v>634</v>
+        <v>670</v>
       </c>
       <c r="K6" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L6" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M6" t="s">
-        <v>671</v>
+        <v>711</v>
       </c>
       <c r="N6" t="s">
-        <v>677</v>
+        <v>717</v>
       </c>
       <c r="P6" t="s">
-        <v>691</v>
+        <v>731</v>
       </c>
       <c r="S6" t="s">
-        <v>796</v>
+        <v>836</v>
       </c>
       <c r="T6" t="s">
-        <v>860</v>
+        <v>906</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="E7" t="s">
-        <v>242</v>
+        <v>255</v>
       </c>
       <c r="F7" t="s">
-        <v>321</v>
+        <v>344</v>
       </c>
       <c r="G7" t="s">
-        <v>366</v>
+        <v>389</v>
       </c>
       <c r="H7" t="s">
-        <v>474</v>
+        <v>500</v>
       </c>
       <c r="I7" t="s">
-        <v>548</v>
+        <v>580</v>
       </c>
       <c r="J7" t="s">
-        <v>635</v>
+        <v>671</v>
       </c>
       <c r="K7" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L7" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M7" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N7" t="s">
-        <v>678</v>
+        <v>714</v>
       </c>
       <c r="P7" t="s">
-        <v>692</v>
+        <v>732</v>
+      </c>
+      <c r="S7" t="s">
+        <v>837</v>
       </c>
       <c r="T7" t="s">
-        <v>861</v>
+        <v>907</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="E8" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="F8" t="s">
-        <v>324</v>
+        <v>344</v>
       </c>
       <c r="G8" t="s">
-        <v>367</v>
+        <v>390</v>
       </c>
       <c r="H8" t="s">
-        <v>475</v>
+        <v>390</v>
       </c>
       <c r="I8" t="s">
-        <v>549</v>
+        <v>581</v>
       </c>
       <c r="J8" t="s">
-        <v>635</v>
+        <v>601</v>
       </c>
       <c r="K8" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L8" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M8" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N8" t="s">
-        <v>677</v>
+        <v>714</v>
       </c>
       <c r="P8" t="s">
-        <v>689</v>
+        <v>729</v>
+      </c>
+      <c r="R8" t="s">
+        <v>809</v>
+      </c>
+      <c r="S8" t="s">
+        <v>838</v>
       </c>
       <c r="T8" t="s">
-        <v>862</v>
+        <v>908</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="E9" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="F9" t="s">
-        <v>325</v>
+        <v>345</v>
       </c>
       <c r="G9" t="s">
-        <v>368</v>
+        <v>391</v>
       </c>
       <c r="H9" t="s">
-        <v>476</v>
+        <v>501</v>
       </c>
       <c r="I9" t="s">
-        <v>550</v>
+        <v>582</v>
       </c>
       <c r="J9" t="s">
-        <v>635</v>
+        <v>672</v>
       </c>
       <c r="K9" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L9" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M9" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N9" t="s">
-        <v>677</v>
+        <v>715</v>
       </c>
       <c r="P9" t="s">
-        <v>689</v>
+        <v>727</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>797</v>
+      </c>
+      <c r="R9" t="s">
+        <v>810</v>
+      </c>
+      <c r="S9" t="s">
+        <v>839</v>
       </c>
       <c r="T9" t="s">
-        <v>862</v>
+        <v>909</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="D10" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="E10" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="F10" t="s">
-        <v>322</v>
+        <v>346</v>
       </c>
       <c r="G10" t="s">
-        <v>369</v>
+        <v>392</v>
       </c>
       <c r="H10" t="s">
-        <v>477</v>
+        <v>392</v>
       </c>
       <c r="I10" t="s">
-        <v>548</v>
+        <v>583</v>
       </c>
       <c r="J10" t="s">
-        <v>634</v>
+        <v>673</v>
       </c>
       <c r="K10" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L10" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M10" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N10" t="s">
-        <v>679</v>
+        <v>718</v>
       </c>
       <c r="P10" t="s">
-        <v>693</v>
+        <v>733</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>798</v>
+      </c>
+      <c r="R10" t="s">
+        <v>811</v>
       </c>
       <c r="T10" t="s">
-        <v>863</v>
+        <v>910</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>29</v>
       </c>
       <c r="B11" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="D11" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="E11" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="F11" t="s">
-        <v>321</v>
+        <v>343</v>
       </c>
       <c r="G11" t="s">
-        <v>370</v>
+        <v>393</v>
       </c>
       <c r="H11" t="s">
-        <v>478</v>
+        <v>393</v>
       </c>
       <c r="I11" t="s">
-        <v>551</v>
+        <v>584</v>
       </c>
       <c r="J11" t="s">
-        <v>636</v>
+        <v>674</v>
       </c>
       <c r="K11" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L11" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M11" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N11" t="s">
-        <v>678</v>
+        <v>716</v>
       </c>
       <c r="P11" t="s">
-        <v>689</v>
+        <v>734</v>
       </c>
       <c r="T11" t="s">
-        <v>864</v>
+        <v>911</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D12" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="E12" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="F12" t="s">
-        <v>321</v>
+        <v>347</v>
       </c>
       <c r="G12" t="s">
-        <v>371</v>
+        <v>394</v>
       </c>
       <c r="H12" t="s">
-        <v>371</v>
+        <v>502</v>
       </c>
       <c r="I12" t="s">
-        <v>552</v>
+        <v>585</v>
       </c>
       <c r="J12" t="s">
-        <v>637</v>
+        <v>675</v>
       </c>
       <c r="K12" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L12" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M12" t="s">
-        <v>671</v>
+        <v>713</v>
       </c>
       <c r="N12" t="s">
-        <v>675</v>
+        <v>719</v>
+      </c>
+      <c r="O12" t="s">
+        <v>723</v>
       </c>
       <c r="P12" t="s">
-        <v>689</v>
+        <v>730</v>
+      </c>
+      <c r="S12" t="s">
+        <v>840</v>
       </c>
       <c r="T12" t="s">
-        <v>865</v>
+        <v>912</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="D13" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="E13" t="s">
-        <v>248</v>
+        <v>261</v>
       </c>
       <c r="F13" t="s">
-        <v>326</v>
+        <v>348</v>
       </c>
       <c r="G13" t="s">
-        <v>372</v>
+        <v>392</v>
       </c>
       <c r="H13" t="s">
-        <v>479</v>
+        <v>503</v>
       </c>
       <c r="I13" t="s">
-        <v>553</v>
+        <v>586</v>
       </c>
       <c r="J13" t="s">
-        <v>634</v>
+        <v>670</v>
       </c>
       <c r="K13" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L13" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M13" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N13" t="s">
-        <v>679</v>
+        <v>717</v>
       </c>
       <c r="P13" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-        <v>765</v>
+        <v>735</v>
       </c>
       <c r="S13" t="s">
-        <v>797</v>
+        <v>841</v>
       </c>
       <c r="T13" t="s">
-        <v>866</v>
+        <v>913</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="D14" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="E14" t="s">
-        <v>249</v>
+        <v>262</v>
       </c>
       <c r="F14" t="s">
-        <v>327</v>
+        <v>349</v>
       </c>
       <c r="G14" t="s">
-        <v>362</v>
+        <v>392</v>
       </c>
       <c r="H14" t="s">
-        <v>362</v>
+        <v>392</v>
       </c>
       <c r="I14" t="s">
-        <v>554</v>
+        <v>587</v>
       </c>
       <c r="J14" t="s">
-        <v>638</v>
+        <v>676</v>
       </c>
       <c r="K14" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L14" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M14" t="s">
-        <v>671</v>
+        <v>712</v>
       </c>
       <c r="N14" t="s">
-        <v>680</v>
+        <v>718</v>
       </c>
       <c r="P14" t="s">
-        <v>695</v>
-[...5 lines deleted...]
-        <v>798</v>
+        <v>730</v>
       </c>
       <c r="T14" t="s">
-        <v>867</v>
+        <v>914</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="E15" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="F15" t="s">
-        <v>324</v>
+        <v>350</v>
       </c>
       <c r="G15" t="s">
-        <v>373</v>
+        <v>395</v>
       </c>
       <c r="H15" t="s">
-        <v>373</v>
+        <v>504</v>
       </c>
       <c r="I15" t="s">
-        <v>555</v>
+        <v>588</v>
       </c>
       <c r="J15" t="s">
-        <v>555</v>
+        <v>588</v>
       </c>
       <c r="K15" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L15" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M15" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N15" t="s">
-        <v>681</v>
+        <v>714</v>
       </c>
       <c r="P15" t="s">
-        <v>696</v>
+        <v>729</v>
+      </c>
+      <c r="R15" t="s">
+        <v>809</v>
+      </c>
+      <c r="S15" t="s">
+        <v>842</v>
       </c>
       <c r="T15" t="s">
-        <v>868</v>
+        <v>915</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="E16" t="s">
-        <v>250</v>
+        <v>263</v>
       </c>
       <c r="F16" t="s">
-        <v>325</v>
+        <v>351</v>
       </c>
       <c r="G16" t="s">
-        <v>374</v>
+        <v>396</v>
       </c>
       <c r="H16" t="s">
-        <v>480</v>
+        <v>505</v>
       </c>
       <c r="I16" t="s">
-        <v>555</v>
+        <v>589</v>
       </c>
       <c r="J16" t="s">
-        <v>566</v>
+        <v>671</v>
       </c>
       <c r="K16" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L16" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M16" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N16" t="s">
-        <v>677</v>
+        <v>714</v>
       </c>
       <c r="P16" t="s">
-        <v>696</v>
+        <v>732</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>799</v>
+      </c>
+      <c r="S16" t="s">
+        <v>843</v>
       </c>
       <c r="T16" t="s">
-        <v>869</v>
+        <v>916</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="D17" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="E17" t="s">
-        <v>251</v>
+        <v>264</v>
       </c>
       <c r="F17" t="s">
-        <v>328</v>
+        <v>347</v>
       </c>
       <c r="G17" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="H17" t="s">
-        <v>375</v>
+        <v>506</v>
       </c>
       <c r="I17" t="s">
-        <v>556</v>
+        <v>588</v>
       </c>
       <c r="K17" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L17" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M17" t="s">
-        <v>671</v>
+        <v>713</v>
       </c>
       <c r="N17" t="s">
-        <v>673</v>
+        <v>719</v>
       </c>
       <c r="P17" t="s">
-        <v>697</v>
+        <v>736</v>
       </c>
       <c r="R17" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-        <v>799</v>
+        <v>812</v>
       </c>
       <c r="T17" t="s">
-        <v>870</v>
+        <v>917</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="D18" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="E18" t="s">
-        <v>252</v>
+        <v>265</v>
       </c>
       <c r="F18" t="s">
-        <v>321</v>
+        <v>352</v>
       </c>
       <c r="G18" t="s">
-        <v>376</v>
+        <v>398</v>
       </c>
       <c r="H18" t="s">
-        <v>481</v>
+        <v>507</v>
       </c>
       <c r="I18" t="s">
-        <v>557</v>
+        <v>590</v>
       </c>
       <c r="J18" t="s">
-        <v>639</v>
+        <v>677</v>
       </c>
       <c r="K18" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L18" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M18" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N18" t="s">
-        <v>678</v>
+        <v>720</v>
       </c>
       <c r="P18" t="s">
-        <v>698</v>
+        <v>737</v>
       </c>
       <c r="R18" t="s">
-        <v>768</v>
+        <v>813</v>
       </c>
       <c r="S18" t="s">
-        <v>800</v>
+        <v>844</v>
       </c>
       <c r="T18" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D19" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E19" t="s">
-        <v>253</v>
+        <v>266</v>
       </c>
       <c r="F19" t="s">
-        <v>325</v>
+        <v>343</v>
       </c>
       <c r="G19" t="s">
-        <v>377</v>
+        <v>399</v>
       </c>
       <c r="H19" t="s">
-        <v>377</v>
+        <v>508</v>
       </c>
       <c r="I19" t="s">
-        <v>558</v>
+        <v>590</v>
       </c>
       <c r="J19" t="s">
-        <v>638</v>
+        <v>674</v>
       </c>
       <c r="K19" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L19" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M19" t="s">
-        <v>671</v>
+        <v>713</v>
       </c>
       <c r="N19" t="s">
-        <v>681</v>
+        <v>716</v>
       </c>
       <c r="P19" t="s">
-        <v>699</v>
+        <v>738</v>
+      </c>
+      <c r="R19" t="s">
+        <v>812</v>
       </c>
       <c r="S19" t="s">
-        <v>801</v>
+        <v>845</v>
       </c>
       <c r="T19" t="s">
-        <v>872</v>
+        <v>919</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>38</v>
       </c>
       <c r="B20" t="s">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="D20" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E20" t="s">
-        <v>254</v>
+        <v>267</v>
       </c>
       <c r="F20" t="s">
-        <v>325</v>
+        <v>343</v>
       </c>
       <c r="G20" t="s">
-        <v>378</v>
+        <v>400</v>
       </c>
       <c r="H20" t="s">
-        <v>482</v>
+        <v>509</v>
       </c>
       <c r="I20" t="s">
-        <v>559</v>
+        <v>591</v>
       </c>
       <c r="J20" t="s">
-        <v>638</v>
+        <v>674</v>
       </c>
       <c r="K20" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L20" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M20" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N20" t="s">
-        <v>681</v>
+        <v>716</v>
       </c>
       <c r="P20" t="s">
-        <v>700</v>
+        <v>739</v>
+      </c>
+      <c r="R20" t="s">
+        <v>812</v>
       </c>
       <c r="S20" t="s">
-        <v>802</v>
+        <v>845</v>
       </c>
       <c r="T20" t="s">
-        <v>873</v>
+        <v>919</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>39</v>
       </c>
       <c r="B21" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="D21" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E21" t="s">
-        <v>253</v>
+        <v>268</v>
       </c>
       <c r="F21" t="s">
-        <v>325</v>
+        <v>352</v>
       </c>
       <c r="G21" t="s">
-        <v>379</v>
+        <v>401</v>
       </c>
       <c r="H21" t="s">
-        <v>483</v>
+        <v>510</v>
       </c>
       <c r="I21" t="s">
-        <v>560</v>
+        <v>592</v>
       </c>
       <c r="J21" t="s">
-        <v>638</v>
+        <v>678</v>
       </c>
       <c r="K21" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L21" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M21" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N21" t="s">
-        <v>677</v>
+        <v>714</v>
       </c>
       <c r="P21" t="s">
-        <v>701</v>
-[...5 lines deleted...]
-        <v>769</v>
+        <v>740</v>
       </c>
       <c r="S21" t="s">
-        <v>803</v>
+        <v>846</v>
       </c>
       <c r="T21" t="s">
-        <v>874</v>
+        <v>920</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="D22" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E22" t="s">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c r="F22" t="s">
-        <v>325</v>
+        <v>352</v>
       </c>
       <c r="G22" t="s">
-        <v>379</v>
+        <v>402</v>
       </c>
       <c r="H22" t="s">
-        <v>484</v>
+        <v>404</v>
       </c>
       <c r="I22" t="s">
-        <v>561</v>
+        <v>593</v>
       </c>
       <c r="J22" t="s">
-        <v>638</v>
+        <v>677</v>
       </c>
       <c r="K22" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L22" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M22" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N22" t="s">
-        <v>681</v>
+        <v>714</v>
       </c>
       <c r="P22" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-        <v>770</v>
+        <v>740</v>
       </c>
       <c r="S22" t="s">
-        <v>804</v>
+        <v>847</v>
       </c>
       <c r="T22" t="s">
-        <v>875</v>
+        <v>921</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>41</v>
       </c>
       <c r="B23" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="D23" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E23" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F23" t="s">
-        <v>325</v>
+        <v>352</v>
       </c>
       <c r="G23" t="s">
-        <v>380</v>
+        <v>403</v>
       </c>
       <c r="H23" t="s">
-        <v>380</v>
+        <v>511</v>
       </c>
       <c r="I23" t="s">
-        <v>562</v>
+        <v>594</v>
       </c>
       <c r="J23" t="s">
-        <v>638</v>
+        <v>677</v>
       </c>
       <c r="K23" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L23" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M23" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N23" t="s">
-        <v>674</v>
+        <v>714</v>
       </c>
       <c r="P23" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>771</v>
+        <v>741</v>
       </c>
       <c r="S23" t="s">
-        <v>805</v>
+        <v>848</v>
       </c>
       <c r="T23" t="s">
-        <v>876</v>
+        <v>922</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>42</v>
       </c>
       <c r="B24" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D24" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E24" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F24" t="s">
-        <v>325</v>
+        <v>352</v>
       </c>
       <c r="G24" t="s">
-        <v>381</v>
+        <v>404</v>
       </c>
       <c r="H24" t="s">
-        <v>380</v>
+        <v>457</v>
       </c>
       <c r="I24" t="s">
-        <v>563</v>
+        <v>594</v>
       </c>
       <c r="J24" t="s">
-        <v>638</v>
+        <v>677</v>
       </c>
       <c r="K24" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L24" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M24" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N24" t="s">
-        <v>677</v>
+        <v>714</v>
       </c>
       <c r="P24" t="s">
-        <v>704</v>
-[...2 lines deleted...]
-        <v>755</v>
+        <v>741</v>
       </c>
       <c r="S24" t="s">
-        <v>806</v>
+        <v>848</v>
       </c>
       <c r="T24" t="s">
-        <v>877</v>
+        <v>923</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>43</v>
       </c>
       <c r="B25" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D25" t="s">
-        <v>227</v>
+        <v>242</v>
       </c>
       <c r="E25" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="F25" t="s">
-        <v>321</v>
+        <v>353</v>
       </c>
       <c r="G25" t="s">
-        <v>382</v>
+        <v>405</v>
       </c>
       <c r="H25" t="s">
-        <v>485</v>
+        <v>405</v>
       </c>
       <c r="I25" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-        <v>640</v>
+        <v>595</v>
       </c>
       <c r="K25" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L25" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M25" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N25" t="s">
-        <v>678</v>
+        <v>715</v>
       </c>
       <c r="P25" t="s">
-        <v>698</v>
+        <v>742</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>800</v>
+      </c>
+      <c r="R25" t="s">
+        <v>814</v>
       </c>
       <c r="S25" t="s">
-        <v>807</v>
+        <v>849</v>
       </c>
       <c r="T25" t="s">
-        <v>878</v>
+        <v>924</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>44</v>
       </c>
       <c r="B26" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="D26" t="s">
-        <v>227</v>
+        <v>243</v>
       </c>
       <c r="E26" t="s">
-        <v>256</v>
+        <v>272</v>
       </c>
       <c r="F26" t="s">
-        <v>321</v>
+        <v>354</v>
       </c>
       <c r="G26" t="s">
-        <v>383</v>
+        <v>406</v>
       </c>
       <c r="H26" t="s">
-        <v>486</v>
+        <v>512</v>
       </c>
       <c r="I26" t="s">
-        <v>565</v>
+        <v>596</v>
       </c>
       <c r="J26" t="s">
-        <v>632</v>
+        <v>679</v>
       </c>
       <c r="K26" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L26" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M26" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N26" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-        <v>682</v>
+        <v>720</v>
       </c>
       <c r="P26" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>808</v>
+        <v>743</v>
       </c>
       <c r="T26" t="s">
-        <v>879</v>
+        <v>925</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>45</v>
       </c>
       <c r="B27" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D27" t="s">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="E27" t="s">
-        <v>257</v>
+        <v>273</v>
       </c>
       <c r="F27" t="s">
-        <v>329</v>
+        <v>354</v>
       </c>
       <c r="G27" t="s">
-        <v>362</v>
+        <v>407</v>
       </c>
       <c r="H27" t="s">
-        <v>362</v>
+        <v>513</v>
       </c>
       <c r="I27" t="s">
-        <v>566</v>
+        <v>596</v>
       </c>
       <c r="J27" t="s">
-        <v>548</v>
+        <v>679</v>
       </c>
       <c r="K27" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L27" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M27" t="s">
-        <v>671</v>
+        <v>711</v>
       </c>
       <c r="N27" t="s">
-        <v>680</v>
+        <v>720</v>
       </c>
       <c r="P27" t="s">
-        <v>698</v>
+        <v>743</v>
+      </c>
+      <c r="R27" t="s">
+        <v>813</v>
       </c>
       <c r="T27" t="s">
-        <v>880</v>
+        <v>926</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>46</v>
       </c>
       <c r="B28" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D28" t="s">
-        <v>229</v>
+        <v>243</v>
       </c>
       <c r="E28" t="s">
-        <v>258</v>
+        <v>274</v>
       </c>
       <c r="F28" t="s">
-        <v>330</v>
+        <v>355</v>
       </c>
       <c r="G28" t="s">
-        <v>384</v>
+        <v>408</v>
       </c>
       <c r="H28" t="s">
-        <v>487</v>
+        <v>514</v>
       </c>
       <c r="I28" t="s">
-        <v>567</v>
+        <v>596</v>
       </c>
       <c r="J28" t="s">
-        <v>634</v>
+        <v>679</v>
       </c>
       <c r="K28" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L28" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M28" t="s">
-        <v>670</v>
+        <v>711</v>
       </c>
       <c r="N28" t="s">
-        <v>673</v>
+        <v>721</v>
       </c>
       <c r="P28" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>743</v>
       </c>
       <c r="T28" t="s">
-        <v>881</v>
+        <v>926</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>47</v>
       </c>
       <c r="B29" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="D29" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E29" t="s">
-        <v>259</v>
+        <v>275</v>
       </c>
       <c r="F29" t="s">
-        <v>331</v>
+        <v>356</v>
       </c>
       <c r="G29" t="s">
-        <v>362</v>
+        <v>409</v>
       </c>
       <c r="H29" t="s">
-        <v>488</v>
+        <v>409</v>
       </c>
       <c r="I29" t="s">
-        <v>568</v>
+        <v>597</v>
       </c>
       <c r="J29" t="s">
-        <v>634</v>
+        <v>680</v>
       </c>
       <c r="K29" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L29" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M29" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N29" t="s">
-        <v>674</v>
+        <v>714</v>
       </c>
       <c r="P29" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>744</v>
       </c>
       <c r="T29" t="s">
-        <v>881</v>
+        <v>927</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>48</v>
       </c>
       <c r="B30" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="D30" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="E30" t="s">
-        <v>260</v>
+        <v>276</v>
       </c>
       <c r="F30" t="s">
-        <v>332</v>
+        <v>357</v>
       </c>
       <c r="G30" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="H30" t="s">
-        <v>489</v>
+        <v>392</v>
       </c>
       <c r="I30" t="s">
-        <v>569</v>
+        <v>598</v>
       </c>
       <c r="J30" t="s">
-        <v>634</v>
+        <v>670</v>
       </c>
       <c r="K30" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L30" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M30" t="s">
-        <v>670</v>
+        <v>712</v>
       </c>
       <c r="N30" t="s">
-        <v>674</v>
+        <v>718</v>
       </c>
       <c r="P30" t="s">
-        <v>693</v>
+        <v>745</v>
+      </c>
+      <c r="R30" t="s">
+        <v>815</v>
       </c>
       <c r="S30" t="s">
-        <v>810</v>
+        <v>850</v>
       </c>
       <c r="T30" t="s">
-        <v>881</v>
+        <v>928</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>49</v>
       </c>
       <c r="B31" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="D31" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="E31" t="s">
-        <v>261</v>
+        <v>277</v>
       </c>
       <c r="F31" t="s">
-        <v>333</v>
+        <v>358</v>
       </c>
       <c r="G31" t="s">
-        <v>362</v>
+        <v>410</v>
       </c>
       <c r="H31" t="s">
-        <v>363</v>
+        <v>515</v>
       </c>
       <c r="I31" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>634</v>
+        <v>599</v>
       </c>
       <c r="K31" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L31" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M31" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N31" t="s">
-        <v>674</v>
+        <v>716</v>
       </c>
       <c r="P31" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>737</v>
       </c>
       <c r="T31" t="s">
-        <v>881</v>
+        <v>929</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>50</v>
       </c>
       <c r="B32" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="D32" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E32" t="s">
-        <v>262</v>
+        <v>278</v>
       </c>
       <c r="F32" t="s">
-        <v>334</v>
+        <v>356</v>
       </c>
       <c r="G32" t="s">
-        <v>386</v>
+        <v>411</v>
       </c>
       <c r="H32" t="s">
-        <v>490</v>
+        <v>411</v>
       </c>
       <c r="I32" t="s">
-        <v>567</v>
+        <v>596</v>
       </c>
       <c r="J32" t="s">
-        <v>634</v>
+        <v>681</v>
       </c>
       <c r="K32" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L32" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M32" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N32" t="s">
-        <v>673</v>
+        <v>714</v>
       </c>
       <c r="P32" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>744</v>
       </c>
       <c r="T32" t="s">
-        <v>881</v>
+        <v>930</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" t="s">
         <v>51</v>
       </c>
       <c r="B33" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="D33" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E33" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="F33" t="s">
-        <v>335</v>
+        <v>352</v>
       </c>
       <c r="G33" t="s">
-        <v>362</v>
+        <v>412</v>
       </c>
       <c r="H33" t="s">
-        <v>491</v>
+        <v>412</v>
       </c>
       <c r="I33" t="s">
-        <v>567</v>
+        <v>600</v>
       </c>
       <c r="J33" t="s">
-        <v>634</v>
+        <v>682</v>
       </c>
       <c r="K33" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L33" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M33" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N33" t="s">
-        <v>674</v>
+        <v>714</v>
       </c>
       <c r="P33" t="s">
-        <v>693</v>
+        <v>740</v>
       </c>
       <c r="S33" t="s">
-        <v>810</v>
+        <v>851</v>
       </c>
       <c r="T33" t="s">
-        <v>881</v>
+        <v>931</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" t="s">
         <v>52</v>
       </c>
       <c r="B34" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="D34" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E34" t="s">
-        <v>254</v>
+        <v>279</v>
       </c>
       <c r="F34" t="s">
-        <v>325</v>
+        <v>352</v>
       </c>
       <c r="G34" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="H34" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="I34" t="s">
-        <v>570</v>
+        <v>587</v>
       </c>
       <c r="J34" t="s">
-        <v>638</v>
+        <v>587</v>
       </c>
       <c r="K34" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L34" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M34" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N34" t="s">
-        <v>677</v>
+        <v>720</v>
       </c>
       <c r="P34" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>730</v>
       </c>
       <c r="T34" t="s">
-        <v>882</v>
+        <v>932</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" t="s">
         <v>53</v>
       </c>
       <c r="B35" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="D35" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="E35" t="s">
-        <v>254</v>
+        <v>280</v>
       </c>
       <c r="F35" t="s">
-        <v>325</v>
+        <v>359</v>
       </c>
       <c r="G35" t="s">
-        <v>388</v>
+        <v>413</v>
       </c>
       <c r="H35" t="s">
-        <v>388</v>
+        <v>516</v>
       </c>
       <c r="I35" t="s">
-        <v>571</v>
+        <v>599</v>
       </c>
       <c r="J35" t="s">
-        <v>638</v>
+        <v>683</v>
       </c>
       <c r="K35" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L35" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M35" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N35" t="s">
-        <v>674</v>
+        <v>717</v>
       </c>
       <c r="P35" t="s">
-        <v>704</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>746</v>
       </c>
       <c r="T35" t="s">
-        <v>883</v>
+        <v>933</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" t="s">
         <v>54</v>
       </c>
       <c r="B36" t="s">
-        <v>162</v>
+        <v>176</v>
       </c>
       <c r="D36" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="E36" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="F36" t="s">
-        <v>325</v>
+        <v>360</v>
       </c>
       <c r="G36" t="s">
-        <v>389</v>
+        <v>414</v>
       </c>
       <c r="H36" t="s">
-        <v>492</v>
+        <v>517</v>
       </c>
       <c r="I36" t="s">
-        <v>572</v>
+        <v>601</v>
       </c>
       <c r="J36" t="s">
-        <v>638</v>
+        <v>684</v>
       </c>
       <c r="K36" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L36" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M36" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N36" t="s">
-        <v>677</v>
+        <v>716</v>
       </c>
       <c r="P36" t="s">
-        <v>704</v>
-[...5 lines deleted...]
-        <v>813</v>
+        <v>747</v>
       </c>
       <c r="T36" t="s">
-        <v>884</v>
+        <v>934</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="D37" t="s">
-        <v>226</v>
+        <v>245</v>
       </c>
       <c r="E37" t="s">
-        <v>265</v>
+        <v>282</v>
       </c>
       <c r="F37" t="s">
-        <v>324</v>
+        <v>344</v>
       </c>
       <c r="G37" t="s">
-        <v>390</v>
+        <v>415</v>
       </c>
       <c r="H37" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>573</v>
+        <v>518</v>
       </c>
       <c r="J37" t="s">
-        <v>641</v>
+        <v>674</v>
       </c>
       <c r="K37" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L37" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M37" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N37" t="s">
-        <v>681</v>
+        <v>720</v>
       </c>
       <c r="P37" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-        <v>771</v>
+        <v>748</v>
+      </c>
+      <c r="S37" t="s">
+        <v>852</v>
       </c>
       <c r="T37" t="s">
-        <v>885</v>
+        <v>935</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" t="s">
         <v>56</v>
       </c>
       <c r="B38" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="D38" t="s">
-        <v>231</v>
+        <v>246</v>
       </c>
       <c r="E38" t="s">
-        <v>266</v>
+        <v>283</v>
       </c>
       <c r="F38" t="s">
-        <v>336</v>
+        <v>361</v>
       </c>
       <c r="G38" t="s">
-        <v>391</v>
+        <v>416</v>
       </c>
       <c r="H38" t="s">
-        <v>391</v>
+        <v>519</v>
       </c>
       <c r="I38" t="s">
-        <v>574</v>
+        <v>602</v>
       </c>
       <c r="J38" t="s">
-        <v>642</v>
+        <v>672</v>
       </c>
       <c r="K38" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L38" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M38" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N38" t="s">
-        <v>679</v>
+        <v>720</v>
       </c>
       <c r="P38" t="s">
-        <v>707</v>
+        <v>749</v>
       </c>
       <c r="S38" t="s">
-        <v>814</v>
+        <v>853</v>
       </c>
       <c r="T38" t="s">
-        <v>886</v>
+        <v>936</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" t="s">
         <v>57</v>
       </c>
       <c r="B39" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="D39" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="E39" t="s">
-        <v>266</v>
+        <v>284</v>
       </c>
       <c r="F39" t="s">
-        <v>336</v>
+        <v>362</v>
       </c>
       <c r="G39" t="s">
-        <v>392</v>
+        <v>417</v>
       </c>
       <c r="H39" t="s">
-        <v>397</v>
+        <v>520</v>
       </c>
       <c r="I39" t="s">
-        <v>575</v>
+        <v>603</v>
       </c>
       <c r="J39" t="s">
-        <v>642</v>
+        <v>685</v>
       </c>
       <c r="K39" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L39" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M39" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N39" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="P39" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>814</v>
+        <v>741</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>801</v>
       </c>
       <c r="T39" t="s">
-        <v>887</v>
+        <v>937</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" t="s">
         <v>58</v>
       </c>
       <c r="B40" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="D40" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E40" t="s">
-        <v>266</v>
+        <v>285</v>
       </c>
       <c r="F40" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="G40" t="s">
-        <v>393</v>
+        <v>418</v>
       </c>
       <c r="H40" t="s">
-        <v>494</v>
+        <v>418</v>
       </c>
       <c r="I40" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>642</v>
+        <v>604</v>
       </c>
       <c r="K40" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L40" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M40" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N40" t="s">
-        <v>679</v>
+        <v>720</v>
       </c>
       <c r="P40" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>814</v>
+        <v>750</v>
+      </c>
+      <c r="R40" t="s">
+        <v>809</v>
       </c>
       <c r="T40" t="s">
-        <v>888</v>
+        <v>938</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" t="s">
         <v>59</v>
       </c>
       <c r="B41" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="D41" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="E41" t="s">
-        <v>267</v>
+        <v>286</v>
       </c>
       <c r="F41" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="G41" t="s">
-        <v>394</v>
+        <v>419</v>
       </c>
       <c r="H41" t="s">
-        <v>392</v>
+        <v>419</v>
       </c>
       <c r="I41" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="J41" t="s">
-        <v>643</v>
+        <v>686</v>
       </c>
       <c r="K41" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L41" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M41" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N41" t="s">
-        <v>679</v>
+        <v>719</v>
       </c>
       <c r="P41" t="s">
-        <v>707</v>
+        <v>751</v>
+      </c>
+      <c r="R41" t="s">
+        <v>816</v>
       </c>
       <c r="S41" t="s">
-        <v>815</v>
+        <v>854</v>
       </c>
       <c r="T41" t="s">
-        <v>889</v>
+        <v>939</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" t="s">
         <v>60</v>
       </c>
       <c r="B42" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="D42" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="E42" t="s">
-        <v>268</v>
+        <v>287</v>
       </c>
       <c r="F42" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="G42" t="s">
-        <v>395</v>
+        <v>420</v>
       </c>
       <c r="H42" t="s">
-        <v>395</v>
+        <v>521</v>
       </c>
       <c r="I42" t="s">
-        <v>577</v>
+        <v>605</v>
       </c>
       <c r="J42" t="s">
-        <v>642</v>
+        <v>674</v>
       </c>
       <c r="K42" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L42" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M42" t="s">
-        <v>671</v>
+        <v>713</v>
       </c>
       <c r="N42" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>683</v>
+        <v>719</v>
       </c>
       <c r="P42" t="s">
-        <v>691</v>
+        <v>730</v>
+      </c>
+      <c r="R42" t="s">
+        <v>817</v>
       </c>
       <c r="S42" t="s">
-        <v>814</v>
+        <v>855</v>
       </c>
       <c r="T42" t="s">
-        <v>890</v>
+        <v>940</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" t="s">
         <v>61</v>
       </c>
       <c r="B43" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="D43" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E43" t="s">
-        <v>269</v>
+        <v>288</v>
       </c>
       <c r="F43" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="G43" t="s">
-        <v>396</v>
+        <v>421</v>
       </c>
       <c r="H43" t="s">
-        <v>414</v>
+        <v>478</v>
       </c>
       <c r="I43" t="s">
-        <v>578</v>
+        <v>606</v>
       </c>
       <c r="J43" t="s">
-        <v>642</v>
+        <v>687</v>
       </c>
       <c r="K43" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L43" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M43" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N43" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="P43" t="s">
-        <v>691</v>
+        <v>752</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>802</v>
       </c>
       <c r="S43" t="s">
-        <v>816</v>
+        <v>856</v>
       </c>
       <c r="T43" t="s">
-        <v>891</v>
+        <v>941</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" t="s">
         <v>62</v>
       </c>
       <c r="B44" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="D44" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E44" t="s">
-        <v>266</v>
+        <v>289</v>
       </c>
       <c r="F44" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="G44" t="s">
-        <v>397</v>
+        <v>422</v>
       </c>
       <c r="H44" t="s">
-        <v>494</v>
+        <v>522</v>
       </c>
       <c r="I44" t="s">
-        <v>579</v>
+        <v>607</v>
       </c>
       <c r="J44" t="s">
-        <v>642</v>
+        <v>688</v>
       </c>
       <c r="K44" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L44" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M44" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N44" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="P44" t="s">
-        <v>691</v>
+        <v>740</v>
       </c>
       <c r="S44" t="s">
-        <v>817</v>
+        <v>857</v>
       </c>
       <c r="T44" t="s">
-        <v>892</v>
+        <v>942</v>
       </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" t="s">
         <v>63</v>
       </c>
       <c r="B45" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="D45" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E45" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="F45" t="s">
-        <v>336</v>
+        <v>363</v>
       </c>
       <c r="G45" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="H45" t="s">
-        <v>495</v>
+        <v>392</v>
       </c>
       <c r="I45" t="s">
-        <v>559</v>
+        <v>608</v>
       </c>
       <c r="J45" t="s">
-        <v>642</v>
+        <v>689</v>
       </c>
       <c r="K45" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L45" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M45" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N45" t="s">
-        <v>679</v>
+        <v>718</v>
       </c>
       <c r="P45" t="s">
-        <v>707</v>
+        <v>737</v>
       </c>
       <c r="S45" t="s">
-        <v>814</v>
+        <v>858</v>
       </c>
       <c r="T45" t="s">
-        <v>893</v>
+        <v>943</v>
       </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" t="s">
         <v>64</v>
       </c>
       <c r="B46" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="D46" t="s">
-        <v>231</v>
+        <v>247</v>
       </c>
       <c r="E46" t="s">
-        <v>271</v>
+        <v>290</v>
       </c>
       <c r="F46" t="s">
-        <v>337</v>
+        <v>364</v>
       </c>
       <c r="G46" t="s">
-        <v>399</v>
+        <v>423</v>
       </c>
       <c r="H46" t="s">
-        <v>496</v>
+        <v>423</v>
       </c>
       <c r="I46" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="J46" t="s">
-        <v>642</v>
+        <v>690</v>
       </c>
       <c r="K46" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L46" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M46" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N46" t="s">
-        <v>677</v>
+        <v>715</v>
       </c>
       <c r="P46" t="s">
-        <v>709</v>
-[...5 lines deleted...]
-        <v>814</v>
+        <v>753</v>
       </c>
       <c r="T46" t="s">
-        <v>894</v>
+        <v>944</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" t="s">
         <v>65</v>
       </c>
       <c r="B47" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="D47" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
       <c r="E47" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="F47" t="s">
-        <v>337</v>
+        <v>365</v>
       </c>
       <c r="G47" t="s">
-        <v>400</v>
+        <v>424</v>
       </c>
       <c r="H47" t="s">
-        <v>497</v>
+        <v>424</v>
       </c>
       <c r="I47" t="s">
-        <v>581</v>
+        <v>610</v>
       </c>
       <c r="J47" t="s">
-        <v>642</v>
+        <v>691</v>
       </c>
       <c r="K47" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L47" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M47" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N47" t="s">
-        <v>677</v>
+        <v>715</v>
       </c>
       <c r="P47" t="s">
-        <v>710</v>
-[...5 lines deleted...]
-        <v>814</v>
+        <v>754</v>
       </c>
       <c r="T47" t="s">
-        <v>894</v>
+        <v>945</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="D48" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="E48" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="F48" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="G48" t="s">
-        <v>362</v>
+        <v>425</v>
       </c>
       <c r="H48" t="s">
-        <v>362</v>
+        <v>523</v>
       </c>
       <c r="I48" t="s">
-        <v>582</v>
+        <v>611</v>
       </c>
       <c r="J48" t="s">
-        <v>644</v>
+        <v>670</v>
       </c>
       <c r="K48" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L48" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M48" t="s">
-        <v>671</v>
+        <v>711</v>
       </c>
       <c r="N48" t="s">
-        <v>680</v>
+        <v>717</v>
+      </c>
+      <c r="O48" t="s">
+        <v>724</v>
       </c>
       <c r="P48" t="s">
-        <v>711</v>
+        <v>755</v>
+      </c>
+      <c r="S48" t="s">
+        <v>859</v>
       </c>
       <c r="T48" t="s">
-        <v>895</v>
+        <v>946</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" t="s">
         <v>67</v>
       </c>
       <c r="B49" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="D49" t="s">
-        <v>226</v>
+        <v>242</v>
       </c>
       <c r="E49" t="s">
-        <v>243</v>
+        <v>271</v>
       </c>
       <c r="F49" t="s">
-        <v>339</v>
+        <v>365</v>
       </c>
       <c r="G49" t="s">
-        <v>401</v>
+        <v>426</v>
       </c>
       <c r="H49" t="s">
-        <v>401</v>
+        <v>426</v>
       </c>
       <c r="I49" t="s">
-        <v>583</v>
+        <v>612</v>
+      </c>
+      <c r="J49" t="s">
+        <v>692</v>
       </c>
       <c r="K49" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L49" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M49" t="s">
-        <v>671</v>
+        <v>713</v>
       </c>
       <c r="N49" t="s">
-        <v>681</v>
+        <v>715</v>
       </c>
       <c r="P49" t="s">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="Q49" t="s">
         <v>756</v>
       </c>
       <c r="R49" t="s">
-        <v>773</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="T49" t="s">
-        <v>896</v>
+        <v>947</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" t="s">
         <v>68</v>
       </c>
       <c r="B50" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="D50" t="s">
-        <v>228</v>
+        <v>242</v>
       </c>
       <c r="E50" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="F50" t="s">
-        <v>337</v>
+        <v>365</v>
       </c>
       <c r="G50" t="s">
-        <v>402</v>
+        <v>427</v>
       </c>
       <c r="H50" t="s">
-        <v>402</v>
+        <v>427</v>
       </c>
       <c r="I50" t="s">
-        <v>584</v>
+        <v>613</v>
       </c>
       <c r="J50" t="s">
-        <v>638</v>
+        <v>670</v>
       </c>
       <c r="K50" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L50" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M50" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N50" t="s">
-        <v>681</v>
+        <v>715</v>
       </c>
       <c r="P50" t="s">
-        <v>713</v>
+        <v>756</v>
       </c>
       <c r="R50" t="s">
-        <v>774</v>
+        <v>813</v>
       </c>
       <c r="T50" t="s">
-        <v>897</v>
+        <v>948</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" t="s">
         <v>69</v>
       </c>
       <c r="B51" t="s">
-        <v>177</v>
+        <v>163</v>
       </c>
       <c r="D51" t="s">
-        <v>229</v>
+        <v>245</v>
       </c>
       <c r="E51" t="s">
-        <v>275</v>
+        <v>292</v>
       </c>
       <c r="F51" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="G51" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="H51" t="s">
-        <v>403</v>
+        <v>524</v>
       </c>
       <c r="I51" t="s">
-        <v>585</v>
+        <v>613</v>
       </c>
       <c r="J51" t="s">
-        <v>641</v>
+        <v>674</v>
       </c>
       <c r="K51" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L51" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M51" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N51" t="s">
-        <v>677</v>
+        <v>721</v>
       </c>
       <c r="P51" t="s">
-        <v>689</v>
-[...1 lines deleted...]
-      <c r="Q51" t="s">
         <v>757</v>
       </c>
-      <c r="S51" t="s">
-        <v>819</v>
+      <c r="R51" t="s">
+        <v>818</v>
       </c>
       <c r="T51" t="s">
-        <v>898</v>
+        <v>949</v>
       </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" t="s">
         <v>70</v>
       </c>
       <c r="B52" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="D52" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="E52" t="s">
-        <v>274</v>
+        <v>257</v>
       </c>
       <c r="F52" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="G52" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="H52" t="s">
-        <v>404</v>
+        <v>525</v>
       </c>
       <c r="I52" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="J52" t="s">
-        <v>638</v>
+        <v>669</v>
       </c>
       <c r="K52" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L52" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M52" t="s">
-        <v>670</v>
+        <v>711</v>
       </c>
       <c r="N52" t="s">
-        <v>674</v>
+        <v>715</v>
       </c>
       <c r="P52" t="s">
-        <v>701</v>
+        <v>758</v>
       </c>
       <c r="R52" t="s">
-        <v>775</v>
+        <v>819</v>
       </c>
       <c r="S52" t="s">
-        <v>820</v>
+        <v>860</v>
       </c>
       <c r="T52" t="s">
-        <v>899</v>
+        <v>950</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" t="s">
         <v>71</v>
       </c>
       <c r="B53" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="D53" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="E53" t="s">
-        <v>274</v>
+        <v>293</v>
       </c>
       <c r="F53" t="s">
-        <v>337</v>
+        <v>366</v>
       </c>
       <c r="G53" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="H53" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="I53" t="s">
-        <v>587</v>
+        <v>614</v>
       </c>
       <c r="J53" t="s">
-        <v>638</v>
+        <v>670</v>
       </c>
       <c r="K53" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L53" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M53" t="s">
-        <v>670</v>
+        <v>712</v>
       </c>
       <c r="N53" t="s">
-        <v>681</v>
+        <v>717</v>
       </c>
       <c r="P53" t="s">
-        <v>713</v>
+        <v>759</v>
       </c>
       <c r="S53" t="s">
-        <v>821</v>
+        <v>861</v>
       </c>
       <c r="T53" t="s">
-        <v>900</v>
+        <v>951</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" t="s">
         <v>72</v>
       </c>
       <c r="B54" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="D54" t="s">
-        <v>228</v>
+        <v>248</v>
       </c>
       <c r="E54" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="F54" t="s">
-        <v>337</v>
+        <v>367</v>
       </c>
       <c r="G54" t="s">
-        <v>406</v>
+        <v>431</v>
       </c>
       <c r="H54" t="s">
-        <v>498</v>
+        <v>526</v>
       </c>
       <c r="I54" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>615</v>
       </c>
       <c r="K54" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L54" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M54" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N54" t="s">
-        <v>681</v>
+        <v>720</v>
       </c>
       <c r="P54" t="s">
-        <v>714</v>
+        <v>760</v>
       </c>
       <c r="R54" t="s">
-        <v>776</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="T54" t="s">
-        <v>901</v>
+        <v>952</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" t="s">
         <v>73</v>
       </c>
       <c r="B55" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="D55" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="E55" t="s">
-        <v>276</v>
+        <v>295</v>
       </c>
       <c r="F55" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
       <c r="G55" t="s">
-        <v>407</v>
+        <v>432</v>
       </c>
       <c r="H55" t="s">
-        <v>407</v>
+        <v>527</v>
       </c>
       <c r="I55" t="s">
-        <v>550</v>
+        <v>616</v>
       </c>
       <c r="J55" t="s">
-        <v>638</v>
+        <v>693</v>
       </c>
       <c r="K55" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L55" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M55" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N55" t="s">
-        <v>674</v>
+        <v>720</v>
       </c>
       <c r="P55" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>730</v>
       </c>
       <c r="T55" t="s">
-        <v>902</v>
+        <v>953</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" t="s">
         <v>74</v>
       </c>
       <c r="B56" t="s">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="D56" t="s">
-        <v>224</v>
+        <v>243</v>
       </c>
       <c r="E56" t="s">
-        <v>243</v>
+        <v>296</v>
       </c>
       <c r="F56" t="s">
-        <v>321</v>
+        <v>354</v>
       </c>
       <c r="G56" t="s">
-        <v>408</v>
+        <v>433</v>
       </c>
       <c r="H56" t="s">
-        <v>499</v>
+        <v>528</v>
       </c>
       <c r="I56" t="s">
-        <v>589</v>
+        <v>617</v>
       </c>
       <c r="J56" t="s">
-        <v>645</v>
+        <v>694</v>
       </c>
       <c r="K56" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L56" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M56" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N56" t="s">
-        <v>675</v>
+        <v>720</v>
       </c>
       <c r="P56" t="s">
-        <v>716</v>
+        <v>761</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>803</v>
       </c>
       <c r="R56" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-        <v>824</v>
+        <v>803</v>
       </c>
       <c r="T56" t="s">
-        <v>903</v>
+        <v>954</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" t="s">
         <v>75</v>
       </c>
       <c r="B57" t="s">
-        <v>181</v>
+        <v>163</v>
       </c>
       <c r="D57" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="E57" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="F57" t="s">
-        <v>322</v>
+        <v>365</v>
       </c>
       <c r="G57" t="s">
-        <v>409</v>
+        <v>434</v>
       </c>
       <c r="H57" t="s">
-        <v>409</v>
+        <v>529</v>
       </c>
       <c r="I57" t="s">
-        <v>590</v>
+        <v>618</v>
       </c>
       <c r="J57" t="s">
-        <v>646</v>
+        <v>677</v>
       </c>
       <c r="K57" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L57" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M57" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N57" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>684</v>
+        <v>716</v>
       </c>
       <c r="P57" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>762</v>
       </c>
       <c r="T57" t="s">
-        <v>904</v>
+        <v>955</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" t="s">
         <v>76</v>
       </c>
       <c r="B58" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="D58" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="E58" t="s">
-        <v>278</v>
+        <v>298</v>
       </c>
       <c r="F58" t="s">
-        <v>340</v>
+        <v>366</v>
       </c>
       <c r="G58" t="s">
-        <v>410</v>
+        <v>435</v>
       </c>
       <c r="H58" t="s">
-        <v>500</v>
+        <v>530</v>
       </c>
       <c r="I58" t="s">
-        <v>584</v>
+        <v>619</v>
       </c>
       <c r="J58" t="s">
-        <v>641</v>
+        <v>677</v>
       </c>
       <c r="K58" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L58" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M58" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N58" t="s">
-        <v>679</v>
+        <v>716</v>
       </c>
       <c r="P58" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-        <v>778</v>
+        <v>763</v>
       </c>
       <c r="S58" t="s">
-        <v>826</v>
+        <v>862</v>
       </c>
       <c r="T58" t="s">
-        <v>905</v>
+        <v>956</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" t="s">
         <v>77</v>
       </c>
       <c r="B59" t="s">
-        <v>173</v>
+        <v>193</v>
       </c>
       <c r="D59" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="E59" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="F59" t="s">
-        <v>322</v>
+        <v>368</v>
       </c>
       <c r="G59" t="s">
-        <v>411</v>
+        <v>436</v>
       </c>
       <c r="H59" t="s">
-        <v>501</v>
+        <v>436</v>
       </c>
       <c r="I59" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-        <v>647</v>
+        <v>618</v>
       </c>
       <c r="K59" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L59" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M59" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N59" t="s">
-        <v>679</v>
+        <v>716</v>
       </c>
       <c r="P59" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>764</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>796</v>
+      </c>
+      <c r="R59" t="s">
+        <v>808</v>
       </c>
       <c r="T59" t="s">
-        <v>906</v>
+        <v>957</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" t="s">
         <v>78</v>
       </c>
       <c r="B60" t="s">
-        <v>182</v>
+        <v>194</v>
       </c>
       <c r="D60" t="s">
-        <v>229</v>
+        <v>243</v>
       </c>
       <c r="E60" t="s">
-        <v>254</v>
+        <v>299</v>
       </c>
       <c r="F60" t="s">
-        <v>325</v>
+        <v>366</v>
       </c>
       <c r="G60" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="H60" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="I60" t="s">
-        <v>592</v>
+        <v>620</v>
       </c>
       <c r="J60" t="s">
-        <v>648</v>
+        <v>686</v>
       </c>
       <c r="K60" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L60" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M60" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N60" t="s">
-        <v>674</v>
+        <v>717</v>
       </c>
       <c r="P60" t="s">
-        <v>718</v>
+        <v>765</v>
+      </c>
+      <c r="T60" t="s">
+        <v>958</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" t="s">
         <v>79</v>
       </c>
       <c r="B61" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="D61" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="E61" t="s">
-        <v>249</v>
+        <v>300</v>
       </c>
       <c r="F61" t="s">
         <v>341</v>
       </c>
       <c r="G61" t="s">
-        <v>362</v>
+        <v>438</v>
       </c>
       <c r="H61" t="s">
-        <v>362</v>
+        <v>531</v>
       </c>
       <c r="I61" t="s">
-        <v>593</v>
+        <v>621</v>
       </c>
       <c r="J61" t="s">
-        <v>644</v>
+        <v>695</v>
       </c>
       <c r="K61" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L61" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M61" t="s">
-        <v>671</v>
+        <v>712</v>
       </c>
       <c r="N61" t="s">
-        <v>680</v>
+        <v>716</v>
       </c>
       <c r="P61" t="s">
-        <v>719</v>
+        <v>737</v>
+      </c>
+      <c r="S61" t="s">
+        <v>863</v>
       </c>
       <c r="T61" t="s">
-        <v>907</v>
+        <v>959</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" t="s">
         <v>80</v>
       </c>
       <c r="B62" t="s">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="D62" t="s">
-        <v>231</v>
+        <v>245</v>
       </c>
       <c r="E62" t="s">
-        <v>280</v>
+        <v>301</v>
       </c>
       <c r="F62" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="G62" t="s">
-        <v>413</v>
+        <v>439</v>
       </c>
       <c r="H62" t="s">
-        <v>502</v>
+        <v>532</v>
       </c>
       <c r="I62" t="s">
-        <v>594</v>
+        <v>622</v>
       </c>
       <c r="J62" t="s">
-        <v>649</v>
+        <v>695</v>
       </c>
       <c r="K62" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L62" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M62" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N62" t="s">
-        <v>673</v>
+        <v>714</v>
       </c>
       <c r="P62" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>766</v>
       </c>
       <c r="T62" t="s">
-        <v>908</v>
+        <v>960</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" t="s">
         <v>81</v>
       </c>
       <c r="B63" t="s">
-        <v>145</v>
+        <v>197</v>
       </c>
       <c r="D63" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="E63" t="s">
-        <v>269</v>
+        <v>302</v>
       </c>
       <c r="F63" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="G63" t="s">
-        <v>414</v>
+        <v>440</v>
       </c>
       <c r="H63" t="s">
-        <v>503</v>
+        <v>533</v>
       </c>
       <c r="I63" t="s">
-        <v>595</v>
+        <v>623</v>
       </c>
       <c r="J63" t="s">
-        <v>650</v>
+        <v>692</v>
       </c>
       <c r="K63" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L63" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M63" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N63" t="s">
-        <v>679</v>
+        <v>719</v>
       </c>
       <c r="P63" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>829</v>
+        <v>764</v>
       </c>
       <c r="T63" t="s">
-        <v>909</v>
+        <v>961</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" t="s">
         <v>82</v>
       </c>
       <c r="B64" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="D64" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="E64" t="s">
-        <v>269</v>
+        <v>303</v>
       </c>
       <c r="F64" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="G64" t="s">
-        <v>414</v>
+        <v>441</v>
       </c>
       <c r="H64" t="s">
-        <v>503</v>
+        <v>441</v>
       </c>
       <c r="I64" t="s">
-        <v>595</v>
+        <v>624</v>
       </c>
       <c r="J64" t="s">
-        <v>650</v>
+        <v>696</v>
       </c>
       <c r="K64" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L64" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M64" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N64" t="s">
-        <v>679</v>
+        <v>722</v>
       </c>
       <c r="P64" t="s">
-        <v>720</v>
-[...5 lines deleted...]
-        <v>830</v>
+        <v>764</v>
       </c>
       <c r="T64" t="s">
-        <v>910</v>
+        <v>962</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" t="s">
         <v>83</v>
       </c>
       <c r="B65" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="D65" t="s">
-        <v>229</v>
+        <v>245</v>
       </c>
       <c r="E65" t="s">
-        <v>281</v>
+        <v>304</v>
       </c>
       <c r="F65" t="s">
-        <v>330</v>
+        <v>369</v>
       </c>
       <c r="G65" t="s">
-        <v>415</v>
+        <v>442</v>
       </c>
       <c r="H65" t="s">
-        <v>504</v>
+        <v>534</v>
       </c>
       <c r="I65" t="s">
-        <v>571</v>
+        <v>625</v>
       </c>
       <c r="J65" t="s">
-        <v>651</v>
+        <v>695</v>
       </c>
       <c r="K65" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L65" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M65" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N65" t="s">
-        <v>676</v>
+        <v>714</v>
       </c>
       <c r="P65" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="R65" t="s">
-        <v>758</v>
+        <v>821</v>
       </c>
       <c r="S65" t="s">
-        <v>831</v>
+        <v>864</v>
       </c>
       <c r="T65" t="s">
-        <v>911</v>
+        <v>963</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" t="s">
         <v>84</v>
       </c>
       <c r="B66" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
       <c r="D66" t="s">
-        <v>229</v>
+        <v>245</v>
       </c>
       <c r="E66" t="s">
-        <v>253</v>
+        <v>305</v>
       </c>
       <c r="F66" t="s">
-        <v>325</v>
+        <v>370</v>
       </c>
       <c r="G66" t="s">
-        <v>416</v>
+        <v>392</v>
       </c>
       <c r="H66" t="s">
-        <v>416</v>
+        <v>392</v>
       </c>
       <c r="I66" t="s">
-        <v>596</v>
+        <v>626</v>
       </c>
       <c r="J66" t="s">
-        <v>652</v>
+        <v>670</v>
       </c>
       <c r="K66" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L66" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M66" t="s">
-        <v>671</v>
+        <v>712</v>
       </c>
       <c r="N66" t="s">
-        <v>674</v>
+        <v>718</v>
       </c>
       <c r="P66" t="s">
-        <v>722</v>
+        <v>768</v>
+      </c>
+      <c r="R66" t="s">
+        <v>822</v>
       </c>
       <c r="S66" t="s">
-        <v>832</v>
+        <v>865</v>
       </c>
       <c r="T66" t="s">
-        <v>912</v>
+        <v>964</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" t="s">
         <v>85</v>
       </c>
       <c r="B67" t="s">
-        <v>187</v>
+        <v>200</v>
       </c>
       <c r="D67" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="E67" t="s">
-        <v>263</v>
+        <v>306</v>
       </c>
       <c r="F67" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="G67" t="s">
-        <v>417</v>
+        <v>443</v>
       </c>
       <c r="H67" t="s">
-        <v>417</v>
+        <v>443</v>
       </c>
       <c r="I67" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>627</v>
       </c>
       <c r="K67" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L67" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M67" t="s">
-        <v>670</v>
+        <v>712</v>
       </c>
       <c r="N67" t="s">
-        <v>674</v>
+        <v>720</v>
       </c>
       <c r="P67" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-        <v>759</v>
+        <v>769</v>
       </c>
       <c r="R67" t="s">
-        <v>759</v>
+        <v>823</v>
       </c>
       <c r="S67" t="s">
-        <v>833</v>
+        <v>866</v>
       </c>
       <c r="T67" t="s">
-        <v>913</v>
+        <v>965</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" t="s">
         <v>86</v>
       </c>
       <c r="B68" t="s">
-        <v>188</v>
+        <v>201</v>
       </c>
       <c r="D68" t="s">
-        <v>229</v>
+        <v>243</v>
       </c>
       <c r="E68" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="F68" t="s">
-        <v>325</v>
+        <v>366</v>
       </c>
       <c r="G68" t="s">
-        <v>418</v>
+        <v>444</v>
       </c>
       <c r="H68" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="I68" t="s">
-        <v>554</v>
+        <v>628</v>
       </c>
       <c r="J68" t="s">
-        <v>653</v>
+        <v>670</v>
       </c>
       <c r="K68" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L68" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M68" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N68" t="s">
-        <v>677</v>
+        <v>715</v>
       </c>
       <c r="P68" t="s">
-        <v>724</v>
+        <v>770</v>
       </c>
       <c r="S68" t="s">
-        <v>834</v>
+        <v>867</v>
       </c>
       <c r="T68" t="s">
-        <v>914</v>
+        <v>966</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" t="s">
         <v>87</v>
       </c>
       <c r="B69" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="D69" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="E69" t="s">
-        <v>240</v>
+        <v>299</v>
       </c>
       <c r="F69" t="s">
-        <v>322</v>
+        <v>366</v>
       </c>
       <c r="G69" t="s">
-        <v>419</v>
+        <v>445</v>
       </c>
       <c r="H69" t="s">
-        <v>506</v>
+        <v>535</v>
+      </c>
+      <c r="I69" t="s">
+        <v>592</v>
       </c>
       <c r="J69" t="s">
-        <v>641</v>
+        <v>670</v>
       </c>
       <c r="K69" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L69" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M69" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N69" t="s">
-        <v>673</v>
+        <v>715</v>
       </c>
       <c r="P69" t="s">
-        <v>725</v>
+        <v>771</v>
+      </c>
+      <c r="S69" t="s">
+        <v>868</v>
       </c>
       <c r="T69" t="s">
-        <v>915</v>
+        <v>967</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" t="s">
         <v>88</v>
       </c>
       <c r="B70" t="s">
-        <v>190</v>
+        <v>202</v>
       </c>
       <c r="D70" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="E70" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="F70" t="s">
-        <v>337</v>
+        <v>366</v>
       </c>
       <c r="G70" t="s">
-        <v>420</v>
+        <v>446</v>
       </c>
       <c r="H70" t="s">
-        <v>507</v>
+        <v>536</v>
       </c>
       <c r="I70" t="s">
-        <v>598</v>
+        <v>629</v>
       </c>
       <c r="J70" t="s">
-        <v>632</v>
+        <v>670</v>
       </c>
       <c r="K70" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L70" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M70" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N70" t="s">
-        <v>674</v>
+        <v>716</v>
       </c>
       <c r="P70" t="s">
-        <v>726</v>
+        <v>753</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>804</v>
+      </c>
+      <c r="R70" t="s">
+        <v>824</v>
       </c>
       <c r="S70" t="s">
-        <v>835</v>
+        <v>869</v>
       </c>
       <c r="T70" t="s">
-        <v>916</v>
+        <v>968</v>
       </c>
     </row>
     <row r="71" spans="1:20">
       <c r="A71" t="s">
         <v>89</v>
       </c>
       <c r="B71" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="D71" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="E71" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="F71" t="s">
-        <v>337</v>
+        <v>366</v>
       </c>
       <c r="G71" t="s">
-        <v>421</v>
+        <v>446</v>
       </c>
       <c r="H71" t="s">
-        <v>508</v>
+        <v>537</v>
       </c>
       <c r="I71" t="s">
-        <v>599</v>
+        <v>630</v>
       </c>
       <c r="J71" t="s">
-        <v>641</v>
+        <v>670</v>
       </c>
       <c r="K71" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L71" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M71" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N71" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>715</v>
       </c>
       <c r="P71" t="s">
-        <v>727</v>
+        <v>772</v>
+      </c>
+      <c r="R71" t="s">
+        <v>825</v>
+      </c>
+      <c r="S71" t="s">
+        <v>870</v>
       </c>
       <c r="T71" t="s">
-        <v>917</v>
+        <v>969</v>
       </c>
     </row>
     <row r="72" spans="1:20">
       <c r="A72" t="s">
         <v>90</v>
       </c>
       <c r="B72" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="D72" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="E72" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="F72" t="s">
-        <v>343</v>
+        <v>366</v>
       </c>
       <c r="G72" t="s">
-        <v>422</v>
+        <v>447</v>
       </c>
       <c r="H72" t="s">
-        <v>399</v>
+        <v>447</v>
       </c>
       <c r="I72" t="s">
-        <v>600</v>
+        <v>631</v>
       </c>
       <c r="J72" t="s">
-        <v>634</v>
+        <v>670</v>
       </c>
       <c r="K72" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L72" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M72" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N72" t="s">
-        <v>679</v>
+        <v>717</v>
       </c>
       <c r="P72" t="s">
-        <v>728</v>
+        <v>773</v>
       </c>
       <c r="R72" t="s">
-        <v>779</v>
+        <v>813</v>
+      </c>
+      <c r="S72" t="s">
+        <v>871</v>
       </c>
       <c r="T72" t="s">
-        <v>918</v>
+        <v>970</v>
       </c>
     </row>
     <row r="73" spans="1:20">
       <c r="A73" t="s">
         <v>91</v>
       </c>
       <c r="B73" t="s">
-        <v>178</v>
+        <v>205</v>
       </c>
       <c r="D73" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="E73" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="F73" t="s">
-        <v>337</v>
+        <v>366</v>
       </c>
       <c r="G73" t="s">
-        <v>423</v>
+        <v>448</v>
       </c>
       <c r="H73" t="s">
-        <v>423</v>
+        <v>447</v>
       </c>
       <c r="I73" t="s">
-        <v>587</v>
+        <v>632</v>
       </c>
       <c r="J73" t="s">
-        <v>636</v>
+        <v>670</v>
       </c>
       <c r="K73" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L73" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M73" t="s">
-        <v>671</v>
+        <v>711</v>
       </c>
       <c r="N73" t="s">
-        <v>677</v>
+        <v>716</v>
       </c>
       <c r="P73" t="s">
-        <v>729</v>
+        <v>774</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>805</v>
       </c>
       <c r="S73" t="s">
-        <v>836</v>
+        <v>872</v>
       </c>
       <c r="T73" t="s">
-        <v>919</v>
+        <v>971</v>
       </c>
     </row>
     <row r="74" spans="1:20">
       <c r="A74" t="s">
         <v>92</v>
       </c>
       <c r="B74" t="s">
-        <v>193</v>
+        <v>206</v>
       </c>
       <c r="D74" t="s">
-        <v>227</v>
+        <v>243</v>
       </c>
       <c r="E74" t="s">
-        <v>250</v>
+        <v>307</v>
       </c>
       <c r="F74" t="s">
-        <v>321</v>
+        <v>354</v>
       </c>
       <c r="G74" t="s">
-        <v>424</v>
+        <v>449</v>
       </c>
       <c r="H74" t="s">
-        <v>424</v>
+        <v>538</v>
       </c>
       <c r="I74" t="s">
-        <v>565</v>
+        <v>633</v>
       </c>
       <c r="J74" t="s">
-        <v>652</v>
+        <v>695</v>
       </c>
       <c r="K74" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L74" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M74" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N74" t="s">
-        <v>678</v>
+        <v>720</v>
       </c>
       <c r="P74" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>780</v>
+        <v>766</v>
       </c>
       <c r="S74" t="s">
-        <v>837</v>
+        <v>873</v>
       </c>
       <c r="T74" t="s">
-        <v>920</v>
+        <v>972</v>
       </c>
     </row>
     <row r="75" spans="1:20">
       <c r="A75" t="s">
         <v>93</v>
       </c>
       <c r="B75" t="s">
-        <v>194</v>
+        <v>206</v>
       </c>
       <c r="D75" t="s">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="E75" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="F75" t="s">
-        <v>344</v>
+        <v>371</v>
       </c>
       <c r="G75" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
       <c r="H75" t="s">
-        <v>425</v>
+        <v>539</v>
       </c>
       <c r="I75" t="s">
-        <v>601</v>
+        <v>634</v>
       </c>
       <c r="J75" t="s">
-        <v>638</v>
+        <v>695</v>
       </c>
       <c r="K75" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L75" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M75" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N75" t="s">
-        <v>677</v>
+        <v>717</v>
       </c>
       <c r="P75" t="s">
-        <v>689</v>
+        <v>766</v>
+      </c>
+      <c r="S75" t="s">
+        <v>873</v>
       </c>
       <c r="T75" t="s">
-        <v>921</v>
+        <v>972</v>
       </c>
     </row>
     <row r="76" spans="1:20">
       <c r="A76" t="s">
         <v>94</v>
       </c>
       <c r="B76" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="D76" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="E76" t="s">
-        <v>288</v>
+        <v>308</v>
       </c>
       <c r="F76" t="s">
-        <v>324</v>
+        <v>368</v>
       </c>
       <c r="G76" t="s">
-        <v>426</v>
+        <v>450</v>
       </c>
       <c r="H76" t="s">
-        <v>426</v>
+        <v>540</v>
       </c>
       <c r="I76" t="s">
-        <v>602</v>
+        <v>635</v>
       </c>
       <c r="J76" t="s">
-        <v>641</v>
+        <v>695</v>
       </c>
       <c r="K76" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L76" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M76" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N76" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-        <v>684</v>
+        <v>717</v>
       </c>
       <c r="P76" t="s">
-        <v>708</v>
+        <v>766</v>
+      </c>
+      <c r="S76" t="s">
+        <v>874</v>
       </c>
       <c r="T76" t="s">
-        <v>922</v>
+        <v>972</v>
       </c>
     </row>
     <row r="77" spans="1:20">
       <c r="A77" t="s">
         <v>95</v>
       </c>
       <c r="B77" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="D77" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="E77" t="s">
-        <v>289</v>
+        <v>309</v>
       </c>
       <c r="F77" t="s">
-        <v>340</v>
+        <v>372</v>
       </c>
       <c r="G77" t="s">
-        <v>427</v>
+        <v>392</v>
       </c>
       <c r="H77" t="s">
-        <v>449</v>
+        <v>541</v>
       </c>
       <c r="I77" t="s">
-        <v>603</v>
+        <v>633</v>
       </c>
       <c r="J77" t="s">
-        <v>654</v>
+        <v>695</v>
       </c>
       <c r="K77" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L77" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M77" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N77" t="s">
-        <v>679</v>
+        <v>717</v>
       </c>
       <c r="P77" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="S77" t="s">
-        <v>838</v>
+        <v>874</v>
       </c>
       <c r="T77" t="s">
-        <v>923</v>
+        <v>972</v>
       </c>
     </row>
     <row r="78" spans="1:20">
       <c r="A78" t="s">
         <v>96</v>
       </c>
       <c r="B78" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="D78" t="s">
-        <v>223</v>
+        <v>243</v>
       </c>
       <c r="E78" t="s">
-        <v>238</v>
+        <v>310</v>
       </c>
       <c r="F78" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G78" t="s">
-        <v>428</v>
+        <v>451</v>
       </c>
       <c r="H78" t="s">
-        <v>428</v>
+        <v>542</v>
       </c>
       <c r="I78" t="s">
-        <v>604</v>
+        <v>633</v>
       </c>
       <c r="J78" t="s">
-        <v>644</v>
+        <v>695</v>
       </c>
       <c r="K78" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L78" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M78" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N78" t="s">
-        <v>673</v>
+        <v>720</v>
       </c>
       <c r="P78" t="s">
-        <v>732</v>
+        <v>766</v>
+      </c>
+      <c r="S78" t="s">
+        <v>874</v>
       </c>
       <c r="T78" t="s">
-        <v>924</v>
+        <v>972</v>
       </c>
     </row>
     <row r="79" spans="1:20">
       <c r="A79" t="s">
         <v>97</v>
       </c>
       <c r="B79" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="D79" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="E79" t="s">
-        <v>290</v>
+        <v>274</v>
       </c>
       <c r="F79" t="s">
-        <v>346</v>
+        <v>373</v>
       </c>
       <c r="G79" t="s">
-        <v>429</v>
+        <v>392</v>
       </c>
       <c r="H79" t="s">
-        <v>509</v>
+        <v>543</v>
       </c>
       <c r="I79" t="s">
-        <v>601</v>
+        <v>633</v>
       </c>
       <c r="J79" t="s">
-        <v>655</v>
+        <v>695</v>
       </c>
       <c r="K79" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L79" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M79" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N79" t="s">
-        <v>677</v>
+        <v>717</v>
       </c>
       <c r="P79" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>781</v>
+        <v>766</v>
+      </c>
+      <c r="S79" t="s">
+        <v>874</v>
       </c>
       <c r="T79" t="s">
-        <v>925</v>
+        <v>972</v>
       </c>
     </row>
     <row r="80" spans="1:20">
       <c r="A80" t="s">
         <v>98</v>
       </c>
       <c r="B80" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="D80" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="E80" t="s">
-        <v>243</v>
+        <v>299</v>
       </c>
       <c r="F80" t="s">
-        <v>324</v>
+        <v>366</v>
       </c>
       <c r="G80" t="s">
-        <v>430</v>
+        <v>452</v>
       </c>
       <c r="H80" t="s">
-        <v>510</v>
+        <v>452</v>
       </c>
       <c r="I80" t="s">
-        <v>605</v>
+        <v>636</v>
       </c>
       <c r="J80" t="s">
-        <v>651</v>
+        <v>670</v>
       </c>
       <c r="K80" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L80" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M80" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N80" t="s">
-        <v>674</v>
+        <v>716</v>
       </c>
       <c r="P80" t="s">
-        <v>733</v>
+        <v>775</v>
       </c>
       <c r="S80" t="s">
-        <v>839</v>
+        <v>875</v>
+      </c>
+      <c r="T80" t="s">
+        <v>973</v>
       </c>
     </row>
     <row r="81" spans="1:20">
       <c r="A81" t="s">
         <v>99</v>
       </c>
       <c r="B81" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="D81" t="s">
-        <v>222</v>
+        <v>243</v>
       </c>
       <c r="E81" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="F81" t="s">
-        <v>347</v>
+        <v>366</v>
       </c>
       <c r="G81" t="s">
-        <v>362</v>
+        <v>453</v>
       </c>
       <c r="H81" t="s">
-        <v>362</v>
+        <v>453</v>
       </c>
       <c r="I81" t="s">
-        <v>606</v>
+        <v>637</v>
       </c>
       <c r="J81" t="s">
-        <v>656</v>
+        <v>670</v>
       </c>
       <c r="K81" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L81" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M81" t="s">
-        <v>671</v>
+        <v>713</v>
       </c>
       <c r="N81" t="s">
-        <v>680</v>
+        <v>717</v>
       </c>
       <c r="P81" t="s">
-        <v>691</v>
+        <v>774</v>
       </c>
       <c r="S81" t="s">
-        <v>840</v>
+        <v>876</v>
       </c>
       <c r="T81" t="s">
-        <v>926</v>
+        <v>974</v>
       </c>
     </row>
     <row r="82" spans="1:20">
       <c r="A82" t="s">
         <v>100</v>
       </c>
       <c r="B82" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D82" t="s">
-        <v>224</v>
+        <v>243</v>
       </c>
       <c r="E82" t="s">
-        <v>291</v>
+        <v>311</v>
       </c>
       <c r="F82" t="s">
-        <v>321</v>
+        <v>366</v>
       </c>
       <c r="G82" t="s">
-        <v>431</v>
+        <v>454</v>
       </c>
       <c r="H82" t="s">
-        <v>431</v>
+        <v>544</v>
       </c>
       <c r="I82" t="s">
-        <v>607</v>
+        <v>638</v>
       </c>
       <c r="J82" t="s">
-        <v>652</v>
+        <v>670</v>
       </c>
       <c r="K82" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L82" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M82" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N82" t="s">
-        <v>678</v>
+        <v>716</v>
       </c>
       <c r="P82" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>782</v>
+        <v>774</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>805</v>
       </c>
       <c r="S82" t="s">
-        <v>841</v>
+        <v>877</v>
       </c>
       <c r="T82" t="s">
-        <v>927</v>
+        <v>975</v>
       </c>
     </row>
     <row r="83" spans="1:20">
       <c r="A83" t="s">
         <v>101</v>
       </c>
       <c r="B83" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="D83" t="s">
-        <v>222</v>
+        <v>241</v>
       </c>
       <c r="E83" t="s">
-        <v>292</v>
+        <v>265</v>
       </c>
       <c r="F83" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="G83" t="s">
-        <v>432</v>
+        <v>455</v>
       </c>
       <c r="H83" t="s">
-        <v>511</v>
+        <v>455</v>
       </c>
       <c r="I83" t="s">
-        <v>608</v>
+        <v>639</v>
       </c>
       <c r="J83" t="s">
-        <v>657</v>
+        <v>697</v>
       </c>
       <c r="K83" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L83" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M83" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N83" t="s">
-        <v>673</v>
+        <v>714</v>
+      </c>
+      <c r="O83" t="s">
+        <v>725</v>
+      </c>
+      <c r="P83" t="s">
+        <v>737</v>
       </c>
       <c r="S83" t="s">
-        <v>842</v>
+        <v>878</v>
       </c>
       <c r="T83" t="s">
-        <v>928</v>
+        <v>976</v>
       </c>
     </row>
     <row r="84" spans="1:20">
       <c r="A84" t="s">
         <v>102</v>
       </c>
       <c r="B84" t="s">
-        <v>202</v>
+        <v>164</v>
       </c>
       <c r="D84" t="s">
-        <v>222</v>
+        <v>241</v>
       </c>
       <c r="E84" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="F84" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="G84" t="s">
-        <v>362</v>
+        <v>456</v>
       </c>
       <c r="H84" t="s">
-        <v>362</v>
+        <v>463</v>
       </c>
       <c r="I84" t="s">
-        <v>609</v>
+        <v>640</v>
       </c>
       <c r="J84" t="s">
-        <v>658</v>
+        <v>697</v>
       </c>
       <c r="K84" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L84" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M84" t="s">
-        <v>671</v>
+        <v>713</v>
       </c>
       <c r="N84" t="s">
-        <v>680</v>
+        <v>714</v>
       </c>
       <c r="P84" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-        <v>783</v>
+        <v>737</v>
+      </c>
+      <c r="S84" t="s">
+        <v>879</v>
       </c>
       <c r="T84" t="s">
-        <v>929</v>
+        <v>977</v>
       </c>
     </row>
     <row r="85" spans="1:20">
       <c r="A85" t="s">
         <v>103</v>
       </c>
       <c r="B85" t="s">
-        <v>203</v>
+        <v>164</v>
       </c>
       <c r="D85" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="E85" t="s">
-        <v>293</v>
+        <v>270</v>
       </c>
       <c r="F85" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="G85" t="s">
-        <v>362</v>
+        <v>457</v>
       </c>
       <c r="H85" t="s">
-        <v>493</v>
+        <v>511</v>
       </c>
       <c r="I85" t="s">
-        <v>610</v>
+        <v>641</v>
+      </c>
+      <c r="J85" t="s">
+        <v>697</v>
       </c>
       <c r="K85" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L85" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M85" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N85" t="s">
-        <v>677</v>
+        <v>714</v>
       </c>
       <c r="P85" t="s">
-        <v>735</v>
-[...2 lines deleted...]
-        <v>784</v>
+        <v>737</v>
       </c>
       <c r="S85" t="s">
-        <v>843</v>
+        <v>880</v>
       </c>
       <c r="T85" t="s">
-        <v>930</v>
+        <v>978</v>
       </c>
     </row>
     <row r="86" spans="1:20">
       <c r="A86" t="s">
         <v>104</v>
       </c>
       <c r="B86" t="s">
-        <v>145</v>
+        <v>209</v>
       </c>
       <c r="D86" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="E86" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="F86" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="G86" t="s">
-        <v>433</v>
+        <v>458</v>
       </c>
       <c r="H86" t="s">
-        <v>512</v>
+        <v>458</v>
       </c>
       <c r="I86" t="s">
-        <v>581</v>
+        <v>642</v>
       </c>
       <c r="J86" t="s">
-        <v>564</v>
+        <v>670</v>
       </c>
       <c r="K86" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L86" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M86" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N86" t="s">
-        <v>673</v>
+        <v>715</v>
       </c>
       <c r="P86" t="s">
-        <v>691</v>
+        <v>776</v>
       </c>
       <c r="R86" t="s">
-        <v>771</v>
+        <v>826</v>
       </c>
       <c r="T86" t="s">
-        <v>931</v>
+        <v>979</v>
       </c>
     </row>
     <row r="87" spans="1:20">
       <c r="A87" t="s">
         <v>105</v>
       </c>
       <c r="B87" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="D87" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="E87" t="s">
-        <v>294</v>
+        <v>262</v>
       </c>
       <c r="F87" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="G87" t="s">
-        <v>434</v>
+        <v>459</v>
       </c>
       <c r="H87" t="s">
-        <v>513</v>
+        <v>459</v>
       </c>
       <c r="I87" t="s">
-        <v>611</v>
+        <v>589</v>
       </c>
       <c r="J87" t="s">
-        <v>548</v>
+        <v>670</v>
       </c>
       <c r="K87" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L87" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M87" t="s">
-        <v>670</v>
+        <v>711</v>
       </c>
       <c r="N87" t="s">
-        <v>681</v>
+        <v>715</v>
       </c>
       <c r="P87" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>776</v>
+      </c>
+      <c r="S87" t="s">
+        <v>881</v>
       </c>
       <c r="T87" t="s">
-        <v>932</v>
+        <v>980</v>
       </c>
     </row>
     <row r="88" spans="1:20">
       <c r="A88" t="s">
         <v>106</v>
       </c>
       <c r="B88" t="s">
-        <v>145</v>
+        <v>211</v>
       </c>
       <c r="D88" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="E88" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="F88" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="G88" t="s">
-        <v>435</v>
+        <v>460</v>
       </c>
       <c r="H88" t="s">
-        <v>514</v>
+        <v>545</v>
       </c>
       <c r="I88" t="s">
-        <v>612</v>
+        <v>643</v>
       </c>
       <c r="J88" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="K88" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L88" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M88" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N88" t="s">
-        <v>679</v>
+        <v>715</v>
       </c>
       <c r="P88" t="s">
-        <v>691</v>
+        <v>777</v>
+      </c>
+      <c r="R88" t="s">
+        <v>827</v>
       </c>
       <c r="S88" t="s">
-        <v>844</v>
+        <v>882</v>
       </c>
       <c r="T88" t="s">
-        <v>933</v>
+        <v>981</v>
       </c>
     </row>
     <row r="89" spans="1:20">
       <c r="A89" t="s">
         <v>107</v>
       </c>
       <c r="B89" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="D89" t="s">
         <v>235</v>
       </c>
       <c r="E89" t="s">
-        <v>293</v>
+        <v>312</v>
       </c>
       <c r="F89" t="s">
-        <v>351</v>
+        <v>343</v>
       </c>
       <c r="G89" t="s">
-        <v>436</v>
+        <v>461</v>
       </c>
       <c r="H89" t="s">
-        <v>515</v>
+        <v>461</v>
       </c>
       <c r="I89" t="s">
-        <v>610</v>
+        <v>644</v>
+      </c>
+      <c r="J89" t="s">
+        <v>670</v>
       </c>
       <c r="K89" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L89" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M89" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N89" t="s">
-        <v>673</v>
+        <v>717</v>
       </c>
       <c r="P89" t="s">
-        <v>735</v>
-[...2 lines deleted...]
-        <v>786</v>
+        <v>778</v>
+      </c>
+      <c r="S89" t="s">
+        <v>883</v>
       </c>
       <c r="T89" t="s">
-        <v>934</v>
+        <v>982</v>
       </c>
     </row>
     <row r="90" spans="1:20">
       <c r="A90" t="s">
         <v>108</v>
       </c>
       <c r="B90" t="s">
-        <v>205</v>
+        <v>163</v>
       </c>
       <c r="D90" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="E90" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="F90" t="s">
-        <v>350</v>
+        <v>374</v>
       </c>
       <c r="G90" t="s">
-        <v>437</v>
+        <v>392</v>
       </c>
       <c r="H90" t="s">
-        <v>516</v>
+        <v>392</v>
       </c>
       <c r="I90" t="s">
-        <v>611</v>
+        <v>645</v>
       </c>
       <c r="J90" t="s">
-        <v>548</v>
+        <v>674</v>
       </c>
       <c r="K90" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L90" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M90" t="s">
-        <v>671</v>
+        <v>712</v>
       </c>
       <c r="N90" t="s">
-        <v>681</v>
+        <v>718</v>
       </c>
       <c r="P90" t="s">
-        <v>737</v>
-[...5 lines deleted...]
-        <v>787</v>
+        <v>779</v>
       </c>
       <c r="T90" t="s">
-        <v>935</v>
+        <v>983</v>
       </c>
     </row>
     <row r="91" spans="1:20">
       <c r="A91" t="s">
         <v>109</v>
       </c>
       <c r="B91" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="D91" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
       <c r="E91" t="s">
-        <v>295</v>
+        <v>313</v>
       </c>
       <c r="F91" t="s">
-        <v>322</v>
+        <v>356</v>
       </c>
       <c r="G91" t="s">
-        <v>438</v>
+        <v>462</v>
       </c>
       <c r="H91" t="s">
-        <v>517</v>
+        <v>546</v>
       </c>
       <c r="I91" t="s">
-        <v>613</v>
+        <v>646</v>
       </c>
       <c r="J91" t="s">
-        <v>644</v>
+        <v>698</v>
       </c>
       <c r="K91" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L91" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M91" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N91" t="s">
-        <v>673</v>
+        <v>720</v>
       </c>
       <c r="P91" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>788</v>
+        <v>737</v>
+      </c>
+      <c r="S91" t="s">
+        <v>884</v>
       </c>
       <c r="T91" t="s">
-        <v>936</v>
+        <v>984</v>
       </c>
     </row>
     <row r="92" spans="1:20">
       <c r="A92" t="s">
         <v>110</v>
       </c>
       <c r="B92" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="D92" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="E92" t="s">
-        <v>296</v>
+        <v>279</v>
       </c>
       <c r="F92" t="s">
-        <v>324</v>
+        <v>352</v>
       </c>
       <c r="G92" t="s">
-        <v>439</v>
+        <v>463</v>
       </c>
       <c r="H92" t="s">
-        <v>518</v>
+        <v>547</v>
       </c>
       <c r="I92" t="s">
-        <v>612</v>
+        <v>647</v>
       </c>
       <c r="J92" t="s">
-        <v>638</v>
+        <v>699</v>
       </c>
       <c r="K92" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L92" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M92" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N92" t="s">
-        <v>677</v>
+        <v>714</v>
       </c>
       <c r="P92" t="s">
-        <v>689</v>
+        <v>737</v>
+      </c>
+      <c r="S92" t="s">
+        <v>885</v>
       </c>
       <c r="T92" t="s">
-        <v>937</v>
+        <v>985</v>
       </c>
     </row>
     <row r="93" spans="1:20">
       <c r="A93" t="s">
         <v>111</v>
       </c>
       <c r="B93" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="D93" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="E93" t="s">
-        <v>297</v>
+        <v>279</v>
       </c>
       <c r="F93" t="s">
-        <v>325</v>
+        <v>352</v>
       </c>
       <c r="G93" t="s">
-        <v>440</v>
+        <v>463</v>
       </c>
       <c r="H93" t="s">
-        <v>519</v>
+        <v>547</v>
       </c>
       <c r="I93" t="s">
-        <v>612</v>
+        <v>647</v>
       </c>
       <c r="J93" t="s">
-        <v>638</v>
+        <v>699</v>
       </c>
       <c r="K93" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L93" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M93" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N93" t="s">
-        <v>677</v>
+        <v>714</v>
       </c>
       <c r="P93" t="s">
-        <v>689</v>
+        <v>780</v>
+      </c>
+      <c r="R93" t="s">
+        <v>809</v>
+      </c>
+      <c r="S93" t="s">
+        <v>886</v>
       </c>
       <c r="T93" t="s">
-        <v>937</v>
+        <v>986</v>
       </c>
     </row>
     <row r="94" spans="1:20">
       <c r="A94" t="s">
         <v>112</v>
       </c>
       <c r="B94" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="D94" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="E94" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="F94" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="G94" t="s">
-        <v>441</v>
+        <v>464</v>
       </c>
       <c r="H94" t="s">
-        <v>520</v>
+        <v>548</v>
       </c>
       <c r="I94" t="s">
-        <v>612</v>
+        <v>637</v>
       </c>
       <c r="J94" t="s">
-        <v>638</v>
+        <v>672</v>
       </c>
       <c r="K94" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L94" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M94" t="s">
-        <v>670</v>
+        <v>711</v>
       </c>
       <c r="N94" t="s">
-        <v>679</v>
+        <v>721</v>
       </c>
       <c r="P94" t="s">
-        <v>689</v>
+        <v>781</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>799</v>
+      </c>
+      <c r="R94" t="s">
+        <v>799</v>
+      </c>
+      <c r="S94" t="s">
+        <v>887</v>
       </c>
       <c r="T94" t="s">
-        <v>937</v>
+        <v>987</v>
       </c>
     </row>
     <row r="95" spans="1:20">
       <c r="A95" t="s">
         <v>113</v>
       </c>
       <c r="B95" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="D95" t="s">
-        <v>231</v>
+        <v>246</v>
       </c>
       <c r="E95" t="s">
-        <v>299</v>
+        <v>314</v>
       </c>
       <c r="F95" t="s">
-        <v>353</v>
+        <v>375</v>
       </c>
       <c r="G95" t="s">
-        <v>442</v>
+        <v>465</v>
       </c>
       <c r="H95" t="s">
-        <v>442</v>
+        <v>400</v>
       </c>
       <c r="I95" t="s">
-        <v>577</v>
+        <v>648</v>
       </c>
       <c r="J95" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
       <c r="K95" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L95" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M95" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N95" t="s">
-        <v>676</v>
+        <v>714</v>
       </c>
       <c r="P95" t="s">
-        <v>708</v>
+        <v>782</v>
+      </c>
+      <c r="R95" t="s">
+        <v>828</v>
       </c>
       <c r="T95" t="s">
-        <v>938</v>
+        <v>988</v>
       </c>
     </row>
     <row r="96" spans="1:20">
       <c r="A96" t="s">
         <v>114</v>
       </c>
       <c r="B96" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D96" t="s">
-        <v>222</v>
+        <v>235</v>
       </c>
       <c r="E96" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="F96" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="G96" t="s">
-        <v>443</v>
+        <v>466</v>
       </c>
       <c r="H96" t="s">
-        <v>521</v>
+        <v>466</v>
       </c>
       <c r="I96" t="s">
-        <v>614</v>
+        <v>589</v>
       </c>
       <c r="J96" t="s">
-        <v>660</v>
+        <v>692</v>
       </c>
       <c r="K96" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L96" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M96" t="s">
-        <v>670</v>
+        <v>712</v>
       </c>
       <c r="N96" t="s">
-        <v>677</v>
+        <v>716</v>
       </c>
       <c r="P96" t="s">
-        <v>689</v>
+        <v>757</v>
+      </c>
+      <c r="S96" t="s">
+        <v>888</v>
       </c>
       <c r="T96" t="s">
-        <v>939</v>
+        <v>989</v>
       </c>
     </row>
     <row r="97" spans="1:20">
       <c r="A97" t="s">
         <v>115</v>
       </c>
       <c r="B97" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="D97" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="E97" t="s">
-        <v>301</v>
+        <v>276</v>
       </c>
       <c r="F97" t="s">
-        <v>337</v>
+        <v>376</v>
       </c>
       <c r="G97" t="s">
-        <v>444</v>
+        <v>467</v>
       </c>
       <c r="H97" t="s">
-        <v>522</v>
+        <v>467</v>
       </c>
       <c r="I97" t="s">
-        <v>615</v>
+        <v>649</v>
       </c>
       <c r="J97" t="s">
-        <v>634</v>
+        <v>670</v>
       </c>
       <c r="K97" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L97" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M97" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N97" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>716</v>
       </c>
       <c r="P97" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-        <v>845</v>
+        <v>764</v>
       </c>
       <c r="T97" t="s">
-        <v>940</v>
+        <v>990</v>
       </c>
     </row>
     <row r="98" spans="1:20">
       <c r="A98" t="s">
         <v>116</v>
       </c>
       <c r="B98" t="s">
-        <v>200</v>
+        <v>217</v>
       </c>
       <c r="D98" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="E98" t="s">
-        <v>302</v>
+        <v>261</v>
       </c>
       <c r="F98" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="G98" t="s">
-        <v>362</v>
+        <v>468</v>
       </c>
       <c r="H98" t="s">
-        <v>362</v>
+        <v>468</v>
       </c>
       <c r="I98" t="s">
-        <v>616</v>
+        <v>650</v>
       </c>
       <c r="J98" t="s">
-        <v>661</v>
+        <v>674</v>
       </c>
       <c r="K98" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L98" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M98" t="s">
-        <v>671</v>
+        <v>713</v>
       </c>
       <c r="N98" t="s">
-        <v>680</v>
+        <v>720</v>
       </c>
       <c r="P98" t="s">
-        <v>740</v>
+        <v>783</v>
       </c>
       <c r="T98" t="s">
-        <v>941</v>
+        <v>991</v>
       </c>
     </row>
     <row r="99" spans="1:20">
       <c r="A99" t="s">
         <v>117</v>
       </c>
       <c r="B99" t="s">
-        <v>211</v>
+        <v>154</v>
       </c>
       <c r="D99" t="s">
-        <v>233</v>
+        <v>249</v>
       </c>
       <c r="E99" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
       <c r="F99" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="G99" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="H99" t="s">
-        <v>523</v>
+        <v>549</v>
       </c>
       <c r="I99" t="s">
-        <v>617</v>
+        <v>649</v>
       </c>
       <c r="J99" t="s">
-        <v>641</v>
+        <v>700</v>
       </c>
       <c r="K99" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L99" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M99" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N99" t="s">
-        <v>673</v>
+        <v>716</v>
       </c>
       <c r="P99" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>735</v>
+      </c>
+      <c r="R99" t="s">
+        <v>829</v>
       </c>
       <c r="T99" t="s">
-        <v>942</v>
+        <v>992</v>
       </c>
     </row>
     <row r="100" spans="1:20">
       <c r="A100" t="s">
         <v>118</v>
       </c>
       <c r="B100" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="D100" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="E100" t="s">
-        <v>304</v>
+        <v>271</v>
       </c>
       <c r="F100" t="s">
-        <v>344</v>
+        <v>365</v>
       </c>
       <c r="G100" t="s">
-        <v>446</v>
+        <v>424</v>
       </c>
       <c r="H100" t="s">
-        <v>524</v>
+        <v>550</v>
       </c>
       <c r="I100" t="s">
-        <v>618</v>
+        <v>651</v>
       </c>
       <c r="J100" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="K100" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L100" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M100" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N100" t="s">
-        <v>677</v>
+        <v>717</v>
       </c>
       <c r="P100" t="s">
-        <v>742</v>
-[...5 lines deleted...]
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="S100" t="s">
-        <v>847</v>
-[...2 lines deleted...]
-        <v>943</v>
+        <v>889</v>
       </c>
     </row>
     <row r="101" spans="1:20">
       <c r="A101" t="s">
         <v>119</v>
       </c>
       <c r="B101" t="s">
-        <v>196</v>
+        <v>164</v>
       </c>
       <c r="D101" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="E101" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="F101" t="s">
-        <v>322</v>
+        <v>352</v>
       </c>
       <c r="G101" t="s">
-        <v>447</v>
+        <v>470</v>
       </c>
       <c r="H101" t="s">
-        <v>525</v>
+        <v>551</v>
       </c>
       <c r="I101" t="s">
-        <v>619</v>
+        <v>652</v>
       </c>
       <c r="J101" t="s">
-        <v>632</v>
+        <v>701</v>
       </c>
       <c r="K101" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L101" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M101" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N101" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>720</v>
       </c>
       <c r="S101" t="s">
-        <v>848</v>
+        <v>890</v>
       </c>
       <c r="T101" t="s">
-        <v>944</v>
+        <v>993</v>
       </c>
     </row>
     <row r="102" spans="1:20">
       <c r="A102" t="s">
         <v>120</v>
       </c>
       <c r="B102" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="D102" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="E102" t="s">
-        <v>306</v>
+        <v>294</v>
       </c>
       <c r="F102" t="s">
-        <v>357</v>
+        <v>377</v>
       </c>
       <c r="G102" t="s">
-        <v>448</v>
+        <v>392</v>
       </c>
       <c r="H102" t="s">
-        <v>526</v>
+        <v>552</v>
       </c>
       <c r="I102" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>632</v>
+        <v>615</v>
       </c>
       <c r="K102" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L102" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M102" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N102" t="s">
-        <v>679</v>
+        <v>716</v>
       </c>
       <c r="P102" t="s">
-        <v>743</v>
-[...2 lines deleted...]
-        <v>758</v>
+        <v>760</v>
+      </c>
+      <c r="R102" t="s">
+        <v>830</v>
       </c>
       <c r="S102" t="s">
-        <v>849</v>
+        <v>891</v>
       </c>
       <c r="T102" t="s">
-        <v>945</v>
+        <v>994</v>
       </c>
     </row>
     <row r="103" spans="1:20">
       <c r="A103" t="s">
         <v>121</v>
       </c>
       <c r="B103" t="s">
-        <v>196</v>
+        <v>164</v>
       </c>
       <c r="D103" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="E103" t="s">
-        <v>307</v>
+        <v>279</v>
       </c>
       <c r="F103" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="G103" t="s">
-        <v>449</v>
+        <v>471</v>
       </c>
       <c r="H103" t="s">
-        <v>527</v>
+        <v>553</v>
       </c>
       <c r="I103" t="s">
-        <v>603</v>
+        <v>653</v>
       </c>
       <c r="J103" t="s">
-        <v>654</v>
+        <v>702</v>
       </c>
       <c r="K103" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L103" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M103" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N103" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
       <c r="P103" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-        <v>760</v>
+        <v>737</v>
       </c>
       <c r="S103" t="s">
-        <v>850</v>
+        <v>892</v>
       </c>
       <c r="T103" t="s">
-        <v>923</v>
+        <v>995</v>
       </c>
     </row>
     <row r="104" spans="1:20">
       <c r="A104" t="s">
         <v>122</v>
       </c>
       <c r="B104" t="s">
-        <v>196</v>
+        <v>219</v>
       </c>
       <c r="D104" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="E104" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="F104" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="G104" t="s">
-        <v>450</v>
+        <v>472</v>
       </c>
       <c r="H104" t="s">
-        <v>528</v>
+        <v>554</v>
       </c>
       <c r="I104" t="s">
-        <v>603</v>
+        <v>654</v>
       </c>
       <c r="J104" t="s">
-        <v>654</v>
+        <v>674</v>
       </c>
       <c r="K104" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L104" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M104" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N104" t="s">
-        <v>679</v>
+        <v>720</v>
       </c>
       <c r="P104" t="s">
-        <v>731</v>
-[...5 lines deleted...]
-        <v>850</v>
+        <v>785</v>
+      </c>
+      <c r="R104" t="s">
+        <v>818</v>
       </c>
       <c r="T104" t="s">
-        <v>923</v>
+        <v>996</v>
       </c>
     </row>
     <row r="105" spans="1:20">
       <c r="A105" t="s">
         <v>123</v>
       </c>
       <c r="B105" t="s">
-        <v>196</v>
+        <v>220</v>
       </c>
       <c r="D105" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="E105" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="F105" t="s">
-        <v>340</v>
+        <v>365</v>
       </c>
       <c r="G105" t="s">
-        <v>451</v>
+        <v>434</v>
       </c>
       <c r="H105" t="s">
         <v>529</v>
       </c>
       <c r="I105" t="s">
-        <v>603</v>
+        <v>653</v>
       </c>
       <c r="J105" t="s">
-        <v>654</v>
+        <v>670</v>
       </c>
       <c r="K105" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L105" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M105" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N105" t="s">
-        <v>679</v>
+        <v>716</v>
       </c>
       <c r="P105" t="s">
-        <v>731</v>
-[...5 lines deleted...]
-        <v>850</v>
+        <v>764</v>
       </c>
       <c r="T105" t="s">
-        <v>923</v>
+        <v>997</v>
       </c>
     </row>
     <row r="106" spans="1:20">
       <c r="A106" t="s">
         <v>124</v>
       </c>
       <c r="B106" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="D106" t="s">
-        <v>222</v>
+        <v>242</v>
       </c>
       <c r="E106" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="F106" t="s">
-        <v>323</v>
+        <v>366</v>
       </c>
       <c r="G106" t="s">
-        <v>452</v>
+        <v>435</v>
       </c>
       <c r="H106" t="s">
         <v>530</v>
       </c>
       <c r="I106" t="s">
-        <v>620</v>
+        <v>653</v>
       </c>
       <c r="J106" t="s">
-        <v>632</v>
+        <v>670</v>
       </c>
       <c r="K106" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L106" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M106" t="s">
-        <v>670</v>
+        <v>713</v>
       </c>
       <c r="N106" t="s">
-        <v>677</v>
+        <v>716</v>
       </c>
       <c r="P106" t="s">
-        <v>744</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>764</v>
       </c>
       <c r="T106" t="s">
-        <v>946</v>
+        <v>997</v>
       </c>
     </row>
     <row r="107" spans="1:20">
       <c r="A107" t="s">
         <v>125</v>
       </c>
       <c r="B107" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="D107" t="s">
-        <v>224</v>
+        <v>242</v>
       </c>
       <c r="E107" t="s">
-        <v>250</v>
+        <v>321</v>
       </c>
       <c r="F107" t="s">
-        <v>321</v>
+        <v>378</v>
       </c>
       <c r="G107" t="s">
-        <v>453</v>
+        <v>473</v>
       </c>
       <c r="H107" t="s">
-        <v>531</v>
+        <v>555</v>
       </c>
       <c r="I107" t="s">
-        <v>621</v>
+        <v>653</v>
       </c>
       <c r="J107" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="K107" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L107" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M107" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N107" t="s">
-        <v>678</v>
+        <v>714</v>
       </c>
       <c r="P107" t="s">
-        <v>745</v>
+        <v>764</v>
       </c>
       <c r="T107" t="s">
-        <v>947</v>
+        <v>997</v>
       </c>
     </row>
     <row r="108" spans="1:20">
       <c r="A108" t="s">
         <v>126</v>
       </c>
       <c r="B108" t="s">
-        <v>183</v>
+        <v>221</v>
       </c>
       <c r="D108" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="E108" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="F108" t="s">
-        <v>336</v>
+        <v>379</v>
       </c>
       <c r="G108" t="s">
-        <v>454</v>
+        <v>474</v>
       </c>
       <c r="H108" t="s">
-        <v>532</v>
+        <v>474</v>
       </c>
       <c r="I108" t="s">
-        <v>622</v>
+        <v>639</v>
       </c>
       <c r="J108" t="s">
-        <v>664</v>
+        <v>588</v>
       </c>
       <c r="K108" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L108" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M108" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N108" t="s">
-        <v>676</v>
+        <v>721</v>
       </c>
       <c r="P108" t="s">
-        <v>691</v>
+        <v>741</v>
       </c>
       <c r="T108" t="s">
-        <v>948</v>
+        <v>998</v>
       </c>
     </row>
     <row r="109" spans="1:20">
       <c r="A109" t="s">
         <v>127</v>
       </c>
       <c r="B109" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="D109" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E109" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="F109" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="G109" t="s">
-        <v>455</v>
+        <v>475</v>
       </c>
       <c r="H109" t="s">
-        <v>533</v>
+        <v>556</v>
       </c>
       <c r="I109" t="s">
-        <v>623</v>
+        <v>655</v>
       </c>
       <c r="J109" t="s">
-        <v>658</v>
+        <v>703</v>
       </c>
       <c r="K109" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L109" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M109" t="s">
-        <v>670</v>
+        <v>711</v>
       </c>
       <c r="N109" t="s">
-        <v>676</v>
+        <v>716</v>
       </c>
       <c r="P109" t="s">
-        <v>708</v>
+        <v>764</v>
       </c>
       <c r="T109" t="s">
-        <v>949</v>
+        <v>999</v>
       </c>
     </row>
     <row r="110" spans="1:20">
       <c r="A110" t="s">
         <v>128</v>
       </c>
       <c r="B110" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="D110" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="E110" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
       <c r="F110" t="s">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="G110" t="s">
-        <v>456</v>
+        <v>476</v>
       </c>
       <c r="H110" t="s">
-        <v>534</v>
+        <v>557</v>
       </c>
       <c r="I110" t="s">
-        <v>623</v>
+        <v>656</v>
       </c>
       <c r="J110" t="s">
-        <v>658</v>
+        <v>695</v>
       </c>
       <c r="K110" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L110" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M110" t="s">
-        <v>670</v>
+        <v>711</v>
       </c>
       <c r="N110" t="s">
-        <v>674</v>
+        <v>717</v>
+      </c>
+      <c r="O110" t="s">
+        <v>726</v>
       </c>
       <c r="P110" t="s">
-        <v>708</v>
+        <v>786</v>
+      </c>
+      <c r="S110" t="s">
+        <v>893</v>
       </c>
       <c r="T110" t="s">
-        <v>950</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="111" spans="1:20">
       <c r="A111" t="s">
         <v>129</v>
       </c>
       <c r="B111" t="s">
-        <v>216</v>
+        <v>182</v>
       </c>
       <c r="D111" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="E111" t="s">
-        <v>314</v>
+        <v>325</v>
       </c>
       <c r="F111" t="s">
-        <v>359</v>
+        <v>380</v>
       </c>
       <c r="G111" t="s">
-        <v>457</v>
+        <v>392</v>
       </c>
       <c r="H111" t="s">
-        <v>535</v>
+        <v>392</v>
       </c>
       <c r="I111" t="s">
-        <v>624</v>
+        <v>657</v>
       </c>
       <c r="J111" t="s">
-        <v>648</v>
+        <v>704</v>
       </c>
       <c r="K111" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L111" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M111" t="s">
-        <v>670</v>
+        <v>712</v>
       </c>
       <c r="N111" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>852</v>
+        <v>718</v>
+      </c>
+      <c r="P111" t="s">
+        <v>787</v>
       </c>
       <c r="T111" t="s">
-        <v>951</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="112" spans="1:20">
       <c r="A112" t="s">
         <v>130</v>
       </c>
       <c r="B112" t="s">
-        <v>173</v>
+        <v>224</v>
       </c>
       <c r="D112" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="E112" t="s">
-        <v>302</v>
+        <v>326</v>
       </c>
       <c r="F112" t="s">
-        <v>322</v>
+        <v>376</v>
       </c>
       <c r="G112" t="s">
-        <v>458</v>
+        <v>477</v>
       </c>
       <c r="H112" t="s">
-        <v>458</v>
+        <v>558</v>
       </c>
       <c r="I112" t="s">
-        <v>625</v>
+        <v>658</v>
       </c>
       <c r="J112" t="s">
-        <v>644</v>
+        <v>683</v>
       </c>
       <c r="K112" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L112" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M112" t="s">
-        <v>671</v>
+        <v>711</v>
       </c>
       <c r="N112" t="s">
-        <v>673</v>
+        <v>716</v>
       </c>
       <c r="P112" t="s">
-        <v>746</v>
+        <v>788</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>796</v>
       </c>
       <c r="R112" t="s">
-        <v>789</v>
+        <v>809</v>
+      </c>
+      <c r="S112" t="s">
+        <v>894</v>
       </c>
       <c r="T112" t="s">
-        <v>952</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="113" spans="1:20">
       <c r="A113" t="s">
         <v>131</v>
       </c>
       <c r="B113" t="s">
-        <v>217</v>
+        <v>156</v>
       </c>
       <c r="D113" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="E113" t="s">
-        <v>249</v>
+        <v>327</v>
       </c>
       <c r="F113" t="s">
-        <v>322</v>
+        <v>340</v>
       </c>
       <c r="G113" t="s">
-        <v>459</v>
+        <v>478</v>
       </c>
       <c r="H113" t="s">
-        <v>459</v>
+        <v>559</v>
       </c>
       <c r="I113" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="J113" t="s">
-        <v>644</v>
+        <v>687</v>
       </c>
       <c r="K113" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L113" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M113" t="s">
-        <v>671</v>
+        <v>713</v>
       </c>
       <c r="N113" t="s">
-        <v>676</v>
+        <v>714</v>
       </c>
       <c r="P113" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-        <v>790</v>
+        <v>752</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>802</v>
+      </c>
+      <c r="S113" t="s">
+        <v>895</v>
       </c>
       <c r="T113" t="s">
-        <v>953</v>
+        <v>941</v>
       </c>
     </row>
     <row r="114" spans="1:20">
       <c r="A114" t="s">
         <v>132</v>
       </c>
       <c r="B114" t="s">
-        <v>218</v>
+        <v>156</v>
       </c>
       <c r="D114" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E114" t="s">
-        <v>313</v>
+        <v>328</v>
       </c>
       <c r="F114" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="G114" t="s">
-        <v>460</v>
+        <v>479</v>
       </c>
       <c r="H114" t="s">
-        <v>460</v>
+        <v>560</v>
       </c>
       <c r="I114" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="J114" t="s">
-        <v>665</v>
+        <v>687</v>
       </c>
       <c r="K114" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L114" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M114" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N114" t="s">
-        <v>676</v>
+        <v>714</v>
       </c>
       <c r="P114" t="s">
-        <v>748</v>
+        <v>752</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>802</v>
+      </c>
+      <c r="S114" t="s">
+        <v>895</v>
       </c>
       <c r="T114" t="s">
-        <v>954</v>
+        <v>941</v>
       </c>
     </row>
     <row r="115" spans="1:20">
       <c r="A115" t="s">
         <v>133</v>
       </c>
       <c r="B115" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="D115" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="E115" t="s">
-        <v>264</v>
+        <v>329</v>
       </c>
       <c r="F115" t="s">
-        <v>325</v>
+        <v>340</v>
       </c>
       <c r="G115" t="s">
-        <v>461</v>
+        <v>480</v>
       </c>
       <c r="H115" t="s">
-        <v>461</v>
+        <v>561</v>
       </c>
       <c r="I115" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="J115" t="s">
-        <v>641</v>
+        <v>687</v>
       </c>
       <c r="K115" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L115" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M115" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N115" t="s">
-        <v>674</v>
+        <v>714</v>
       </c>
       <c r="P115" t="s">
-        <v>749</v>
+        <v>752</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>802</v>
+      </c>
+      <c r="S115" t="s">
+        <v>895</v>
       </c>
       <c r="T115" t="s">
-        <v>955</v>
+        <v>941</v>
       </c>
     </row>
     <row r="116" spans="1:20">
       <c r="A116" t="s">
         <v>134</v>
       </c>
       <c r="B116" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="D116" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="E116" t="s">
-        <v>250</v>
+        <v>330</v>
       </c>
       <c r="F116" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="G116" t="s">
-        <v>462</v>
+        <v>481</v>
       </c>
       <c r="H116" t="s">
-        <v>462</v>
+        <v>562</v>
       </c>
       <c r="I116" t="s">
-        <v>626</v>
+        <v>659</v>
       </c>
       <c r="J116" t="s">
-        <v>652</v>
+        <v>588</v>
       </c>
       <c r="K116" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L116" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M116" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N116" t="s">
-        <v>681</v>
+        <v>716</v>
       </c>
       <c r="P116" t="s">
-        <v>750</v>
+        <v>736</v>
+      </c>
+      <c r="S116" t="s">
+        <v>896</v>
       </c>
       <c r="T116" t="s">
-        <v>956</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="117" spans="1:20">
       <c r="A117" t="s">
         <v>135</v>
       </c>
       <c r="B117" t="s">
-        <v>196</v>
+        <v>225</v>
       </c>
       <c r="D117" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="E117" t="s">
-        <v>315</v>
+        <v>286</v>
       </c>
       <c r="F117" t="s">
-        <v>322</v>
+        <v>347</v>
       </c>
       <c r="G117" t="s">
-        <v>463</v>
+        <v>482</v>
       </c>
       <c r="H117" t="s">
-        <v>536</v>
+        <v>563</v>
       </c>
       <c r="I117" t="s">
-        <v>627</v>
+        <v>660</v>
       </c>
       <c r="J117" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="K117" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L117" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M117" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N117" t="s">
-        <v>679</v>
+        <v>719</v>
       </c>
       <c r="P117" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-        <v>853</v>
+        <v>789</v>
       </c>
       <c r="T117" t="s">
-        <v>957</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="118" spans="1:20">
       <c r="A118" t="s">
         <v>136</v>
       </c>
       <c r="B118" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="D118" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
       <c r="E118" t="s">
-        <v>249</v>
+        <v>331</v>
       </c>
       <c r="F118" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="G118" t="s">
-        <v>362</v>
+        <v>483</v>
       </c>
       <c r="H118" t="s">
-        <v>537</v>
+        <v>564</v>
       </c>
       <c r="I118" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="J118" t="s">
-        <v>666</v>
+        <v>705</v>
       </c>
       <c r="K118" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L118" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M118" t="s">
-        <v>672</v>
+        <v>713</v>
       </c>
       <c r="N118" t="s">
-        <v>676</v>
+        <v>721</v>
       </c>
       <c r="P118" t="s">
-        <v>750</v>
+        <v>737</v>
       </c>
       <c r="T118" t="s">
-        <v>958</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="119" spans="1:20">
       <c r="A119" t="s">
         <v>137</v>
       </c>
       <c r="B119" t="s">
-        <v>196</v>
+        <v>226</v>
       </c>
       <c r="D119" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
       <c r="E119" t="s">
-        <v>302</v>
+        <v>332</v>
       </c>
       <c r="F119" t="s">
-        <v>346</v>
+        <v>379</v>
       </c>
       <c r="G119" t="s">
-        <v>464</v>
+        <v>484</v>
       </c>
       <c r="H119" t="s">
-        <v>538</v>
+        <v>565</v>
       </c>
       <c r="I119" t="s">
-        <v>628</v>
+        <v>661</v>
       </c>
       <c r="J119" t="s">
-        <v>666</v>
+        <v>706</v>
       </c>
       <c r="K119" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L119" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M119" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N119" t="s">
-        <v>674</v>
+        <v>721</v>
       </c>
       <c r="P119" t="s">
-        <v>751</v>
+        <v>741</v>
       </c>
       <c r="T119" t="s">
-        <v>959</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="120" spans="1:20">
       <c r="A120" t="s">
         <v>138</v>
       </c>
       <c r="B120" t="s">
-        <v>196</v>
+        <v>227</v>
       </c>
       <c r="D120" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
       <c r="E120" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="F120" t="s">
-        <v>326</v>
+        <v>381</v>
       </c>
       <c r="G120" t="s">
-        <v>465</v>
+        <v>485</v>
       </c>
       <c r="H120" t="s">
-        <v>539</v>
+        <v>566</v>
       </c>
       <c r="I120" t="s">
-        <v>628</v>
+        <v>661</v>
       </c>
       <c r="J120" t="s">
-        <v>666</v>
+        <v>706</v>
       </c>
       <c r="K120" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L120" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M120" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="N120" t="s">
-        <v>679</v>
+        <v>717</v>
       </c>
       <c r="P120" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-        <v>854</v>
+        <v>741</v>
       </c>
       <c r="T120" t="s">
-        <v>960</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="121" spans="1:20">
       <c r="A121" t="s">
         <v>139</v>
       </c>
       <c r="B121" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="D121" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="E121" t="s">
-        <v>243</v>
+        <v>334</v>
       </c>
       <c r="F121" t="s">
-        <v>324</v>
+        <v>382</v>
       </c>
       <c r="G121" t="s">
-        <v>466</v>
+        <v>486</v>
       </c>
       <c r="H121" t="s">
-        <v>466</v>
+        <v>567</v>
       </c>
       <c r="I121" t="s">
-        <v>595</v>
+        <v>662</v>
       </c>
       <c r="J121" t="s">
-        <v>667</v>
+        <v>686</v>
       </c>
       <c r="K121" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L121" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M121" t="s">
-        <v>671</v>
+        <v>711</v>
       </c>
       <c r="N121" t="s">
-        <v>674</v>
-[...5 lines deleted...]
-        <v>762</v>
+        <v>714</v>
       </c>
       <c r="S121" t="s">
-        <v>855</v>
+        <v>897</v>
       </c>
       <c r="T121" t="s">
-        <v>961</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="122" spans="1:20">
       <c r="A122" t="s">
         <v>140</v>
       </c>
       <c r="B122" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="D122" t="s">
-        <v>225</v>
+        <v>245</v>
       </c>
       <c r="E122" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="F122" t="s">
-        <v>322</v>
+        <v>344</v>
       </c>
       <c r="G122" t="s">
-        <v>467</v>
+        <v>487</v>
       </c>
       <c r="H122" t="s">
-        <v>540</v>
+        <v>487</v>
       </c>
       <c r="I122" t="s">
-        <v>629</v>
+        <v>663</v>
       </c>
       <c r="J122" t="s">
-        <v>644</v>
+        <v>674</v>
       </c>
       <c r="K122" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L122" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M122" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N122" t="s">
-        <v>673</v>
+        <v>720</v>
       </c>
       <c r="P122" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>790</v>
       </c>
       <c r="R122" t="s">
-        <v>791</v>
+        <v>831</v>
       </c>
       <c r="T122" t="s">
-        <v>962</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="123" spans="1:20">
       <c r="A123" t="s">
         <v>141</v>
       </c>
       <c r="B123" t="s">
-        <v>196</v>
+        <v>229</v>
       </c>
       <c r="D123" t="s">
-        <v>225</v>
+        <v>245</v>
       </c>
       <c r="E123" t="s">
-        <v>317</v>
+        <v>305</v>
       </c>
       <c r="F123" t="s">
-        <v>322</v>
+        <v>344</v>
       </c>
       <c r="G123" t="s">
-        <v>468</v>
+        <v>488</v>
       </c>
       <c r="H123" t="s">
-        <v>541</v>
+        <v>488</v>
       </c>
       <c r="I123" t="s">
-        <v>630</v>
+        <v>663</v>
       </c>
       <c r="J123" t="s">
-        <v>638</v>
+        <v>674</v>
       </c>
       <c r="K123" t="s">
-        <v>668</v>
+        <v>709</v>
       </c>
       <c r="L123" t="s">
-        <v>669</v>
+        <v>710</v>
       </c>
       <c r="M123" t="s">
-        <v>672</v>
+        <v>712</v>
       </c>
       <c r="N123" t="s">
-        <v>676</v>
+        <v>721</v>
       </c>
       <c r="P123" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>791</v>
       </c>
       <c r="R123" t="s">
-        <v>763</v>
-[...2 lines deleted...]
-        <v>856</v>
+        <v>832</v>
       </c>
       <c r="T123" t="s">
-        <v>963</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="124" spans="1:20">
       <c r="A124" t="s">
         <v>142</v>
       </c>
       <c r="B124" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="D124" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
       <c r="E124" t="s">
-        <v>318</v>
+        <v>333</v>
       </c>
       <c r="F124" t="s">
-        <v>322</v>
+        <v>356</v>
       </c>
       <c r="G124" t="s">
-        <v>469</v>
+        <v>489</v>
       </c>
       <c r="H124" t="s">
-        <v>542</v>
+        <v>489</v>
       </c>
       <c r="I124" t="s">
-        <v>631</v>
+        <v>663</v>
       </c>
       <c r="J124" t="s">
-        <v>651</v>
+        <v>707</v>
       </c>
       <c r="K124" t="s">
+        <v>709</v>
+      </c>
+      <c r="L124" t="s">
+        <v>710</v>
+      </c>
+      <c r="M124" t="s">
+        <v>713</v>
+      </c>
+      <c r="N124" t="s">
+        <v>721</v>
+      </c>
+      <c r="P124" t="s">
+        <v>792</v>
+      </c>
+      <c r="T124" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="125" spans="1:20">
+      <c r="A125" t="s">
+        <v>143</v>
+      </c>
+      <c r="B125" t="s">
+        <v>156</v>
+      </c>
+      <c r="D125" t="s">
+        <v>245</v>
+      </c>
+      <c r="E125" t="s">
+        <v>335</v>
+      </c>
+      <c r="F125" t="s">
+        <v>344</v>
+      </c>
+      <c r="G125" t="s">
+        <v>490</v>
+      </c>
+      <c r="H125" t="s">
+        <v>568</v>
+      </c>
+      <c r="I125" t="s">
+        <v>664</v>
+      </c>
+      <c r="J125" t="s">
+        <v>690</v>
+      </c>
+      <c r="K125" t="s">
+        <v>709</v>
+      </c>
+      <c r="L125" t="s">
+        <v>710</v>
+      </c>
+      <c r="M125" t="s">
+        <v>713</v>
+      </c>
+      <c r="N125" t="s">
+        <v>714</v>
+      </c>
+      <c r="P125" t="s">
+        <v>793</v>
+      </c>
+      <c r="S125" t="s">
+        <v>898</v>
+      </c>
+      <c r="T125" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="126" spans="1:20">
+      <c r="A126" t="s">
+        <v>144</v>
+      </c>
+      <c r="B126" t="s">
+        <v>230</v>
+      </c>
+      <c r="D126" t="s">
+        <v>245</v>
+      </c>
+      <c r="E126" t="s">
+        <v>305</v>
+      </c>
+      <c r="F126" t="s">
+        <v>383</v>
+      </c>
+      <c r="G126" t="s">
+        <v>392</v>
+      </c>
+      <c r="H126" t="s">
+        <v>569</v>
+      </c>
+      <c r="I126" t="s">
+        <v>665</v>
+      </c>
+      <c r="J126" t="s">
+        <v>690</v>
+      </c>
+      <c r="K126" t="s">
+        <v>709</v>
+      </c>
+      <c r="L126" t="s">
+        <v>710</v>
+      </c>
+      <c r="M126" t="s">
+        <v>713</v>
+      </c>
+      <c r="N126" t="s">
+        <v>721</v>
+      </c>
+      <c r="P126" t="s">
+        <v>763</v>
+      </c>
+      <c r="T126" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="127" spans="1:20">
+      <c r="A127" t="s">
+        <v>145</v>
+      </c>
+      <c r="B127" t="s">
+        <v>156</v>
+      </c>
+      <c r="D127" t="s">
+        <v>245</v>
+      </c>
+      <c r="E127" t="s">
+        <v>325</v>
+      </c>
+      <c r="F127" t="s">
+        <v>360</v>
+      </c>
+      <c r="G127" t="s">
+        <v>491</v>
+      </c>
+      <c r="H127" t="s">
+        <v>570</v>
+      </c>
+      <c r="I127" t="s">
+        <v>665</v>
+      </c>
+      <c r="J127" t="s">
+        <v>690</v>
+      </c>
+      <c r="K127" t="s">
+        <v>709</v>
+      </c>
+      <c r="L127" t="s">
+        <v>710</v>
+      </c>
+      <c r="M127" t="s">
+        <v>713</v>
+      </c>
+      <c r="N127" t="s">
+        <v>717</v>
+      </c>
+      <c r="P127" t="s">
+        <v>793</v>
+      </c>
+      <c r="T127" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="128" spans="1:20">
+      <c r="A128" t="s">
+        <v>146</v>
+      </c>
+      <c r="B128" t="s">
+        <v>156</v>
+      </c>
+      <c r="D128" t="s">
+        <v>245</v>
+      </c>
+      <c r="E128" t="s">
+        <v>336</v>
+      </c>
+      <c r="F128" t="s">
+        <v>369</v>
+      </c>
+      <c r="G128" t="s">
+        <v>492</v>
+      </c>
+      <c r="H128" t="s">
+        <v>571</v>
+      </c>
+      <c r="I128" t="s">
+        <v>665</v>
+      </c>
+      <c r="J128" t="s">
+        <v>690</v>
+      </c>
+      <c r="K128" t="s">
+        <v>709</v>
+      </c>
+      <c r="L128" t="s">
+        <v>710</v>
+      </c>
+      <c r="M128" t="s">
+        <v>713</v>
+      </c>
+      <c r="N128" t="s">
+        <v>714</v>
+      </c>
+      <c r="P128" t="s">
+        <v>793</v>
+      </c>
+      <c r="S128" t="s">
+        <v>899</v>
+      </c>
+      <c r="T128" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="129" spans="1:20">
+      <c r="A129" t="s">
+        <v>147</v>
+      </c>
+      <c r="B129" t="s">
+        <v>231</v>
+      </c>
+      <c r="D129" t="s">
+        <v>242</v>
+      </c>
+      <c r="E129" t="s">
+        <v>271</v>
+      </c>
+      <c r="F129" t="s">
+        <v>365</v>
+      </c>
+      <c r="G129" t="s">
+        <v>493</v>
+      </c>
+      <c r="H129" t="s">
+        <v>493</v>
+      </c>
+      <c r="I129" t="s">
+        <v>647</v>
+      </c>
+      <c r="J129" t="s">
+        <v>708</v>
+      </c>
+      <c r="K129" t="s">
+        <v>709</v>
+      </c>
+      <c r="L129" t="s">
+        <v>710</v>
+      </c>
+      <c r="M129" t="s">
+        <v>712</v>
+      </c>
+      <c r="N129" t="s">
+        <v>717</v>
+      </c>
+      <c r="P129" t="s">
+        <v>763</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>806</v>
+      </c>
+      <c r="S129" t="s">
+        <v>900</v>
+      </c>
+      <c r="T129" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="130" spans="1:20">
+      <c r="A130" t="s">
+        <v>148</v>
+      </c>
+      <c r="B130" t="s">
+        <v>156</v>
+      </c>
+      <c r="D130" t="s">
+        <v>245</v>
+      </c>
+      <c r="E130" t="s">
+        <v>337</v>
+      </c>
+      <c r="F130" t="s">
+        <v>344</v>
+      </c>
+      <c r="G130" t="s">
+        <v>494</v>
+      </c>
+      <c r="H130" t="s">
+        <v>572</v>
+      </c>
+      <c r="I130" t="s">
+        <v>666</v>
+      </c>
+      <c r="J130" t="s">
+        <v>674</v>
+      </c>
+      <c r="K130" t="s">
+        <v>709</v>
+      </c>
+      <c r="L130" t="s">
+        <v>710</v>
+      </c>
+      <c r="M130" t="s">
+        <v>713</v>
+      </c>
+      <c r="N130" t="s">
+        <v>720</v>
+      </c>
+      <c r="P130" t="s">
+        <v>794</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>807</v>
+      </c>
+      <c r="R130" t="s">
+        <v>833</v>
+      </c>
+      <c r="T130" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="131" spans="1:20">
+      <c r="A131" t="s">
+        <v>149</v>
+      </c>
+      <c r="B131" t="s">
+        <v>156</v>
+      </c>
+      <c r="D131" t="s">
+        <v>245</v>
+      </c>
+      <c r="E131" t="s">
+        <v>338</v>
+      </c>
+      <c r="F131" t="s">
+        <v>344</v>
+      </c>
+      <c r="G131" t="s">
+        <v>495</v>
+      </c>
+      <c r="H131" t="s">
+        <v>573</v>
+      </c>
+      <c r="I131" t="s">
+        <v>667</v>
+      </c>
+      <c r="J131" t="s">
+        <v>670</v>
+      </c>
+      <c r="K131" t="s">
+        <v>709</v>
+      </c>
+      <c r="L131" t="s">
+        <v>710</v>
+      </c>
+      <c r="M131" t="s">
+        <v>713</v>
+      </c>
+      <c r="N131" t="s">
+        <v>721</v>
+      </c>
+      <c r="P131" t="s">
+        <v>794</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>807</v>
+      </c>
+      <c r="R131" t="s">
+        <v>807</v>
+      </c>
+      <c r="S131" t="s">
+        <v>901</v>
+      </c>
+      <c r="T131" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="132" spans="1:20">
+      <c r="A132" t="s">
+        <v>150</v>
+      </c>
+      <c r="B132" t="s">
+        <v>156</v>
+      </c>
+      <c r="D132" t="s">
+        <v>245</v>
+      </c>
+      <c r="E132" t="s">
+        <v>339</v>
+      </c>
+      <c r="F132" t="s">
+        <v>344</v>
+      </c>
+      <c r="G132" t="s">
+        <v>496</v>
+      </c>
+      <c r="H132" t="s">
+        <v>574</v>
+      </c>
+      <c r="I132" t="s">
         <v>668</v>
       </c>
-      <c r="L124" t="s">
-[...12 lines deleted...]
-        <v>964</v>
+      <c r="J132" t="s">
+        <v>672</v>
+      </c>
+      <c r="K132" t="s">
+        <v>709</v>
+      </c>
+      <c r="L132" t="s">
+        <v>710</v>
+      </c>
+      <c r="M132" t="s">
+        <v>712</v>
+      </c>
+      <c r="N132" t="s">
+        <v>714</v>
+      </c>
+      <c r="P132" t="s">
+        <v>795</v>
+      </c>
+      <c r="T132" t="s">
+        <v>1019</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>INTERVENÇÕES VIÁRIAS</vt:lpstr>